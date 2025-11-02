--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -5,89 +5,89 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Spiro\Documents\Documents\Website NSW Sites\2025 website data\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{0852722E-74CB-4AC2-BC2C-DCE2DED44FE4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B9FBE2D2-548B-4E98-B10C-FAB04A37C829}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="EPA ID 2" sheetId="3" r:id="rId1"/>
     <sheet name="EPA ID 3" sheetId="4" r:id="rId2"/>
     <sheet name="EPA ID 4" sheetId="5" r:id="rId3"/>
     <sheet name="EPA ID 5" sheetId="7" r:id="rId4"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1276" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1312" uniqueCount="93">
   <si>
     <t>AKD NSW Pty Ltd (Gilmore Timber Treatment). Snowy Mountains Highway, Gilmore, 2720 - EPL # 1459</t>
   </si>
   <si>
     <t>Link to EPA Public Registers     https://www.epa.nsw.gov.au/licensing-and-regulation/public-registers</t>
   </si>
   <si>
     <t>EPA ID 2 - Drain at Rear of Site Before it Enters Killearney Creek. Sample Required Monthly During Discharge</t>
   </si>
   <si>
     <t>Correction Log</t>
   </si>
   <si>
     <t>Date Sampled.</t>
   </si>
   <si>
     <t>Date Data Obtained*</t>
   </si>
   <si>
     <t>Date Published</t>
   </si>
   <si>
     <t>Arsenic (mg/L)</t>
   </si>
   <si>
@@ -338,147 +338,139 @@
   </si>
   <si>
     <t>&lt;.002</t>
   </si>
   <si>
     <t>low flows good quality water</t>
   </si>
   <si>
     <t>high flow water heavily impacted from up gradient</t>
   </si>
   <si>
     <t>high flow poor water quality inflow</t>
   </si>
   <si>
     <t>heavy sediment load upgradient</t>
   </si>
   <si>
     <t>&lt;.003</t>
   </si>
   <si>
     <t>&lt;.004</t>
   </si>
   <si>
     <t>Heavy impact up gradient - TSS. BOD high.</t>
   </si>
+  <si>
+    <t>&lt;0.03</t>
+  </si>
+  <si>
+    <t xml:space="preserve">impacted by upgradient activities. </t>
+  </si>
+  <si>
+    <t>impacted by upgradient activities.</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="[$-409]d\-mmm\-yyyy;@"/>
   </numFmts>
-  <fonts count="13" x14ac:knownFonts="1">
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
-      <color theme="10"/>
-[...6 lines deleted...]
-      <sz val="18"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="26"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Tenorite"/>
     </font>
     <font>
-      <u/>
-[...4 lines deleted...]
-    <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="16"/>
-[...5 lines deleted...]
-    <font>
       <sz val="14"/>
-      <color theme="1"/>
-[...5 lines deleted...]
-      <sz val="26"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="20"/>
+      <color theme="1"/>
+      <name val="Tenorite"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="20"/>
+      <color theme="10"/>
+      <name val="Tenorite"/>
     </font>
   </fonts>
   <fills count="10">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-9.9978637043366805E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
@@ -493,51 +485,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="34">
+  <borders count="35">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
@@ -910,103 +902,116 @@
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="148">
+  <cellXfs count="139">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="17" fontId="0" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="17" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="17" fontId="6" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="17" fontId="5" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="17" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="17" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="17" fontId="6" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="17" fontId="5" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="6" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="6" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="6" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="5" fillId="6" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="17" fontId="6" fillId="6" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="17" fontId="5" fillId="6" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="17" fontId="6" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="17" fontId="5" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -1016,371 +1021,346 @@
     <xf numFmtId="14" fontId="0" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="0" fillId="6" borderId="29" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="25" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="22" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="24" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="23" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="21" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="0" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="17" fontId="0" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="12" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="8" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="8" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="8" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="8" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="8" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="8" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="8" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="8" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="9" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="7" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="7" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="7" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...88 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="17" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="33" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="18" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="16" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="20" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="27" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="9" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="8" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="28" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="26" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="19" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="25" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="2" borderId="24" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="8" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="8" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="2" borderId="29" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="8" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="7" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="9" borderId="34" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="9" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="9" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="8" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="7" borderId="29" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="7" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="30" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="31" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="32" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="29" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFB6DDE8"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -1671,287 +1651,287 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.nsw.gov.au/licensing-and-regulation/public-registers" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.nsw.gov.au/licensing-and-regulation/public-registers" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.nsw.gov.au/licensing-and-regulation/public-registers" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.nsw.gov.au/licensing-and-regulation/public-registers" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B2:AD68"/>
+  <dimension ref="B2:AD70"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
       <selection activeCell="B3" sqref="B3:AB3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="8.88671875" style="5"/>
     <col min="2" max="2" width="13.88671875" style="5" customWidth="1"/>
     <col min="3" max="3" width="17.6640625" style="5" customWidth="1"/>
     <col min="4" max="4" width="17.44140625" style="5" customWidth="1"/>
     <col min="5" max="5" width="10.33203125" style="5" customWidth="1"/>
     <col min="6" max="6" width="8.88671875" style="5"/>
     <col min="7" max="7" width="10.88671875" style="5" customWidth="1"/>
     <col min="8" max="8" width="10.5546875" style="5" customWidth="1"/>
     <col min="9" max="9" width="8.88671875" style="5"/>
     <col min="10" max="10" width="11.109375" style="5" customWidth="1"/>
     <col min="11" max="11" width="10.88671875" style="5" customWidth="1"/>
     <col min="12" max="12" width="8.88671875" style="5"/>
     <col min="13" max="13" width="12.33203125" style="5" customWidth="1"/>
     <col min="14" max="14" width="10.33203125" style="5" customWidth="1"/>
     <col min="15" max="15" width="8.88671875" style="5"/>
     <col min="16" max="16" width="11.5546875" style="5" customWidth="1"/>
     <col min="17" max="17" width="10.33203125" style="5" customWidth="1"/>
     <col min="18" max="18" width="8.88671875" style="5"/>
     <col min="19" max="19" width="11.6640625" style="5" customWidth="1"/>
     <col min="20" max="20" width="10.33203125" style="5" customWidth="1"/>
     <col min="21" max="21" width="8.88671875" style="5"/>
     <col min="22" max="22" width="11.33203125" style="5" customWidth="1"/>
     <col min="23" max="23" width="10.33203125" style="5" customWidth="1"/>
     <col min="24" max="24" width="8.88671875" style="5"/>
     <col min="25" max="25" width="10.6640625" style="5" customWidth="1"/>
     <col min="26" max="26" width="44.33203125" style="5" customWidth="1"/>
     <col min="27" max="27" width="18.6640625" style="5" customWidth="1"/>
     <col min="28" max="28" width="11.109375" style="6" customWidth="1"/>
     <col min="29" max="16384" width="8.88671875" style="5"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:28" ht="16.2" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="3" spans="2:28" ht="61.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B3" s="69" t="s">
+      <c r="B3" s="125" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="70"/>
-[...24 lines deleted...]
-      <c r="AB3" s="71"/>
+      <c r="C3" s="126"/>
+      <c r="D3" s="126"/>
+      <c r="E3" s="126"/>
+      <c r="F3" s="126"/>
+      <c r="G3" s="126"/>
+      <c r="H3" s="126"/>
+      <c r="I3" s="126"/>
+      <c r="J3" s="126"/>
+      <c r="K3" s="126"/>
+      <c r="L3" s="126"/>
+      <c r="M3" s="126"/>
+      <c r="N3" s="126"/>
+      <c r="O3" s="126"/>
+      <c r="P3" s="126"/>
+      <c r="Q3" s="126"/>
+      <c r="R3" s="126"/>
+      <c r="S3" s="126"/>
+      <c r="T3" s="126"/>
+      <c r="U3" s="126"/>
+      <c r="V3" s="126"/>
+      <c r="W3" s="126"/>
+      <c r="X3" s="126"/>
+      <c r="Y3" s="126"/>
+      <c r="Z3" s="126"/>
+      <c r="AA3" s="126"/>
+      <c r="AB3" s="127"/>
     </row>
     <row r="4" spans="2:28" ht="61.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B4" s="78" t="s">
+      <c r="B4" s="128" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="79"/>
-[...24 lines deleted...]
-      <c r="AB4" s="80"/>
+      <c r="C4" s="129"/>
+      <c r="D4" s="129"/>
+      <c r="E4" s="129"/>
+      <c r="F4" s="129"/>
+      <c r="G4" s="129"/>
+      <c r="H4" s="129"/>
+      <c r="I4" s="129"/>
+      <c r="J4" s="129"/>
+      <c r="K4" s="129"/>
+      <c r="L4" s="129"/>
+      <c r="M4" s="129"/>
+      <c r="N4" s="129"/>
+      <c r="O4" s="129"/>
+      <c r="P4" s="129"/>
+      <c r="Q4" s="129"/>
+      <c r="R4" s="129"/>
+      <c r="S4" s="129"/>
+      <c r="T4" s="129"/>
+      <c r="U4" s="129"/>
+      <c r="V4" s="129"/>
+      <c r="W4" s="129"/>
+      <c r="X4" s="129"/>
+      <c r="Y4" s="129"/>
+      <c r="Z4" s="129"/>
+      <c r="AA4" s="129"/>
+      <c r="AB4" s="130"/>
     </row>
     <row r="5" spans="2:28" ht="49.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B5" s="72" t="s">
+      <c r="B5" s="131" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="73"/>
-[...23 lines deleted...]
-      <c r="AA5" s="59" t="s">
+      <c r="C5" s="132"/>
+      <c r="D5" s="132"/>
+      <c r="E5" s="132"/>
+      <c r="F5" s="132"/>
+      <c r="G5" s="132"/>
+      <c r="H5" s="132"/>
+      <c r="I5" s="132"/>
+      <c r="J5" s="132"/>
+      <c r="K5" s="132"/>
+      <c r="L5" s="132"/>
+      <c r="M5" s="132"/>
+      <c r="N5" s="132"/>
+      <c r="O5" s="132"/>
+      <c r="P5" s="132"/>
+      <c r="Q5" s="132"/>
+      <c r="R5" s="132"/>
+      <c r="S5" s="132"/>
+      <c r="T5" s="132"/>
+      <c r="U5" s="132"/>
+      <c r="V5" s="132"/>
+      <c r="W5" s="132"/>
+      <c r="X5" s="132"/>
+      <c r="Y5" s="132"/>
+      <c r="Z5" s="133"/>
+      <c r="AA5" s="134" t="s">
         <v>3</v>
       </c>
-      <c r="AB5" s="60"/>
+      <c r="AB5" s="135"/>
     </row>
     <row r="6" spans="2:28" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B6" s="53" t="s">
+      <c r="B6" s="52" t="s">
         <v>4</v>
       </c>
-      <c r="C6" s="53" t="s">
+      <c r="C6" s="52" t="s">
         <v>5</v>
       </c>
-      <c r="D6" s="53" t="s">
+      <c r="D6" s="52" t="s">
         <v>6</v>
       </c>
-      <c r="E6" s="61" t="s">
+      <c r="E6" s="58" t="s">
         <v>7</v>
       </c>
-      <c r="F6" s="62"/>
-[...1 lines deleted...]
-      <c r="H6" s="64" t="s">
+      <c r="F6" s="59"/>
+      <c r="G6" s="60"/>
+      <c r="H6" s="61" t="s">
         <v>8</v>
       </c>
-      <c r="I6" s="64"/>
-[...1 lines deleted...]
-      <c r="K6" s="65" t="s">
+      <c r="I6" s="61"/>
+      <c r="J6" s="61"/>
+      <c r="K6" s="62" t="s">
         <v>9</v>
       </c>
-      <c r="L6" s="64"/>
-[...1 lines deleted...]
-      <c r="N6" s="64" t="s">
+      <c r="L6" s="61"/>
+      <c r="M6" s="63"/>
+      <c r="N6" s="61" t="s">
         <v>10</v>
       </c>
-      <c r="O6" s="64"/>
-[...1 lines deleted...]
-      <c r="Q6" s="67" t="s">
+      <c r="O6" s="61"/>
+      <c r="P6" s="61"/>
+      <c r="Q6" s="64" t="s">
         <v>11</v>
       </c>
-      <c r="R6" s="62"/>
-[...1 lines deleted...]
-      <c r="T6" s="61" t="s">
+      <c r="R6" s="59"/>
+      <c r="S6" s="60"/>
+      <c r="T6" s="58" t="s">
         <v>12</v>
       </c>
-      <c r="U6" s="62"/>
-[...1 lines deleted...]
-      <c r="W6" s="67" t="s">
+      <c r="U6" s="59"/>
+      <c r="V6" s="69"/>
+      <c r="W6" s="64" t="s">
         <v>13</v>
       </c>
-      <c r="X6" s="62"/>
-[...1 lines deleted...]
-      <c r="Z6" s="82" t="s">
+      <c r="X6" s="59"/>
+      <c r="Y6" s="60"/>
+      <c r="Z6" s="70" t="s">
         <v>14</v>
       </c>
-      <c r="AA6" s="85" t="s">
+      <c r="AA6" s="73" t="s">
         <v>15</v>
       </c>
-      <c r="AB6" s="88" t="s">
+      <c r="AB6" s="76" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="2:28" x14ac:dyDescent="0.3">
-      <c r="B7" s="54"/>
-[...2 lines deleted...]
-      <c r="E7" s="57" t="s">
+      <c r="B7" s="53"/>
+      <c r="C7" s="53"/>
+      <c r="D7" s="53"/>
+      <c r="E7" s="56" t="s">
         <v>17</v>
       </c>
-      <c r="F7" s="57"/>
-[...1 lines deleted...]
-      <c r="H7" s="57" t="s">
+      <c r="F7" s="56"/>
+      <c r="G7" s="57"/>
+      <c r="H7" s="56" t="s">
         <v>17</v>
       </c>
-      <c r="I7" s="57"/>
-[...1 lines deleted...]
-      <c r="K7" s="56" t="s">
+      <c r="I7" s="56"/>
+      <c r="J7" s="56"/>
+      <c r="K7" s="55" t="s">
         <v>17</v>
       </c>
-      <c r="L7" s="57"/>
-[...1 lines deleted...]
-      <c r="N7" s="57" t="s">
+      <c r="L7" s="56"/>
+      <c r="M7" s="57"/>
+      <c r="N7" s="56" t="s">
         <v>17</v>
       </c>
-      <c r="O7" s="57"/>
-[...1 lines deleted...]
-      <c r="Q7" s="56" t="s">
+      <c r="O7" s="56"/>
+      <c r="P7" s="56"/>
+      <c r="Q7" s="55" t="s">
         <v>17</v>
       </c>
-      <c r="R7" s="57"/>
-[...1 lines deleted...]
-      <c r="T7" s="57" t="s">
+      <c r="R7" s="56"/>
+      <c r="S7" s="57"/>
+      <c r="T7" s="56" t="s">
         <v>17</v>
       </c>
-      <c r="U7" s="57"/>
-[...1 lines deleted...]
-      <c r="W7" s="56" t="s">
+      <c r="U7" s="56"/>
+      <c r="V7" s="56"/>
+      <c r="W7" s="55" t="s">
         <v>17</v>
       </c>
-      <c r="X7" s="57"/>
-[...3 lines deleted...]
-      <c r="AB7" s="89"/>
+      <c r="X7" s="56"/>
+      <c r="Y7" s="57"/>
+      <c r="Z7" s="71"/>
+      <c r="AA7" s="74"/>
+      <c r="AB7" s="77"/>
     </row>
     <row r="8" spans="2:28" ht="55.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B8" s="55"/>
-[...1 lines deleted...]
-      <c r="D8" s="55"/>
+      <c r="B8" s="54"/>
+      <c r="C8" s="54"/>
+      <c r="D8" s="54"/>
       <c r="E8" s="40" t="s">
         <v>18</v>
       </c>
       <c r="F8" s="41" t="s">
         <v>19</v>
       </c>
       <c r="G8" s="42" t="s">
         <v>20</v>
       </c>
       <c r="H8" s="40" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="41" t="s">
         <v>19</v>
       </c>
       <c r="J8" s="43" t="s">
         <v>20</v>
       </c>
       <c r="K8" s="44" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="41" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="42" t="s">
@@ -1971,4631 +1951,4820 @@
       </c>
       <c r="R8" s="41" t="s">
         <v>19</v>
       </c>
       <c r="S8" s="42" t="s">
         <v>20</v>
       </c>
       <c r="T8" s="40" t="s">
         <v>18</v>
       </c>
       <c r="U8" s="41" t="s">
         <v>19</v>
       </c>
       <c r="V8" s="43" t="s">
         <v>20</v>
       </c>
       <c r="W8" s="44" t="s">
         <v>18</v>
       </c>
       <c r="X8" s="41" t="s">
         <v>19</v>
       </c>
       <c r="Y8" s="42" t="s">
         <v>20</v>
       </c>
-      <c r="Z8" s="84"/>
-[...1 lines deleted...]
-      <c r="AB8" s="90"/>
+      <c r="Z8" s="72"/>
+      <c r="AA8" s="75"/>
+      <c r="AB8" s="78"/>
     </row>
     <row r="9" spans="2:28" ht="40.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B9" s="75" t="s">
+      <c r="B9" s="66" t="s">
         <v>21</v>
       </c>
-      <c r="C9" s="76"/>
-[...27 lines deleted...]
-      <c r="B10" s="49" t="s">
+      <c r="C9" s="67"/>
+      <c r="D9" s="67"/>
+      <c r="E9" s="67"/>
+      <c r="F9" s="67"/>
+      <c r="G9" s="67"/>
+      <c r="H9" s="67"/>
+      <c r="I9" s="67"/>
+      <c r="J9" s="67"/>
+      <c r="K9" s="67"/>
+      <c r="L9" s="67"/>
+      <c r="M9" s="67"/>
+      <c r="N9" s="67"/>
+      <c r="O9" s="67"/>
+      <c r="P9" s="67"/>
+      <c r="Q9" s="67"/>
+      <c r="R9" s="67"/>
+      <c r="S9" s="67"/>
+      <c r="T9" s="67"/>
+      <c r="U9" s="67"/>
+      <c r="V9" s="67"/>
+      <c r="W9" s="67"/>
+      <c r="X9" s="67"/>
+      <c r="Y9" s="67"/>
+      <c r="Z9" s="67"/>
+      <c r="AA9" s="67"/>
+      <c r="AB9" s="68"/>
+    </row>
+    <row r="10" spans="2:28" ht="64.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B10" s="48" t="s">
         <v>22</v>
       </c>
-      <c r="C10" s="50"/>
-[...26 lines deleted...]
-    <row r="12" spans="2:28" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C10" s="49"/>
+      <c r="D10" s="50"/>
+      <c r="E10" s="50"/>
+      <c r="F10" s="50"/>
+      <c r="G10" s="50"/>
+      <c r="H10" s="50"/>
+      <c r="I10" s="50"/>
+      <c r="J10" s="50"/>
+      <c r="K10" s="50"/>
+      <c r="L10" s="50"/>
+      <c r="M10" s="50"/>
+      <c r="N10" s="50"/>
+      <c r="O10" s="50"/>
+      <c r="P10" s="50"/>
+      <c r="Q10" s="50"/>
+      <c r="R10" s="50"/>
+      <c r="S10" s="50"/>
+      <c r="T10" s="50"/>
+      <c r="U10" s="50"/>
+      <c r="V10" s="50"/>
+      <c r="W10" s="50"/>
+      <c r="X10" s="50"/>
+      <c r="Y10" s="50"/>
+      <c r="Z10" s="50"/>
+      <c r="AA10" s="50"/>
+      <c r="AB10" s="51"/>
+    </row>
+    <row r="11" spans="2:28" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B11" s="7"/>
+      <c r="C11" s="7"/>
+      <c r="D11" s="7"/>
+      <c r="E11" s="7"/>
+      <c r="F11" s="7"/>
+      <c r="G11" s="7"/>
+      <c r="H11" s="7"/>
+      <c r="I11" s="7"/>
+      <c r="J11" s="7"/>
+      <c r="K11" s="7"/>
+      <c r="L11" s="7"/>
+      <c r="M11" s="7"/>
+      <c r="N11" s="7"/>
+      <c r="O11" s="7"/>
+      <c r="P11" s="7"/>
+      <c r="Q11" s="7"/>
+      <c r="R11" s="7"/>
+      <c r="S11" s="7"/>
+      <c r="T11" s="7"/>
+      <c r="U11" s="7"/>
+      <c r="V11" s="7"/>
+      <c r="W11" s="7"/>
+      <c r="X11" s="7"/>
+      <c r="Y11" s="7"/>
+      <c r="Z11" s="7"/>
+      <c r="AA11" s="7"/>
+      <c r="AB11" s="8"/>
+    </row>
+    <row r="12" spans="2:28" ht="27.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B12" s="7"/>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
       <c r="E12" s="7"/>
       <c r="F12" s="7"/>
       <c r="G12" s="7"/>
       <c r="H12" s="7"/>
       <c r="I12" s="7"/>
       <c r="J12" s="7"/>
       <c r="K12" s="7"/>
       <c r="L12" s="7"/>
       <c r="M12" s="7"/>
       <c r="N12" s="7"/>
       <c r="O12" s="7"/>
       <c r="P12" s="7"/>
       <c r="Q12" s="7"/>
       <c r="R12" s="7"/>
       <c r="S12" s="7"/>
       <c r="T12" s="7"/>
       <c r="U12" s="7"/>
       <c r="V12" s="7"/>
       <c r="W12" s="7"/>
       <c r="X12" s="7"/>
       <c r="Y12" s="7"/>
       <c r="Z12" s="7"/>
       <c r="AA12" s="7"/>
       <c r="AB12" s="8"/>
     </row>
-    <row r="13" spans="2:28" ht="31.8" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>45832</v>
+    <row r="13" spans="2:28" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B13" s="123">
+        <v>45861</v>
+      </c>
+      <c r="C13" s="123">
+        <v>45863</v>
+      </c>
+      <c r="D13" s="123">
+        <v>45903</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G13" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H13" s="45">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="I13" s="45">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="J13" s="45">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="K13" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L13" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M13" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N13" s="45">
-        <v>229</v>
+        <v>263</v>
       </c>
       <c r="O13" s="45">
-        <v>229</v>
+        <v>263</v>
       </c>
       <c r="P13" s="45">
-        <v>229</v>
+        <v>263</v>
       </c>
       <c r="Q13" s="45">
-        <v>0.21199999999999999</v>
+        <v>6.4000000000000001E-2</v>
       </c>
       <c r="R13" s="45">
-        <v>0.21199999999999999</v>
+        <v>6.4000000000000001E-2</v>
       </c>
       <c r="S13" s="45">
-        <v>0.21199999999999999</v>
+        <v>6.4000000000000001E-2</v>
       </c>
       <c r="T13" s="45">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="U13" s="45">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="V13" s="45">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="W13" s="45">
-        <v>6.4</v>
+        <v>7</v>
       </c>
       <c r="X13" s="45">
-        <v>6.4</v>
+        <v>7</v>
       </c>
       <c r="Y13" s="45">
-        <v>6.4</v>
-[...1 lines deleted...]
-      <c r="Z13" s="45"/>
+        <v>7</v>
+      </c>
+      <c r="Z13" s="10" t="s">
+        <v>92</v>
+      </c>
       <c r="AA13" s="7"/>
       <c r="AB13" s="8"/>
     </row>
-    <row r="14" spans="2:28" ht="33.6" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>45716</v>
+    <row r="14" spans="2:28" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B14" s="123">
+        <v>45832</v>
+      </c>
+      <c r="C14" s="123">
+        <v>45833</v>
+      </c>
+      <c r="D14" s="123">
+        <v>45903</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F14" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G14" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H14" s="45">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="I14" s="45">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="J14" s="45">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="K14" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L14" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M14" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N14" s="45">
-        <v>252</v>
+        <v>157</v>
       </c>
       <c r="O14" s="45">
-        <v>252</v>
+        <v>157</v>
       </c>
       <c r="P14" s="45">
-        <v>252</v>
+        <v>157</v>
       </c>
       <c r="Q14" s="45">
-        <v>7.4999999999999997E-2</v>
+        <v>0.15</v>
       </c>
       <c r="R14" s="45">
-        <v>7.4999999999999997E-2</v>
+        <v>0.15</v>
       </c>
       <c r="S14" s="45">
-        <v>7.4999999999999997E-2</v>
+        <v>0.15</v>
       </c>
       <c r="T14" s="45">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="U14" s="45">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="V14" s="45">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="W14" s="45">
-        <v>6.7</v>
+        <v>7</v>
       </c>
       <c r="X14" s="45">
-        <v>6.7</v>
+        <v>7</v>
       </c>
       <c r="Y14" s="45">
-        <v>6.7</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>7</v>
+      </c>
+      <c r="Z14" s="10" t="s">
+        <v>91</v>
       </c>
       <c r="AA14" s="7"/>
       <c r="AB14" s="8"/>
     </row>
-    <row r="15" spans="2:28" ht="58.8" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>45708</v>
+    <row r="15" spans="2:28" ht="31.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B15" s="123">
+        <v>45800</v>
+      </c>
+      <c r="C15" s="123">
+        <v>45828</v>
+      </c>
+      <c r="D15" s="123">
+        <v>45832</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F15" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G15" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H15" s="45">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="I15" s="45">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="J15" s="45">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="K15" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L15" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M15" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N15" s="45">
-        <v>275</v>
+        <v>229</v>
       </c>
       <c r="O15" s="45">
-        <v>275</v>
+        <v>229</v>
       </c>
       <c r="P15" s="45">
-        <v>275</v>
+        <v>229</v>
       </c>
       <c r="Q15" s="45">
-        <v>0.109</v>
+        <v>0.21199999999999999</v>
       </c>
       <c r="R15" s="45">
-        <v>0.109</v>
+        <v>0.21199999999999999</v>
       </c>
       <c r="S15" s="45">
-        <v>0.109</v>
+        <v>0.21199999999999999</v>
       </c>
       <c r="T15" s="45">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="U15" s="45">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="V15" s="45">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="W15" s="45">
-        <v>6.8</v>
+        <v>6.4</v>
       </c>
       <c r="X15" s="45">
-        <v>6.8</v>
+        <v>6.4</v>
       </c>
       <c r="Y15" s="45">
-        <v>6.8</v>
+        <v>6.4</v>
       </c>
       <c r="Z15" s="10" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="AA15" s="7"/>
       <c r="AB15" s="8"/>
     </row>
-    <row r="16" spans="2:28" ht="34.799999999999997" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>45561</v>
+    <row r="16" spans="2:28" ht="33.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B16" s="123">
+        <v>45702</v>
+      </c>
+      <c r="C16" s="123">
+        <v>45716</v>
+      </c>
+      <c r="D16" s="123">
+        <v>45716</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F16" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G16" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H16" s="45">
-        <v>3</v>
+        <v>17</v>
       </c>
       <c r="I16" s="45">
-        <v>3</v>
+        <v>17</v>
       </c>
       <c r="J16" s="45">
-        <v>3</v>
+        <v>17</v>
       </c>
       <c r="K16" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L16" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M16" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N16" s="45">
-        <v>97</v>
+        <v>252</v>
       </c>
       <c r="O16" s="45">
-        <v>97</v>
+        <v>252</v>
       </c>
       <c r="P16" s="45">
-        <v>97</v>
+        <v>252</v>
       </c>
       <c r="Q16" s="45">
-        <v>2.3E-2</v>
+        <v>7.4999999999999997E-2</v>
       </c>
       <c r="R16" s="45">
-        <v>2.3E-2</v>
+        <v>7.4999999999999997E-2</v>
       </c>
       <c r="S16" s="45">
-        <v>2.3E-2</v>
-[...8 lines deleted...]
-        <v>32</v>
+        <v>7.4999999999999997E-2</v>
+      </c>
+      <c r="T16" s="45">
+        <v>1</v>
+      </c>
+      <c r="U16" s="45">
+        <v>1</v>
+      </c>
+      <c r="V16" s="45">
+        <v>1</v>
       </c>
       <c r="W16" s="45">
-        <v>7</v>
+        <v>6.7</v>
       </c>
       <c r="X16" s="45">
-        <v>7</v>
+        <v>6.7</v>
       </c>
       <c r="Y16" s="45">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>85</v>
+        <v>6.7</v>
+      </c>
+      <c r="Z16" s="45" t="s">
+        <v>86</v>
       </c>
       <c r="AA16" s="7"/>
       <c r="AB16" s="8"/>
     </row>
-    <row r="17" spans="2:28" ht="30.6" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>45561</v>
+    <row r="17" spans="2:28" ht="58.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B17" s="123">
+        <v>45627</v>
+      </c>
+      <c r="C17" s="123">
+        <v>45708</v>
+      </c>
+      <c r="D17" s="123">
+        <v>45708</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F17" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G17" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="H17" s="10" t="s">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="H17" s="45">
+        <v>7</v>
+      </c>
+      <c r="I17" s="45">
+        <v>7</v>
+      </c>
+      <c r="J17" s="45">
+        <v>7</v>
       </c>
       <c r="K17" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L17" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M17" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N17" s="45">
-        <v>207</v>
+        <v>275</v>
       </c>
       <c r="O17" s="45">
-        <v>207</v>
+        <v>275</v>
       </c>
       <c r="P17" s="45">
-        <v>207</v>
+        <v>275</v>
       </c>
       <c r="Q17" s="45">
-        <v>4.7E-2</v>
+        <v>0.109</v>
       </c>
       <c r="R17" s="45">
-        <v>4.7E-2</v>
+        <v>0.109</v>
       </c>
       <c r="S17" s="45">
-        <v>4.7E-2</v>
+        <v>0.109</v>
       </c>
       <c r="T17" s="45">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U17" s="45">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V17" s="45">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W17" s="45">
-        <v>7.2</v>
+        <v>6.8</v>
       </c>
       <c r="X17" s="45">
-        <v>7.2</v>
+        <v>6.8</v>
       </c>
       <c r="Y17" s="45">
-        <v>7.2</v>
+        <v>6.8</v>
       </c>
       <c r="Z17" s="10" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="AA17" s="7"/>
       <c r="AB17" s="8"/>
     </row>
-    <row r="18" spans="2:28" ht="31.8" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="C18" s="9">
+    <row r="18" spans="2:28" ht="34.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B18" s="123">
         <v>45561</v>
       </c>
-      <c r="D18" s="9">
+      <c r="C18" s="123">
+        <v>45561</v>
+      </c>
+      <c r="D18" s="123">
         <v>45561</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F18" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G18" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="H18" s="10" t="s">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="H18" s="45">
+        <v>3</v>
+      </c>
+      <c r="I18" s="45">
+        <v>3</v>
+      </c>
+      <c r="J18" s="45">
+        <v>3</v>
       </c>
       <c r="K18" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L18" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M18" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N18" s="45">
-        <v>42</v>
+        <v>97</v>
       </c>
       <c r="O18" s="45">
-        <v>42</v>
+        <v>97</v>
       </c>
       <c r="P18" s="45">
-        <v>42</v>
-[...17 lines deleted...]
-        <v>3</v>
+        <v>97</v>
+      </c>
+      <c r="Q18" s="45">
+        <v>2.3E-2</v>
+      </c>
+      <c r="R18" s="45">
+        <v>2.3E-2</v>
+      </c>
+      <c r="S18" s="45">
+        <v>2.3E-2</v>
+      </c>
+      <c r="T18" s="45" t="s">
+        <v>32</v>
+      </c>
+      <c r="U18" s="45" t="s">
+        <v>32</v>
+      </c>
+      <c r="V18" s="45" t="s">
+        <v>32</v>
       </c>
       <c r="W18" s="45">
-        <v>7.4</v>
+        <v>7</v>
       </c>
       <c r="X18" s="45">
-        <v>7.4</v>
+        <v>7</v>
       </c>
       <c r="Y18" s="45">
-        <v>7.4</v>
+        <v>7</v>
       </c>
       <c r="Z18" s="10" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="AA18" s="7"/>
       <c r="AB18" s="8"/>
     </row>
-    <row r="19" spans="2:28" ht="31.2" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>45531</v>
+    <row r="19" spans="2:28" ht="30.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B19" s="123">
+        <v>45518</v>
+      </c>
+      <c r="C19" s="123">
+        <v>45561</v>
+      </c>
+      <c r="D19" s="123">
+        <v>45561</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F19" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G19" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H19" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I19" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J19" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K19" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L19" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M19" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N19" s="45">
-        <v>58</v>
+        <v>207</v>
       </c>
       <c r="O19" s="45">
-        <v>58</v>
+        <v>207</v>
       </c>
       <c r="P19" s="45">
-        <v>58</v>
+        <v>207</v>
       </c>
       <c r="Q19" s="45">
-        <v>4.9000000000000002E-2</v>
+        <v>4.7E-2</v>
       </c>
       <c r="R19" s="45">
-        <v>4.9000000000000002E-2</v>
+        <v>4.7E-2</v>
       </c>
       <c r="S19" s="45">
-        <v>4.9000000000000002E-2</v>
+        <v>4.7E-2</v>
       </c>
       <c r="T19" s="45">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="U19" s="45">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="V19" s="45">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="W19" s="45">
-        <v>6.8</v>
+        <v>7.2</v>
       </c>
       <c r="X19" s="45">
-        <v>6.8</v>
+        <v>7.2</v>
       </c>
       <c r="Y19" s="45">
-        <v>6.8</v>
+        <v>7.2</v>
       </c>
       <c r="Z19" s="10" t="s">
-        <v>26</v>
+        <v>84</v>
       </c>
       <c r="AA19" s="7"/>
       <c r="AB19" s="8"/>
     </row>
-    <row r="20" spans="2:28" ht="31.2" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>45427</v>
+    <row r="20" spans="2:28" ht="31.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B20" s="123">
+        <v>45503</v>
+      </c>
+      <c r="C20" s="123">
+        <v>45561</v>
+      </c>
+      <c r="D20" s="123">
+        <v>45561</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F20" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G20" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H20" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I20" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J20" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K20" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L20" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M20" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N20" s="45">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="O20" s="45">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="P20" s="45">
-        <v>20</v>
-[...8 lines deleted...]
-        <v>5.2999999999999999E-2</v>
+        <v>42</v>
+      </c>
+      <c r="Q20" s="45" t="s">
+        <v>82</v>
+      </c>
+      <c r="R20" s="45" t="s">
+        <v>82</v>
+      </c>
+      <c r="S20" s="45" t="s">
+        <v>82</v>
       </c>
       <c r="T20" s="45">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="U20" s="45">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="V20" s="45">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="W20" s="45">
-        <v>6.9</v>
+        <v>7.4</v>
       </c>
       <c r="X20" s="45">
-        <v>6.9</v>
+        <v>7.4</v>
       </c>
       <c r="Y20" s="45">
-        <v>6.9</v>
+        <v>7.4</v>
       </c>
       <c r="Z20" s="10" t="s">
-        <v>27</v>
+        <v>83</v>
       </c>
       <c r="AA20" s="7"/>
       <c r="AB20" s="8"/>
     </row>
     <row r="21" spans="2:28" ht="31.2" x14ac:dyDescent="0.3">
-      <c r="B21" s="9">
-[...6 lines deleted...]
-        <v>45163</v>
+      <c r="B21" s="123">
+        <v>45443</v>
+      </c>
+      <c r="C21" s="123">
+        <v>45531</v>
+      </c>
+      <c r="D21" s="123">
+        <v>45531</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F21" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G21" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="H21" s="10">
-[...6 lines deleted...]
-        <v>12</v>
+      <c r="H21" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="I21" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="J21" s="10" t="s">
+        <v>24</v>
       </c>
       <c r="K21" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L21" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M21" s="10" t="s">
         <v>25</v>
       </c>
-      <c r="N21" s="10">
-[...17 lines deleted...]
-      <c r="T21" s="10">
+      <c r="N21" s="45">
+        <v>58</v>
+      </c>
+      <c r="O21" s="45">
+        <v>58</v>
+      </c>
+      <c r="P21" s="45">
+        <v>58</v>
+      </c>
+      <c r="Q21" s="45">
+        <v>4.9000000000000002E-2</v>
+      </c>
+      <c r="R21" s="45">
+        <v>4.9000000000000002E-2</v>
+      </c>
+      <c r="S21" s="45">
+        <v>4.9000000000000002E-2</v>
+      </c>
+      <c r="T21" s="45">
         <v>1</v>
       </c>
-      <c r="U21" s="10">
+      <c r="U21" s="45">
         <v>1</v>
       </c>
-      <c r="V21" s="10">
+      <c r="V21" s="45">
         <v>1</v>
       </c>
-      <c r="W21" s="10">
-[...6 lines deleted...]
-        <v>5.3</v>
+      <c r="W21" s="45">
+        <v>6.8</v>
+      </c>
+      <c r="X21" s="45">
+        <v>6.8</v>
+      </c>
+      <c r="Y21" s="45">
+        <v>6.8</v>
       </c>
       <c r="Z21" s="10" t="s">
-        <v>28</v>
-[...12 lines deleted...]
-        <v>45163</v>
+        <v>26</v>
+      </c>
+      <c r="AA21" s="7"/>
+      <c r="AB21" s="8"/>
+    </row>
+    <row r="22" spans="2:28" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="B22" s="123">
+        <v>45390</v>
+      </c>
+      <c r="C22" s="123">
+        <v>45426</v>
+      </c>
+      <c r="D22" s="123">
+        <v>45427</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F22" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G22" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H22" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I22" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J22" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K22" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L22" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M22" s="10" t="s">
         <v>25</v>
       </c>
-      <c r="N22" s="10">
-[...49 lines deleted...]
-        <v>44937</v>
+      <c r="N22" s="45">
+        <v>20</v>
+      </c>
+      <c r="O22" s="45">
+        <v>20</v>
+      </c>
+      <c r="P22" s="45">
+        <v>20</v>
+      </c>
+      <c r="Q22" s="45">
+        <v>5.2999999999999999E-2</v>
+      </c>
+      <c r="R22" s="45">
+        <v>5.2999999999999999E-2</v>
+      </c>
+      <c r="S22" s="45">
+        <v>5.2999999999999999E-2</v>
+      </c>
+      <c r="T22" s="45">
+        <v>1</v>
+      </c>
+      <c r="U22" s="45">
+        <v>1</v>
+      </c>
+      <c r="V22" s="45">
+        <v>1</v>
+      </c>
+      <c r="W22" s="45">
+        <v>6.9</v>
+      </c>
+      <c r="X22" s="45">
+        <v>6.9</v>
+      </c>
+      <c r="Y22" s="45">
+        <v>6.9</v>
+      </c>
+      <c r="Z22" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="AA22" s="7"/>
+      <c r="AB22" s="8"/>
+    </row>
+    <row r="23" spans="2:28" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="B23" s="123">
+        <v>45125</v>
+      </c>
+      <c r="C23" s="123">
+        <v>45163</v>
+      </c>
+      <c r="D23" s="123">
+        <v>45163</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F23" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G23" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="H23" s="10" t="s">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="H23" s="10">
+        <v>12</v>
+      </c>
+      <c r="I23" s="10">
+        <v>12</v>
+      </c>
+      <c r="J23" s="10">
+        <v>12</v>
       </c>
       <c r="K23" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L23" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M23" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N23" s="10">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="O23" s="10">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="P23" s="10">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="Q23" s="10">
-        <v>3.0000000000000001E-3</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="R23" s="10">
-        <v>3.0000000000000001E-3</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="S23" s="10">
-        <v>3.0000000000000001E-3</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="T23" s="10">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="U23" s="10">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="V23" s="10">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="W23" s="10">
-        <v>8</v>
+        <v>5.3</v>
       </c>
       <c r="X23" s="10">
-        <v>8</v>
+        <v>5.3</v>
       </c>
       <c r="Y23" s="10">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>5.3</v>
+      </c>
+      <c r="Z23" s="10" t="s">
+        <v>28</v>
       </c>
       <c r="AA23" s="10"/>
       <c r="AB23" s="13"/>
     </row>
     <row r="24" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B24" s="9">
-        <v>44862</v>
+        <v>45085</v>
       </c>
       <c r="C24" s="9">
-        <v>44895</v>
+        <v>45163</v>
       </c>
       <c r="D24" s="9">
-        <v>44895</v>
+        <v>45163</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F24" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G24" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H24" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I24" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J24" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K24" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L24" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M24" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N24" s="10">
-        <v>43</v>
+        <v>213</v>
       </c>
       <c r="O24" s="10">
-        <v>43</v>
+        <v>213</v>
       </c>
       <c r="P24" s="10">
-        <v>43</v>
+        <v>213</v>
       </c>
       <c r="Q24" s="10">
-        <v>2E-3</v>
+        <v>7.3999999999999996E-2</v>
       </c>
       <c r="R24" s="10">
-        <v>2E-3</v>
+        <v>7.3999999999999996E-2</v>
       </c>
       <c r="S24" s="10">
-        <v>2E-3</v>
+        <v>7.3999999999999996E-2</v>
       </c>
       <c r="T24" s="10">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="U24" s="10">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="V24" s="10">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="W24" s="10">
-        <v>8.1999999999999993</v>
+        <v>6.4</v>
       </c>
       <c r="X24" s="10">
-        <v>8.1999999999999993</v>
+        <v>6.4</v>
       </c>
       <c r="Y24" s="10">
-        <v>8.1999999999999993</v>
+        <v>6.4</v>
       </c>
       <c r="Z24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="AA24" s="10"/>
       <c r="AB24" s="13"/>
     </row>
     <row r="25" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B25" s="9">
-        <v>44824</v>
+        <v>44890</v>
       </c>
       <c r="C25" s="9">
-        <v>44895</v>
+        <v>44937</v>
       </c>
       <c r="D25" s="9">
-        <v>44895</v>
+        <v>44937</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F25" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G25" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="H25" s="10">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="H25" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="I25" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="J25" s="10" t="s">
+        <v>24</v>
       </c>
       <c r="K25" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L25" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M25" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N25" s="10">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="O25" s="10">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P25" s="10">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="Q25" s="10">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="R25" s="10">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="S25" s="10">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="T25" s="10">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="U25" s="10">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="V25" s="10">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="W25" s="10">
-        <v>6.6</v>
+        <v>8</v>
       </c>
       <c r="X25" s="10">
-        <v>6.6</v>
+        <v>8</v>
       </c>
       <c r="Y25" s="10">
-        <v>6.6</v>
+        <v>8</v>
       </c>
       <c r="Z25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="AA25" s="10"/>
       <c r="AB25" s="13"/>
     </row>
     <row r="26" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B26" s="9">
-        <v>44802</v>
+        <v>44862</v>
       </c>
       <c r="C26" s="9">
         <v>44895</v>
       </c>
       <c r="D26" s="9">
         <v>44895</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F26" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G26" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H26" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I26" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J26" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K26" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L26" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M26" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N26" s="10">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="O26" s="10">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="P26" s="10">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="Q26" s="10">
         <v>2E-3</v>
       </c>
       <c r="R26" s="10">
         <v>2E-3</v>
       </c>
       <c r="S26" s="10">
         <v>2E-3</v>
       </c>
       <c r="T26" s="10">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="U26" s="10">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="V26" s="10">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="W26" s="10">
-        <v>7.9</v>
+        <v>8.1999999999999993</v>
       </c>
       <c r="X26" s="10">
-        <v>7.9</v>
+        <v>8.1999999999999993</v>
       </c>
       <c r="Y26" s="10">
-        <v>7.9</v>
+        <v>8.1999999999999993</v>
       </c>
       <c r="Z26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="AA26" s="10"/>
       <c r="AB26" s="13"/>
     </row>
     <row r="27" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B27" s="9">
-        <v>44776</v>
+        <v>44824</v>
       </c>
       <c r="C27" s="9">
         <v>44895</v>
       </c>
       <c r="D27" s="9">
         <v>44895</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F27" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G27" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="H27" s="10" t="s">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="H27" s="10">
+        <v>13</v>
+      </c>
+      <c r="I27" s="10">
+        <v>13</v>
+      </c>
+      <c r="J27" s="10">
+        <v>13</v>
       </c>
       <c r="K27" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L27" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M27" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N27" s="10">
-        <v>121</v>
+        <v>43</v>
       </c>
       <c r="O27" s="10">
-        <v>121</v>
+        <v>43</v>
       </c>
       <c r="P27" s="10">
-        <v>121</v>
+        <v>43</v>
       </c>
       <c r="Q27" s="10">
-        <v>1.7999999999999999E-2</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="R27" s="10">
-        <v>1.7999999999999999E-2</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="S27" s="10">
-        <v>1.7999999999999999E-2</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="T27" s="10">
         <v>1</v>
       </c>
       <c r="U27" s="10">
         <v>1</v>
       </c>
       <c r="V27" s="10">
         <v>1</v>
       </c>
       <c r="W27" s="10">
-        <v>7.7</v>
+        <v>6.6</v>
       </c>
       <c r="X27" s="10">
-        <v>7.7</v>
+        <v>6.6</v>
       </c>
       <c r="Y27" s="10">
-        <v>7.7</v>
+        <v>6.6</v>
       </c>
       <c r="Z27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="AA27" s="10"/>
       <c r="AB27" s="13"/>
     </row>
     <row r="28" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B28" s="9">
-        <v>44712</v>
+        <v>44802</v>
       </c>
       <c r="C28" s="9">
-        <v>44817</v>
+        <v>44895</v>
       </c>
       <c r="D28" s="9">
-        <v>44817</v>
+        <v>44895</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F28" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G28" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="H28" s="10">
-[...6 lines deleted...]
-        <v>3</v>
+      <c r="H28" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="I28" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="J28" s="10" t="s">
+        <v>24</v>
       </c>
       <c r="K28" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L28" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M28" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N28" s="10">
-        <v>212</v>
+        <v>34</v>
       </c>
       <c r="O28" s="10">
-        <v>212</v>
+        <v>34</v>
       </c>
       <c r="P28" s="10">
-        <v>212</v>
+        <v>34</v>
       </c>
       <c r="Q28" s="10">
-        <v>0.11</v>
+        <v>2E-3</v>
       </c>
       <c r="R28" s="10">
-        <v>0.11</v>
+        <v>2E-3</v>
       </c>
       <c r="S28" s="10">
-        <v>0.11</v>
+        <v>2E-3</v>
       </c>
       <c r="T28" s="10">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="U28" s="10">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="V28" s="10">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="W28" s="10">
-        <v>7.6</v>
+        <v>7.9</v>
       </c>
       <c r="X28" s="10">
-        <v>7.6</v>
+        <v>7.9</v>
       </c>
       <c r="Y28" s="10">
-        <v>7.6</v>
+        <v>7.9</v>
       </c>
       <c r="Z28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="AA28" s="10"/>
       <c r="AB28" s="13"/>
     </row>
     <row r="29" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B29" s="9">
-        <v>44508</v>
+        <v>44776</v>
       </c>
       <c r="C29" s="9">
-        <v>44538</v>
+        <v>44895</v>
       </c>
       <c r="D29" s="9">
-        <v>44539</v>
+        <v>44895</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F29" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G29" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H29" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I29" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J29" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K29" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L29" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M29" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N29" s="10">
-        <v>150</v>
+        <v>121</v>
       </c>
       <c r="O29" s="10">
-        <v>150</v>
+        <v>121</v>
       </c>
       <c r="P29" s="10">
-        <v>150</v>
+        <v>121</v>
       </c>
       <c r="Q29" s="10">
-        <v>5.0000000000000001E-3</v>
+        <v>1.7999999999999999E-2</v>
       </c>
       <c r="R29" s="10">
-        <v>5.0000000000000001E-3</v>
+        <v>1.7999999999999999E-2</v>
       </c>
       <c r="S29" s="10">
-        <v>5.0000000000000001E-3</v>
+        <v>1.7999999999999999E-2</v>
       </c>
       <c r="T29" s="10">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="U29" s="10">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="V29" s="10">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="W29" s="10">
-        <v>7.5</v>
+        <v>7.7</v>
       </c>
       <c r="X29" s="10">
-        <v>7.5</v>
+        <v>7.7</v>
       </c>
       <c r="Y29" s="10">
-        <v>7.5</v>
+        <v>7.7</v>
       </c>
       <c r="Z29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="AA29" s="10"/>
       <c r="AB29" s="13"/>
     </row>
     <row r="30" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B30" s="9">
-        <v>44476</v>
+        <v>44712</v>
       </c>
       <c r="C30" s="9">
-        <v>44538</v>
+        <v>44817</v>
       </c>
       <c r="D30" s="9">
-        <v>44539</v>
+        <v>44817</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F30" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G30" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="H30" s="10" t="s">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="H30" s="10">
+        <v>3</v>
+      </c>
+      <c r="I30" s="10">
+        <v>3</v>
+      </c>
+      <c r="J30" s="10">
+        <v>3</v>
       </c>
       <c r="K30" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L30" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M30" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N30" s="10">
-        <v>142</v>
+        <v>212</v>
       </c>
       <c r="O30" s="10">
-        <v>142</v>
+        <v>212</v>
       </c>
       <c r="P30" s="10">
-        <v>142</v>
+        <v>212</v>
       </c>
       <c r="Q30" s="10">
-        <v>7.0000000000000001E-3</v>
+        <v>0.11</v>
       </c>
       <c r="R30" s="10">
-        <v>7.0000000000000001E-3</v>
+        <v>0.11</v>
       </c>
       <c r="S30" s="10">
-        <v>7.0000000000000001E-3</v>
+        <v>0.11</v>
       </c>
       <c r="T30" s="10">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="U30" s="10">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="V30" s="10">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="W30" s="10">
-        <v>8</v>
+        <v>7.6</v>
       </c>
       <c r="X30" s="10">
-        <v>8</v>
+        <v>7.6</v>
       </c>
       <c r="Y30" s="10">
-        <v>8</v>
+        <v>7.6</v>
       </c>
       <c r="Z30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="AA30" s="10"/>
       <c r="AB30" s="13"/>
     </row>
     <row r="31" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B31" s="9">
-        <v>44475</v>
+        <v>44508</v>
       </c>
       <c r="C31" s="9">
         <v>44538</v>
       </c>
       <c r="D31" s="9">
         <v>44539</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F31" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G31" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H31" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I31" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J31" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K31" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L31" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M31" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N31" s="10">
-        <v>40</v>
+        <v>150</v>
       </c>
       <c r="O31" s="10">
-        <v>40</v>
+        <v>150</v>
       </c>
       <c r="P31" s="10">
-        <v>40</v>
+        <v>150</v>
       </c>
       <c r="Q31" s="10">
-        <v>3.0000000000000001E-3</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="R31" s="10">
-        <v>3.0000000000000001E-3</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="S31" s="10">
-        <v>3.0000000000000001E-3</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="T31" s="10">
         <v>2</v>
       </c>
       <c r="U31" s="10">
         <v>2</v>
       </c>
       <c r="V31" s="10">
         <v>2</v>
       </c>
       <c r="W31" s="10">
-        <v>6.5</v>
+        <v>7.5</v>
       </c>
       <c r="X31" s="10">
-        <v>6.5</v>
+        <v>7.5</v>
       </c>
       <c r="Y31" s="10">
-        <v>6.5</v>
+        <v>7.5</v>
       </c>
       <c r="Z31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="AA31" s="10"/>
       <c r="AB31" s="13"/>
     </row>
     <row r="32" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B32" s="9">
-        <v>44469</v>
+        <v>44476</v>
       </c>
       <c r="C32" s="9">
         <v>44538</v>
       </c>
       <c r="D32" s="9">
         <v>44539</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F32" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G32" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H32" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I32" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J32" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K32" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L32" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M32" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N32" s="10">
-        <v>224</v>
+        <v>142</v>
       </c>
       <c r="O32" s="10">
-        <v>224</v>
+        <v>142</v>
       </c>
       <c r="P32" s="10">
-        <v>224</v>
+        <v>142</v>
       </c>
       <c r="Q32" s="10">
-        <v>3.3000000000000002E-2</v>
+        <v>7.0000000000000001E-3</v>
       </c>
       <c r="R32" s="10">
-        <v>3.3000000000000002E-2</v>
+        <v>7.0000000000000001E-3</v>
       </c>
       <c r="S32" s="10">
-        <v>3.3000000000000002E-2</v>
+        <v>7.0000000000000001E-3</v>
       </c>
       <c r="T32" s="10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U32" s="10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V32" s="10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W32" s="10">
-        <v>7.5</v>
+        <v>8</v>
       </c>
       <c r="X32" s="10">
-        <v>7.5</v>
+        <v>8</v>
       </c>
       <c r="Y32" s="10">
-        <v>7.5</v>
+        <v>8</v>
       </c>
       <c r="Z32" s="15" t="s">
         <v>29</v>
       </c>
       <c r="AA32" s="10"/>
       <c r="AB32" s="13"/>
     </row>
     <row r="33" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B33" s="9">
-        <v>44445</v>
+        <v>44475</v>
       </c>
       <c r="C33" s="9">
         <v>44538</v>
       </c>
       <c r="D33" s="9">
         <v>44539</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F33" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G33" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H33" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I33" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J33" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K33" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L33" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M33" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N33" s="10">
-        <v>5</v>
+        <v>40</v>
       </c>
       <c r="O33" s="10">
-        <v>5</v>
+        <v>40</v>
       </c>
       <c r="P33" s="10">
-        <v>5</v>
+        <v>40</v>
       </c>
       <c r="Q33" s="10">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="R33" s="10">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="S33" s="10">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="T33" s="10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U33" s="10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V33" s="10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W33" s="10">
-        <v>7.4</v>
+        <v>6.5</v>
       </c>
       <c r="X33" s="10">
-        <v>7.4</v>
+        <v>6.5</v>
       </c>
       <c r="Y33" s="10">
-        <v>7.4</v>
+        <v>6.5</v>
       </c>
       <c r="Z33" s="15" t="s">
         <v>29</v>
       </c>
       <c r="AA33" s="10"/>
       <c r="AB33" s="13"/>
     </row>
     <row r="34" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B34" s="9">
-        <v>44420</v>
+        <v>44469</v>
       </c>
       <c r="C34" s="9">
         <v>44538</v>
       </c>
       <c r="D34" s="9">
         <v>44539</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F34" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G34" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H34" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I34" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J34" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K34" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L34" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M34" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N34" s="10">
-        <v>116</v>
+        <v>224</v>
       </c>
       <c r="O34" s="10">
-        <v>116</v>
+        <v>224</v>
       </c>
       <c r="P34" s="10">
-        <v>116</v>
+        <v>224</v>
       </c>
       <c r="Q34" s="10">
-        <v>0.12</v>
+        <v>3.3000000000000002E-2</v>
       </c>
       <c r="R34" s="10">
-        <v>0.12</v>
+        <v>3.3000000000000002E-2</v>
       </c>
       <c r="S34" s="10">
-        <v>0.12</v>
+        <v>3.3000000000000002E-2</v>
       </c>
       <c r="T34" s="10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U34" s="10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V34" s="10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W34" s="10">
-        <v>7.2</v>
+        <v>7.5</v>
       </c>
       <c r="X34" s="10">
-        <v>7.2</v>
+        <v>7.5</v>
       </c>
       <c r="Y34" s="10">
-        <v>7.2</v>
+        <v>7.5</v>
       </c>
       <c r="Z34" s="15" t="s">
         <v>29</v>
       </c>
       <c r="AA34" s="10"/>
       <c r="AB34" s="13"/>
     </row>
     <row r="35" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B35" s="9">
-        <v>44396</v>
+        <v>44445</v>
       </c>
       <c r="C35" s="9">
-        <v>44459</v>
+        <v>44538</v>
       </c>
       <c r="D35" s="9">
-        <v>44459</v>
+        <v>44539</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F35" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G35" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H35" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I35" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J35" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K35" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L35" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M35" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N35" s="10">
-        <v>174</v>
+        <v>5</v>
       </c>
       <c r="O35" s="10">
-        <v>174</v>
+        <v>5</v>
       </c>
       <c r="P35" s="10">
-        <v>174</v>
+        <v>5</v>
       </c>
       <c r="Q35" s="10">
-        <v>1.0999999999999999E-2</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="R35" s="10">
-        <v>1.0999999999999999E-2</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="S35" s="10">
-        <v>1.0999999999999999E-2</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="T35" s="10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U35" s="10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V35" s="10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W35" s="10">
-        <v>8</v>
+        <v>7.4</v>
       </c>
       <c r="X35" s="10">
-        <v>8</v>
+        <v>7.4</v>
       </c>
       <c r="Y35" s="10">
-        <v>8</v>
+        <v>7.4</v>
       </c>
       <c r="Z35" s="15" t="s">
         <v>29</v>
       </c>
       <c r="AA35" s="10"/>
       <c r="AB35" s="13"/>
     </row>
     <row r="36" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B36" s="9">
-        <v>44382</v>
+        <v>44420</v>
       </c>
       <c r="C36" s="9">
-        <v>44459</v>
+        <v>44538</v>
       </c>
       <c r="D36" s="9">
-        <v>44459</v>
+        <v>44539</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F36" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G36" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H36" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I36" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J36" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K36" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L36" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M36" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N36" s="10">
-        <v>138</v>
+        <v>116</v>
       </c>
       <c r="O36" s="10">
-        <v>138</v>
+        <v>116</v>
       </c>
       <c r="P36" s="10">
-        <v>138</v>
+        <v>116</v>
       </c>
       <c r="Q36" s="10">
-        <v>0.01</v>
+        <v>0.12</v>
       </c>
       <c r="R36" s="10">
-        <v>0.01</v>
+        <v>0.12</v>
       </c>
       <c r="S36" s="10">
-        <v>0.01</v>
+        <v>0.12</v>
       </c>
       <c r="T36" s="10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U36" s="10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V36" s="10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W36" s="10">
-        <v>6.2</v>
+        <v>7.2</v>
       </c>
       <c r="X36" s="10">
-        <v>6.2</v>
+        <v>7.2</v>
       </c>
       <c r="Y36" s="10">
-        <v>6.2</v>
+        <v>7.2</v>
       </c>
       <c r="Z36" s="15" t="s">
         <v>29</v>
       </c>
       <c r="AA36" s="10"/>
       <c r="AB36" s="13"/>
     </row>
     <row r="37" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B37" s="9">
-        <v>44371</v>
+        <v>44396</v>
       </c>
       <c r="C37" s="9">
         <v>44459</v>
       </c>
       <c r="D37" s="9">
         <v>44459</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F37" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G37" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H37" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I37" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J37" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K37" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L37" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M37" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N37" s="10">
-        <v>130</v>
+        <v>174</v>
       </c>
       <c r="O37" s="10">
-        <v>130</v>
+        <v>174</v>
       </c>
       <c r="P37" s="10">
-        <v>130</v>
+        <v>174</v>
       </c>
       <c r="Q37" s="10">
-        <v>4.0000000000000001E-3</v>
+        <v>1.0999999999999999E-2</v>
       </c>
       <c r="R37" s="10">
-        <v>4.0000000000000001E-3</v>
+        <v>1.0999999999999999E-2</v>
       </c>
       <c r="S37" s="10">
-        <v>4.0000000000000001E-3</v>
+        <v>1.0999999999999999E-2</v>
       </c>
       <c r="T37" s="10">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="U37" s="10">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="V37" s="10">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="W37" s="10">
-        <v>7.6</v>
+        <v>8</v>
       </c>
       <c r="X37" s="10">
-        <v>7.6</v>
+        <v>8</v>
       </c>
       <c r="Y37" s="10">
-        <v>7.6</v>
+        <v>8</v>
       </c>
       <c r="Z37" s="15" t="s">
         <v>29</v>
       </c>
       <c r="AA37" s="10"/>
       <c r="AB37" s="13"/>
     </row>
     <row r="38" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B38" s="9">
-        <v>44235</v>
+        <v>44382</v>
       </c>
       <c r="C38" s="9">
-        <v>44280</v>
+        <v>44459</v>
       </c>
       <c r="D38" s="9">
-        <v>44280</v>
+        <v>44459</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F38" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G38" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H38" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I38" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J38" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K38" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L38" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M38" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N38" s="10">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="O38" s="10">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="P38" s="10">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="Q38" s="10">
-        <v>2E-3</v>
+        <v>0.01</v>
       </c>
       <c r="R38" s="10">
-        <v>2E-3</v>
+        <v>0.01</v>
       </c>
       <c r="S38" s="10">
-        <v>2E-3</v>
+        <v>0.01</v>
       </c>
       <c r="T38" s="10">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="U38" s="10">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V38" s="10">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="W38" s="10">
-        <v>7.4</v>
+        <v>6.2</v>
       </c>
       <c r="X38" s="10">
-        <v>7.4</v>
+        <v>6.2</v>
       </c>
       <c r="Y38" s="10">
-        <v>7.4</v>
+        <v>6.2</v>
       </c>
       <c r="Z38" s="15" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AA38" s="10"/>
       <c r="AB38" s="13"/>
     </row>
     <row r="39" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B39" s="9">
-        <v>44182</v>
+        <v>44371</v>
       </c>
       <c r="C39" s="9">
-        <v>44280</v>
+        <v>44459</v>
       </c>
       <c r="D39" s="9">
-        <v>44280</v>
+        <v>44459</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F39" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G39" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H39" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I39" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J39" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K39" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L39" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M39" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N39" s="10">
-        <v>334</v>
+        <v>130</v>
       </c>
       <c r="O39" s="10">
-        <v>334</v>
+        <v>130</v>
       </c>
       <c r="P39" s="10">
-        <v>334</v>
+        <v>130</v>
       </c>
       <c r="Q39" s="10">
-        <v>2E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="R39" s="10">
-        <v>2E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="S39" s="10">
-        <v>2E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="T39" s="10">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U39" s="10">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="V39" s="10">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W39" s="10">
-        <v>6.2</v>
+        <v>7.6</v>
       </c>
       <c r="X39" s="10">
-        <v>6.2</v>
+        <v>7.6</v>
       </c>
       <c r="Y39" s="10">
-        <v>6.2</v>
+        <v>7.6</v>
       </c>
       <c r="Z39" s="15" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AA39" s="10"/>
       <c r="AB39" s="13"/>
     </row>
-    <row r="40" spans="2:28" ht="31.2" x14ac:dyDescent="0.3">
+    <row r="40" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B40" s="9">
-        <v>44140</v>
+        <v>44235</v>
       </c>
       <c r="C40" s="9">
-        <v>44216</v>
+        <v>44280</v>
       </c>
       <c r="D40" s="9">
-        <v>44216</v>
-[...8 lines deleted...]
-        <v>0.03</v>
+        <v>44280</v>
+      </c>
+      <c r="E40" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F40" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="G40" s="10" t="s">
+        <v>23</v>
       </c>
       <c r="H40" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I40" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J40" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K40" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L40" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M40" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N40" s="10">
-        <v>74</v>
+        <v>136</v>
       </c>
       <c r="O40" s="10">
-        <v>74</v>
+        <v>136</v>
       </c>
       <c r="P40" s="10">
-        <v>74</v>
+        <v>136</v>
       </c>
       <c r="Q40" s="10">
-        <v>8.0000000000000002E-3</v>
+        <v>2E-3</v>
       </c>
       <c r="R40" s="10">
-        <v>8.0000000000000002E-3</v>
+        <v>2E-3</v>
       </c>
       <c r="S40" s="10">
-        <v>8.0000000000000002E-3</v>
+        <v>2E-3</v>
       </c>
       <c r="T40" s="10">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="U40" s="10">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="V40" s="10">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="W40" s="10">
-        <v>7.5</v>
+        <v>7.4</v>
       </c>
       <c r="X40" s="10">
-        <v>7.5</v>
+        <v>7.4</v>
       </c>
       <c r="Y40" s="10">
-        <v>7.5</v>
+        <v>7.4</v>
       </c>
       <c r="Z40" s="15" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="AA40" s="10"/>
       <c r="AB40" s="13"/>
     </row>
     <row r="41" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B41" s="9">
-        <v>44131</v>
+        <v>44182</v>
       </c>
       <c r="C41" s="9">
-        <v>44216</v>
+        <v>44280</v>
       </c>
       <c r="D41" s="9">
-        <v>44216</v>
-[...8 lines deleted...]
-        <v>0.05</v>
+        <v>44280</v>
+      </c>
+      <c r="E41" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F41" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="G41" s="10" t="s">
+        <v>23</v>
       </c>
       <c r="H41" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I41" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J41" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K41" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L41" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M41" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N41" s="10">
-        <v>87</v>
+        <v>334</v>
       </c>
       <c r="O41" s="10">
-        <v>87</v>
+        <v>334</v>
       </c>
       <c r="P41" s="10">
-        <v>87</v>
+        <v>334</v>
       </c>
       <c r="Q41" s="10">
-        <v>0.01</v>
+        <v>2E-3</v>
       </c>
       <c r="R41" s="10">
-        <v>0.01</v>
+        <v>2E-3</v>
       </c>
       <c r="S41" s="10">
-        <v>0.01</v>
+        <v>2E-3</v>
       </c>
       <c r="T41" s="10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U41" s="10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V41" s="10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W41" s="10">
         <v>6.2</v>
       </c>
       <c r="X41" s="10">
         <v>6.2</v>
       </c>
       <c r="Y41" s="10">
         <v>6.2</v>
       </c>
       <c r="Z41" s="15" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA41" s="10"/>
       <c r="AB41" s="13"/>
     </row>
-    <row r="42" spans="2:28" x14ac:dyDescent="0.3">
+    <row r="42" spans="2:28" ht="31.2" x14ac:dyDescent="0.3">
       <c r="B42" s="9">
-        <v>44111</v>
+        <v>44140</v>
       </c>
       <c r="C42" s="9">
-        <v>44149</v>
+        <v>44216</v>
       </c>
       <c r="D42" s="9">
-        <v>44158</v>
+        <v>44216</v>
       </c>
       <c r="E42" s="10">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="F42" s="10">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="G42" s="10">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="H42" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I42" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J42" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K42" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L42" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M42" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N42" s="10">
-        <v>35</v>
+        <v>74</v>
       </c>
       <c r="O42" s="10">
-        <v>35</v>
+        <v>74</v>
       </c>
       <c r="P42" s="10">
-        <v>35</v>
+        <v>74</v>
       </c>
       <c r="Q42" s="10">
-        <v>2E-3</v>
+        <v>8.0000000000000002E-3</v>
       </c>
       <c r="R42" s="10">
-        <v>2E-3</v>
+        <v>8.0000000000000002E-3</v>
       </c>
       <c r="S42" s="10">
-        <v>2E-3</v>
-[...8 lines deleted...]
-        <v>32</v>
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="T42" s="10">
+        <v>9</v>
+      </c>
+      <c r="U42" s="10">
+        <v>9</v>
+      </c>
+      <c r="V42" s="10">
+        <v>9</v>
       </c>
       <c r="W42" s="10">
-        <v>7.2</v>
+        <v>7.5</v>
       </c>
       <c r="X42" s="10">
-        <v>7.2</v>
+        <v>7.5</v>
       </c>
       <c r="Y42" s="10">
-        <v>7.2</v>
+        <v>7.5</v>
       </c>
       <c r="Z42" s="15" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="AA42" s="10"/>
       <c r="AB42" s="13"/>
     </row>
-    <row r="43" spans="2:28" ht="31.2" x14ac:dyDescent="0.3">
+    <row r="43" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B43" s="9">
-        <v>44062</v>
+        <v>44131</v>
       </c>
       <c r="C43" s="9">
-        <v>44149</v>
+        <v>44216</v>
       </c>
       <c r="D43" s="9">
-        <v>44158</v>
+        <v>44216</v>
       </c>
       <c r="E43" s="10">
-        <v>0.21</v>
+        <v>0.05</v>
       </c>
       <c r="F43" s="10">
-        <v>0.21</v>
+        <v>0.05</v>
       </c>
       <c r="G43" s="10">
-        <v>0.21</v>
-[...17 lines deleted...]
-        <v>0.31</v>
+        <v>0.05</v>
+      </c>
+      <c r="H43" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="I43" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="J43" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="K43" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="L43" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="M43" s="10" t="s">
+        <v>25</v>
       </c>
       <c r="N43" s="10">
-        <v>184</v>
+        <v>87</v>
       </c>
       <c r="O43" s="10">
-        <v>184</v>
+        <v>87</v>
       </c>
       <c r="P43" s="10">
-        <v>184</v>
+        <v>87</v>
       </c>
       <c r="Q43" s="10">
-        <v>0.23699999999999999</v>
+        <v>0.01</v>
       </c>
       <c r="R43" s="10">
-        <v>0.23699999999999999</v>
+        <v>0.01</v>
       </c>
       <c r="S43" s="10">
-        <v>0.23699999999999999</v>
+        <v>0.01</v>
       </c>
       <c r="T43" s="10">
         <v>3</v>
       </c>
       <c r="U43" s="10">
         <v>3</v>
       </c>
       <c r="V43" s="10">
         <v>3</v>
       </c>
       <c r="W43" s="10">
-        <v>6.6</v>
+        <v>6.2</v>
       </c>
       <c r="X43" s="10">
-        <v>6.6</v>
+        <v>6.2</v>
       </c>
       <c r="Y43" s="10">
-        <v>6.6</v>
+        <v>6.2</v>
       </c>
       <c r="Z43" s="15" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="AA43" s="10"/>
       <c r="AB43" s="13"/>
     </row>
-    <row r="44" spans="2:28" ht="31.2" x14ac:dyDescent="0.3">
+    <row r="44" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B44" s="9">
-        <v>44060</v>
+        <v>44111</v>
       </c>
       <c r="C44" s="9">
         <v>44149</v>
       </c>
       <c r="D44" s="9">
         <v>44158</v>
       </c>
       <c r="E44" s="10">
-        <v>0.05</v>
+        <v>0.02</v>
       </c>
       <c r="F44" s="10">
-        <v>0.05</v>
+        <v>0.02</v>
       </c>
       <c r="G44" s="10">
-        <v>0.05</v>
-[...1 lines deleted...]
-      <c r="H44" s="10">
+        <v>0.02</v>
+      </c>
+      <c r="H44" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="I44" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="J44" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="K44" s="10" t="s">
         <v>25</v>
       </c>
-      <c r="I44" s="10">
+      <c r="L44" s="10" t="s">
         <v>25</v>
       </c>
-      <c r="J44" s="10">
+      <c r="M44" s="10" t="s">
         <v>25</v>
       </c>
-      <c r="K44" s="10">
-[...7 lines deleted...]
-      </c>
       <c r="N44" s="10">
-        <v>6</v>
+        <v>35</v>
       </c>
       <c r="O44" s="10">
-        <v>6</v>
+        <v>35</v>
       </c>
       <c r="P44" s="10">
-        <v>6</v>
+        <v>35</v>
       </c>
       <c r="Q44" s="10">
-        <v>1.4E-2</v>
+        <v>2E-3</v>
       </c>
       <c r="R44" s="10">
-        <v>1.4E-2</v>
+        <v>2E-3</v>
       </c>
       <c r="S44" s="10">
-        <v>1.4E-2</v>
-[...8 lines deleted...]
-        <v>10</v>
+        <v>2E-3</v>
+      </c>
+      <c r="T44" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="U44" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="V44" s="10" t="s">
+        <v>32</v>
       </c>
       <c r="W44" s="10">
-        <v>6.2</v>
+        <v>7.2</v>
       </c>
       <c r="X44" s="10">
-        <v>6.2</v>
+        <v>7.2</v>
       </c>
       <c r="Y44" s="10">
-        <v>6.2</v>
+        <v>7.2</v>
       </c>
       <c r="Z44" s="15" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="AA44" s="10"/>
       <c r="AB44" s="13"/>
     </row>
-    <row r="45" spans="2:28" x14ac:dyDescent="0.3">
-[...28 lines deleted...]
-      <c r="AB45" s="68"/>
+    <row r="45" spans="2:28" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="B45" s="9">
+        <v>44062</v>
+      </c>
+      <c r="C45" s="9">
+        <v>44149</v>
+      </c>
+      <c r="D45" s="9">
+        <v>44158</v>
+      </c>
+      <c r="E45" s="10">
+        <v>0.21</v>
+      </c>
+      <c r="F45" s="10">
+        <v>0.21</v>
+      </c>
+      <c r="G45" s="10">
+        <v>0.21</v>
+      </c>
+      <c r="H45" s="10">
+        <v>5</v>
+      </c>
+      <c r="I45" s="10">
+        <v>5</v>
+      </c>
+      <c r="J45" s="10">
+        <v>5</v>
+      </c>
+      <c r="K45" s="10">
+        <v>0.31</v>
+      </c>
+      <c r="L45" s="10">
+        <v>0.31</v>
+      </c>
+      <c r="M45" s="10">
+        <v>0.31</v>
+      </c>
+      <c r="N45" s="10">
+        <v>184</v>
+      </c>
+      <c r="O45" s="10">
+        <v>184</v>
+      </c>
+      <c r="P45" s="10">
+        <v>184</v>
+      </c>
+      <c r="Q45" s="10">
+        <v>0.23699999999999999</v>
+      </c>
+      <c r="R45" s="10">
+        <v>0.23699999999999999</v>
+      </c>
+      <c r="S45" s="10">
+        <v>0.23699999999999999</v>
+      </c>
+      <c r="T45" s="10">
+        <v>3</v>
+      </c>
+      <c r="U45" s="10">
+        <v>3</v>
+      </c>
+      <c r="V45" s="10">
+        <v>3</v>
+      </c>
+      <c r="W45" s="10">
+        <v>6.6</v>
+      </c>
+      <c r="X45" s="10">
+        <v>6.6</v>
+      </c>
+      <c r="Y45" s="10">
+        <v>6.6</v>
+      </c>
+      <c r="Z45" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="AA45" s="10"/>
+      <c r="AB45" s="13"/>
     </row>
     <row r="46" spans="2:28" ht="31.2" x14ac:dyDescent="0.3">
-      <c r="B46" s="14">
-[...11 lines deleted...]
-        <v>35</v>
+      <c r="B46" s="9">
+        <v>44060</v>
+      </c>
+      <c r="C46" s="9">
+        <v>44149</v>
+      </c>
+      <c r="D46" s="9">
+        <v>44158</v>
+      </c>
+      <c r="E46" s="10">
+        <v>0.05</v>
+      </c>
+      <c r="F46" s="10">
+        <v>0.05</v>
+      </c>
+      <c r="G46" s="10">
+        <v>0.05</v>
       </c>
       <c r="H46" s="10">
-        <v>7</v>
+        <v>25</v>
       </c>
       <c r="I46" s="10">
-        <v>7</v>
+        <v>25</v>
       </c>
       <c r="J46" s="10">
-        <v>7</v>
-[...8 lines deleted...]
-        <v>36</v>
+        <v>25</v>
+      </c>
+      <c r="K46" s="10">
+        <v>0.02</v>
+      </c>
+      <c r="L46" s="10">
+        <v>0.02</v>
+      </c>
+      <c r="M46" s="10">
+        <v>0.02</v>
       </c>
       <c r="N46" s="10">
-        <v>78</v>
+        <v>6</v>
       </c>
       <c r="O46" s="10">
-        <v>78</v>
+        <v>6</v>
       </c>
       <c r="P46" s="10">
-        <v>78</v>
+        <v>6</v>
       </c>
       <c r="Q46" s="10">
-        <v>2.4E-2</v>
+        <v>1.4E-2</v>
       </c>
       <c r="R46" s="10">
-        <v>2.4E-2</v>
+        <v>1.4E-2</v>
       </c>
       <c r="S46" s="10">
-        <v>2.4E-2</v>
+        <v>1.4E-2</v>
       </c>
       <c r="T46" s="10">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="U46" s="10">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="V46" s="10">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="W46" s="10">
-        <v>6.1</v>
+        <v>6.2</v>
       </c>
       <c r="X46" s="10">
-        <v>6.1</v>
+        <v>6.2</v>
       </c>
       <c r="Y46" s="10">
-        <v>6.1</v>
+        <v>6.2</v>
       </c>
       <c r="Z46" s="15" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="AA46" s="10"/>
       <c r="AB46" s="13"/>
     </row>
-    <row r="47" spans="2:28" ht="31.2" x14ac:dyDescent="0.3">
-[...72 lines deleted...]
-      <c r="AB47" s="13"/>
+    <row r="47" spans="2:28" x14ac:dyDescent="0.3">
+      <c r="B47" s="65" t="s">
+        <v>34</v>
+      </c>
+      <c r="C47" s="65"/>
+      <c r="D47" s="65"/>
+      <c r="E47" s="65"/>
+      <c r="F47" s="65"/>
+      <c r="G47" s="65"/>
+      <c r="H47" s="65"/>
+      <c r="I47" s="65"/>
+      <c r="J47" s="65"/>
+      <c r="K47" s="65"/>
+      <c r="L47" s="65"/>
+      <c r="M47" s="65"/>
+      <c r="N47" s="65"/>
+      <c r="O47" s="65"/>
+      <c r="P47" s="65"/>
+      <c r="Q47" s="65"/>
+      <c r="R47" s="65"/>
+      <c r="S47" s="65"/>
+      <c r="T47" s="65"/>
+      <c r="U47" s="65"/>
+      <c r="V47" s="65"/>
+      <c r="W47" s="65"/>
+      <c r="X47" s="65"/>
+      <c r="Y47" s="65"/>
+      <c r="Z47" s="65"/>
+      <c r="AA47" s="65"/>
+      <c r="AB47" s="65"/>
     </row>
     <row r="48" spans="2:28" ht="31.2" x14ac:dyDescent="0.3">
       <c r="B48" s="14">
-        <v>43435</v>
+        <v>43983</v>
       </c>
       <c r="C48" s="14"/>
       <c r="D48" s="14"/>
-      <c r="E48" s="10">
-[...15 lines deleted...]
-        <v>24</v>
+      <c r="E48" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="F48" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="G48" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H48" s="10">
+        <v>7</v>
+      </c>
+      <c r="I48" s="10">
+        <v>7</v>
+      </c>
+      <c r="J48" s="10">
+        <v>7</v>
       </c>
       <c r="K48" s="10" t="s">
         <v>36</v>
       </c>
       <c r="L48" s="10" t="s">
         <v>36</v>
       </c>
       <c r="M48" s="10" t="s">
         <v>36</v>
       </c>
       <c r="N48" s="10">
-        <v>340</v>
+        <v>78</v>
       </c>
       <c r="O48" s="10">
-        <v>340</v>
+        <v>78</v>
       </c>
       <c r="P48" s="10">
-        <v>340</v>
+        <v>78</v>
       </c>
       <c r="Q48" s="10">
-        <v>0.52</v>
+        <v>2.4E-2</v>
       </c>
       <c r="R48" s="10">
-        <v>0.52</v>
+        <v>2.4E-2</v>
       </c>
       <c r="S48" s="10">
-        <v>0.52</v>
-[...8 lines deleted...]
-        <v>32</v>
+        <v>2.4E-2</v>
+      </c>
+      <c r="T48" s="10">
+        <v>5</v>
+      </c>
+      <c r="U48" s="10">
+        <v>5</v>
+      </c>
+      <c r="V48" s="10">
+        <v>5</v>
       </c>
       <c r="W48" s="10">
-        <v>6.9</v>
+        <v>6.1</v>
       </c>
       <c r="X48" s="10">
-        <v>6.9</v>
+        <v>6.1</v>
       </c>
       <c r="Y48" s="10">
-        <v>6.9</v>
+        <v>6.1</v>
       </c>
       <c r="Z48" s="15" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="AA48" s="10"/>
       <c r="AB48" s="13"/>
     </row>
-    <row r="49" spans="2:30" ht="46.8" x14ac:dyDescent="0.3">
-      <c r="B49" s="14"/>
+    <row r="49" spans="2:30" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="B49" s="14">
+        <v>43586</v>
+      </c>
       <c r="C49" s="14"/>
       <c r="D49" s="14"/>
-      <c r="E49" s="10"/>
-[...21 lines deleted...]
-      <c r="AA49" s="10" t="s">
+      <c r="E49" s="10">
+        <v>0.05</v>
+      </c>
+      <c r="F49" s="10">
+        <v>0.05</v>
+      </c>
+      <c r="G49" s="10">
+        <v>0.05</v>
+      </c>
+      <c r="H49" s="10">
+        <v>8</v>
+      </c>
+      <c r="I49" s="10">
+        <v>8</v>
+      </c>
+      <c r="J49" s="10">
+        <v>8</v>
+      </c>
+      <c r="K49" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L49" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M49" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="N49" s="10">
+        <v>480</v>
+      </c>
+      <c r="O49" s="10">
+        <v>480</v>
+      </c>
+      <c r="P49" s="10">
+        <v>480</v>
+      </c>
+      <c r="Q49" s="10">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="R49" s="10">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="S49" s="10">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="T49" s="10">
+        <v>5</v>
+      </c>
+      <c r="U49" s="10">
+        <v>5</v>
+      </c>
+      <c r="V49" s="10">
+        <v>5</v>
+      </c>
+      <c r="W49" s="10">
+        <v>7.6</v>
+      </c>
+      <c r="X49" s="10">
+        <v>7.6</v>
+      </c>
+      <c r="Y49" s="10">
+        <v>7.6</v>
+      </c>
+      <c r="Z49" s="15" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA49" s="10"/>
+      <c r="AB49" s="13"/>
+    </row>
+    <row r="50" spans="2:30" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="B50" s="14">
+        <v>43435</v>
+      </c>
+      <c r="C50" s="14"/>
+      <c r="D50" s="14"/>
+      <c r="E50" s="10">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="F50" s="10">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="G50" s="10">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="H50" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="I50" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="J50" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="K50" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L50" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M50" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="N50" s="10">
+        <v>340</v>
+      </c>
+      <c r="O50" s="10">
+        <v>340</v>
+      </c>
+      <c r="P50" s="10">
+        <v>340</v>
+      </c>
+      <c r="Q50" s="10">
+        <v>0.52</v>
+      </c>
+      <c r="R50" s="10">
+        <v>0.52</v>
+      </c>
+      <c r="S50" s="10">
+        <v>0.52</v>
+      </c>
+      <c r="T50" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="U50" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="V50" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="W50" s="10">
+        <v>6.9</v>
+      </c>
+      <c r="X50" s="10">
+        <v>6.9</v>
+      </c>
+      <c r="Y50" s="10">
+        <v>6.9</v>
+      </c>
+      <c r="Z50" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="AA50" s="10"/>
+      <c r="AB50" s="13"/>
+    </row>
+    <row r="51" spans="2:30" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="B51" s="14"/>
+      <c r="C51" s="14"/>
+      <c r="D51" s="14"/>
+      <c r="E51" s="10"/>
+      <c r="F51" s="10"/>
+      <c r="G51" s="10"/>
+      <c r="H51" s="10"/>
+      <c r="I51" s="10"/>
+      <c r="J51" s="10"/>
+      <c r="K51" s="10"/>
+      <c r="L51" s="10"/>
+      <c r="M51" s="10"/>
+      <c r="N51" s="10"/>
+      <c r="O51" s="10"/>
+      <c r="P51" s="10"/>
+      <c r="Q51" s="10"/>
+      <c r="R51" s="10"/>
+      <c r="S51" s="10"/>
+      <c r="T51" s="10"/>
+      <c r="U51" s="10"/>
+      <c r="V51" s="10"/>
+      <c r="W51" s="10"/>
+      <c r="X51" s="10"/>
+      <c r="Y51" s="10"/>
+      <c r="Z51" s="15"/>
+      <c r="AA51" s="10" t="s">
         <v>40</v>
       </c>
-      <c r="AB49" s="13" t="s">
+      <c r="AB51" s="13" t="s">
         <v>41</v>
       </c>
-    </row>
-[...150 lines deleted...]
-      <c r="AD51" s="11"/>
     </row>
     <row r="52" spans="2:30" x14ac:dyDescent="0.3">
       <c r="B52" s="19">
-        <v>42917</v>
+        <v>43070</v>
       </c>
       <c r="C52" s="19"/>
       <c r="D52" s="19"/>
-      <c r="E52" s="16">
-[...24 lines deleted...]
-        <v>44</v>
+      <c r="E52" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F52" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="G52" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="H52" s="16" t="s">
+        <v>24</v>
+      </c>
+      <c r="I52" s="16" t="s">
+        <v>24</v>
+      </c>
+      <c r="J52" s="16" t="s">
+        <v>24</v>
+      </c>
+      <c r="K52" s="16">
+        <v>0.1</v>
+      </c>
+      <c r="L52" s="16">
+        <v>0.1</v>
+      </c>
+      <c r="M52" s="16">
+        <v>0.1</v>
       </c>
       <c r="N52" s="16">
-        <v>141</v>
+        <v>98</v>
       </c>
       <c r="O52" s="16">
-        <v>141</v>
+        <v>98</v>
       </c>
       <c r="P52" s="16">
-        <v>141</v>
+        <v>98</v>
       </c>
       <c r="Q52" s="16">
-        <v>7.8E-2</v>
+        <v>2E-3</v>
       </c>
       <c r="R52" s="16">
-        <v>7.8E-2</v>
+        <v>2E-3</v>
       </c>
       <c r="S52" s="16">
-        <v>7.8E-2</v>
+        <v>2E-3</v>
       </c>
       <c r="T52" s="16">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="U52" s="16">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="V52" s="16">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="W52" s="16">
-        <v>6.9</v>
+        <v>7.9</v>
       </c>
       <c r="X52" s="16">
-        <v>6.9</v>
+        <v>7.9</v>
       </c>
       <c r="Y52" s="16">
-        <v>6.9</v>
+        <v>7.9</v>
       </c>
       <c r="Z52" s="17"/>
-      <c r="AA52" s="16"/>
-      <c r="AB52" s="18"/>
+      <c r="AA52" s="16" t="s">
+        <v>42</v>
+      </c>
+      <c r="AB52" s="18" t="s">
+        <v>43</v>
+      </c>
       <c r="AD52" s="11"/>
     </row>
     <row r="53" spans="2:30" x14ac:dyDescent="0.3">
       <c r="B53" s="19">
-        <v>42856</v>
+        <v>42948</v>
       </c>
       <c r="C53" s="19"/>
       <c r="D53" s="19"/>
       <c r="E53" s="16">
-        <v>0.04</v>
+        <v>0.02</v>
       </c>
       <c r="F53" s="16">
-        <v>0.04</v>
+        <v>0.02</v>
       </c>
       <c r="G53" s="16">
-        <v>0.04</v>
+        <v>0.02</v>
       </c>
       <c r="H53" s="16">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="I53" s="16">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="J53" s="16">
-        <v>15</v>
-[...8 lines deleted...]
-        <v>0.01</v>
+        <v>3</v>
+      </c>
+      <c r="K53" s="16" t="s">
+        <v>44</v>
+      </c>
+      <c r="L53" s="16" t="s">
+        <v>44</v>
+      </c>
+      <c r="M53" s="16" t="s">
+        <v>44</v>
       </c>
       <c r="N53" s="16">
+        <v>120</v>
+      </c>
+      <c r="O53" s="16">
+        <v>120</v>
+      </c>
+      <c r="P53" s="16">
+        <v>120</v>
+      </c>
+      <c r="Q53" s="16">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="R53" s="16">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="S53" s="16">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="T53" s="16" t="s">
         <v>32</v>
       </c>
-      <c r="O53" s="16">
+      <c r="U53" s="16" t="s">
         <v>32</v>
       </c>
-      <c r="P53" s="16">
+      <c r="V53" s="16" t="s">
         <v>32</v>
       </c>
-      <c r="Q53" s="16">
-[...16 lines deleted...]
-      </c>
       <c r="W53" s="16">
-        <v>6.5</v>
+        <v>6.8</v>
       </c>
       <c r="X53" s="16">
-        <v>6.5</v>
+        <v>6.8</v>
       </c>
       <c r="Y53" s="16">
-        <v>6.5</v>
+        <v>6.8</v>
       </c>
       <c r="Z53" s="17"/>
       <c r="AA53" s="16"/>
       <c r="AB53" s="18"/>
       <c r="AD53" s="11"/>
     </row>
     <row r="54" spans="2:30" x14ac:dyDescent="0.3">
-      <c r="B54" s="20">
-[...49 lines deleted...]
-      <c r="T54" s="10" t="s">
+      <c r="B54" s="19">
+        <v>42917</v>
+      </c>
+      <c r="C54" s="19"/>
+      <c r="D54" s="19"/>
+      <c r="E54" s="16">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="F54" s="16">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="G54" s="16">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="H54" s="16">
+        <v>44</v>
+      </c>
+      <c r="I54" s="16">
+        <v>44</v>
+      </c>
+      <c r="J54" s="16">
+        <v>44</v>
+      </c>
+      <c r="K54" s="16" t="s">
+        <v>44</v>
+      </c>
+      <c r="L54" s="16" t="s">
+        <v>44</v>
+      </c>
+      <c r="M54" s="16" t="s">
+        <v>44</v>
+      </c>
+      <c r="N54" s="16">
+        <v>141</v>
+      </c>
+      <c r="O54" s="16">
+        <v>141</v>
+      </c>
+      <c r="P54" s="16">
+        <v>141</v>
+      </c>
+      <c r="Q54" s="16">
+        <v>7.8E-2</v>
+      </c>
+      <c r="R54" s="16">
+        <v>7.8E-2</v>
+      </c>
+      <c r="S54" s="16">
+        <v>7.8E-2</v>
+      </c>
+      <c r="T54" s="16">
+        <v>5</v>
+      </c>
+      <c r="U54" s="16">
+        <v>5</v>
+      </c>
+      <c r="V54" s="16">
+        <v>5</v>
+      </c>
+      <c r="W54" s="16">
+        <v>6.9</v>
+      </c>
+      <c r="X54" s="16">
+        <v>6.9</v>
+      </c>
+      <c r="Y54" s="16">
+        <v>6.9</v>
+      </c>
+      <c r="Z54" s="17"/>
+      <c r="AA54" s="16"/>
+      <c r="AB54" s="18"/>
+      <c r="AD54" s="11"/>
+    </row>
+    <row r="55" spans="2:30" x14ac:dyDescent="0.3">
+      <c r="B55" s="19">
+        <v>42856</v>
+      </c>
+      <c r="C55" s="19"/>
+      <c r="D55" s="19"/>
+      <c r="E55" s="16">
+        <v>0.04</v>
+      </c>
+      <c r="F55" s="16">
+        <v>0.04</v>
+      </c>
+      <c r="G55" s="16">
+        <v>0.04</v>
+      </c>
+      <c r="H55" s="16">
+        <v>15</v>
+      </c>
+      <c r="I55" s="16">
+        <v>15</v>
+      </c>
+      <c r="J55" s="16">
+        <v>15</v>
+      </c>
+      <c r="K55" s="16">
+        <v>0.01</v>
+      </c>
+      <c r="L55" s="16">
+        <v>0.01</v>
+      </c>
+      <c r="M55" s="16">
+        <v>0.01</v>
+      </c>
+      <c r="N55" s="16">
         <v>32</v>
       </c>
-      <c r="U54" s="10" t="s">
+      <c r="O55" s="16">
         <v>32</v>
       </c>
-      <c r="V54" s="10" t="s">
+      <c r="P55" s="16">
         <v>32</v>
       </c>
-      <c r="W54" s="10">
-[...85 lines deleted...]
-      <c r="AD55" s="12"/>
+      <c r="Q55" s="16">
+        <v>4.7E-2</v>
+      </c>
+      <c r="R55" s="16">
+        <v>4.7E-2</v>
+      </c>
+      <c r="S55" s="16">
+        <v>4.7E-2</v>
+      </c>
+      <c r="T55" s="16">
+        <v>5</v>
+      </c>
+      <c r="U55" s="16">
+        <v>5</v>
+      </c>
+      <c r="V55" s="16">
+        <v>5</v>
+      </c>
+      <c r="W55" s="16">
+        <v>6.5</v>
+      </c>
+      <c r="X55" s="16">
+        <v>6.5</v>
+      </c>
+      <c r="Y55" s="16">
+        <v>6.5</v>
+      </c>
+      <c r="Z55" s="17"/>
+      <c r="AA55" s="16"/>
+      <c r="AB55" s="18"/>
+      <c r="AD55" s="11"/>
     </row>
     <row r="56" spans="2:30" x14ac:dyDescent="0.3">
       <c r="B56" s="20">
-        <v>42583</v>
+        <v>42644</v>
       </c>
       <c r="C56" s="20"/>
       <c r="D56" s="20"/>
       <c r="E56" s="10" t="s">
         <v>35</v>
       </c>
       <c r="F56" s="10" t="s">
         <v>35</v>
       </c>
       <c r="G56" s="10" t="s">
         <v>35</v>
       </c>
       <c r="H56" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I56" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J56" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K56" s="10" t="s">
         <v>36</v>
       </c>
       <c r="L56" s="10" t="s">
         <v>36</v>
       </c>
       <c r="M56" s="10" t="s">
         <v>36</v>
       </c>
       <c r="N56" s="10">
-        <v>125</v>
+        <v>30</v>
       </c>
       <c r="O56" s="10">
-        <v>125</v>
+        <v>30</v>
       </c>
       <c r="P56" s="10">
-        <v>125</v>
+        <v>30</v>
       </c>
       <c r="Q56" s="10" t="s">
         <v>45</v>
       </c>
       <c r="R56" s="10" t="s">
         <v>45</v>
       </c>
       <c r="S56" s="10" t="s">
         <v>45</v>
       </c>
-      <c r="T56" s="10">
-[...6 lines deleted...]
-        <v>2</v>
+      <c r="T56" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="U56" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="V56" s="10" t="s">
+        <v>32</v>
       </c>
       <c r="W56" s="10">
-        <v>7.3</v>
+        <v>8.4</v>
       </c>
       <c r="X56" s="10">
-        <v>7.3</v>
+        <v>8.4</v>
       </c>
       <c r="Y56" s="10">
-        <v>7.3</v>
+        <v>8.4</v>
       </c>
       <c r="Z56" s="15"/>
       <c r="AA56" s="10"/>
       <c r="AB56" s="13"/>
       <c r="AD56" s="12"/>
     </row>
     <row r="57" spans="2:30" x14ac:dyDescent="0.3">
       <c r="B57" s="20">
-        <v>42552</v>
+        <v>42614</v>
       </c>
       <c r="C57" s="20"/>
       <c r="D57" s="20"/>
       <c r="E57" s="10" t="s">
         <v>35</v>
       </c>
       <c r="F57" s="10" t="s">
         <v>35</v>
       </c>
       <c r="G57" s="10" t="s">
         <v>35</v>
       </c>
       <c r="H57" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I57" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J57" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K57" s="10" t="s">
         <v>36</v>
       </c>
       <c r="L57" s="10" t="s">
         <v>36</v>
       </c>
       <c r="M57" s="10" t="s">
         <v>36</v>
       </c>
       <c r="N57" s="10">
-        <v>125</v>
+        <v>60</v>
       </c>
       <c r="O57" s="10">
-        <v>125</v>
+        <v>60</v>
       </c>
       <c r="P57" s="10">
-        <v>125</v>
+        <v>60</v>
       </c>
       <c r="Q57" s="10" t="s">
         <v>45</v>
       </c>
       <c r="R57" s="10" t="s">
         <v>45</v>
       </c>
       <c r="S57" s="10" t="s">
         <v>45</v>
       </c>
       <c r="T57" s="10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U57" s="10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V57" s="10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W57" s="10">
         <v>7.6</v>
       </c>
       <c r="X57" s="10">
         <v>7.6</v>
       </c>
       <c r="Y57" s="10">
         <v>7.6</v>
       </c>
       <c r="Z57" s="15"/>
       <c r="AA57" s="10"/>
       <c r="AB57" s="13"/>
       <c r="AD57" s="12"/>
     </row>
     <row r="58" spans="2:30" x14ac:dyDescent="0.3">
       <c r="B58" s="20">
-        <v>42522</v>
+        <v>42583</v>
       </c>
       <c r="C58" s="20"/>
       <c r="D58" s="20"/>
-      <c r="E58" s="10">
-[...15 lines deleted...]
-        <v>39</v>
+      <c r="E58" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="F58" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="G58" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H58" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="I58" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="J58" s="10" t="s">
+        <v>24</v>
       </c>
       <c r="K58" s="10" t="s">
         <v>36</v>
       </c>
       <c r="L58" s="10" t="s">
         <v>36</v>
       </c>
       <c r="M58" s="10" t="s">
         <v>36</v>
       </c>
       <c r="N58" s="10">
         <v>125</v>
       </c>
       <c r="O58" s="10">
         <v>125</v>
       </c>
       <c r="P58" s="10">
         <v>125</v>
       </c>
-      <c r="Q58" s="10">
-[...6 lines deleted...]
-        <v>0.17599999999999999</v>
+      <c r="Q58" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="R58" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="S58" s="10" t="s">
+        <v>45</v>
       </c>
       <c r="T58" s="10">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="U58" s="10">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="V58" s="10">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W58" s="10">
-        <v>6.9</v>
+        <v>7.3</v>
       </c>
       <c r="X58" s="10">
-        <v>6.9</v>
+        <v>7.3</v>
       </c>
       <c r="Y58" s="10">
-        <v>6.9</v>
+        <v>7.3</v>
       </c>
       <c r="Z58" s="15"/>
       <c r="AA58" s="10"/>
       <c r="AB58" s="13"/>
       <c r="AD58" s="12"/>
     </row>
-    <row r="59" spans="2:30" ht="31.2" x14ac:dyDescent="0.3">
+    <row r="59" spans="2:30" x14ac:dyDescent="0.3">
       <c r="B59" s="20">
-        <v>42430</v>
+        <v>42552</v>
       </c>
       <c r="C59" s="20"/>
       <c r="D59" s="20"/>
-      <c r="E59" s="10">
-[...24 lines deleted...]
-        <v>0.39</v>
+      <c r="E59" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="F59" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="G59" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H59" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="I59" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="J59" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="K59" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L59" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M59" s="10" t="s">
+        <v>36</v>
       </c>
       <c r="N59" s="10">
-        <v>100</v>
+        <v>125</v>
       </c>
       <c r="O59" s="10">
-        <v>100</v>
+        <v>125</v>
       </c>
       <c r="P59" s="10">
-        <v>100</v>
-[...17 lines deleted...]
-        <v>32</v>
+        <v>125</v>
+      </c>
+      <c r="Q59" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="R59" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="S59" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="T59" s="10">
+        <v>3</v>
+      </c>
+      <c r="U59" s="10">
+        <v>3</v>
+      </c>
+      <c r="V59" s="10">
+        <v>3</v>
       </c>
       <c r="W59" s="10">
-        <v>6.5</v>
+        <v>7.6</v>
       </c>
       <c r="X59" s="10">
-        <v>6.5</v>
+        <v>7.6</v>
       </c>
       <c r="Y59" s="10">
-        <v>6.5</v>
+        <v>7.6</v>
       </c>
       <c r="Z59" s="15"/>
-      <c r="AA59" s="10" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="AA59" s="10"/>
+      <c r="AB59" s="13"/>
       <c r="AD59" s="12"/>
     </row>
     <row r="60" spans="2:30" x14ac:dyDescent="0.3">
-      <c r="B60" s="19">
-[...3 lines deleted...]
-      <c r="D60" s="19"/>
+      <c r="B60" s="20">
+        <v>42522</v>
+      </c>
+      <c r="C60" s="20"/>
+      <c r="D60" s="20"/>
       <c r="E60" s="10">
-        <v>0.11</v>
+        <v>0.15</v>
       </c>
       <c r="F60" s="10">
-        <v>0.11</v>
+        <v>0.15</v>
       </c>
       <c r="G60" s="10">
-        <v>0.11</v>
+        <v>0.15</v>
       </c>
       <c r="H60" s="10">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="I60" s="10">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="J60" s="10">
-        <v>17</v>
-[...8 lines deleted...]
-        <v>0.09</v>
+        <v>39</v>
+      </c>
+      <c r="K60" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L60" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M60" s="10" t="s">
+        <v>36</v>
       </c>
       <c r="N60" s="10">
-        <v>250</v>
+        <v>125</v>
       </c>
       <c r="O60" s="10">
-        <v>250</v>
+        <v>125</v>
       </c>
       <c r="P60" s="10">
-        <v>250</v>
+        <v>125</v>
       </c>
       <c r="Q60" s="10">
-        <v>9.7000000000000003E-2</v>
+        <v>0.17599999999999999</v>
       </c>
       <c r="R60" s="10">
-        <v>9.7000000000000003E-2</v>
+        <v>0.17599999999999999</v>
       </c>
       <c r="S60" s="10">
-        <v>9.7000000000000003E-2</v>
+        <v>0.17599999999999999</v>
       </c>
       <c r="T60" s="10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U60" s="10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V60" s="10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W60" s="10">
-        <v>6.7</v>
+        <v>6.9</v>
       </c>
       <c r="X60" s="10">
-        <v>6.7</v>
+        <v>6.9</v>
       </c>
       <c r="Y60" s="10">
-        <v>6.7</v>
+        <v>6.9</v>
       </c>
       <c r="Z60" s="15"/>
       <c r="AA60" s="10"/>
       <c r="AB60" s="13"/>
-      <c r="AD60" s="11"/>
-[...6 lines deleted...]
-      <c r="D61" s="19"/>
+      <c r="AD60" s="12"/>
+    </row>
+    <row r="61" spans="2:30" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="B61" s="20">
+        <v>42430</v>
+      </c>
+      <c r="C61" s="20"/>
+      <c r="D61" s="20"/>
       <c r="E61" s="10">
-        <v>0.03</v>
+        <v>0.21</v>
       </c>
       <c r="F61" s="10">
-        <v>0.03</v>
+        <v>0.21</v>
       </c>
       <c r="G61" s="10">
-        <v>0.03</v>
+        <v>0.21</v>
       </c>
       <c r="H61" s="10">
-        <v>4</v>
+        <v>28</v>
       </c>
       <c r="I61" s="10">
-        <v>4</v>
+        <v>28</v>
       </c>
       <c r="J61" s="10">
-        <v>4</v>
-[...8 lines deleted...]
-        <v>36</v>
+        <v>28</v>
+      </c>
+      <c r="K61" s="10">
+        <v>0.39</v>
+      </c>
+      <c r="L61" s="10">
+        <v>0.39</v>
+      </c>
+      <c r="M61" s="10">
+        <v>0.39</v>
       </c>
       <c r="N61" s="10">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="O61" s="10">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="P61" s="10">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="Q61" s="10">
-        <v>6.9000000000000006E-2</v>
+        <v>0.28000000000000003</v>
       </c>
       <c r="R61" s="10">
-        <v>6.9000000000000006E-2</v>
+        <v>0.28000000000000003</v>
       </c>
       <c r="S61" s="10">
-        <v>6.9000000000000006E-2</v>
-[...8 lines deleted...]
-        <v>7</v>
+        <v>0.28000000000000003</v>
+      </c>
+      <c r="T61" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="U61" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="V61" s="10" t="s">
+        <v>32</v>
       </c>
       <c r="W61" s="10">
-        <v>6.8</v>
+        <v>6.5</v>
       </c>
       <c r="X61" s="10">
-        <v>6.8</v>
+        <v>6.5</v>
       </c>
       <c r="Y61" s="10">
-        <v>6.8</v>
+        <v>6.5</v>
       </c>
       <c r="Z61" s="15"/>
-      <c r="AA61" s="10"/>
-[...1 lines deleted...]
-      <c r="AD61" s="11"/>
+      <c r="AA61" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="AB61" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="AD61" s="12"/>
     </row>
     <row r="62" spans="2:30" x14ac:dyDescent="0.3">
       <c r="B62" s="19">
-        <v>42258</v>
+        <v>42319</v>
       </c>
       <c r="C62" s="19"/>
       <c r="D62" s="19"/>
       <c r="E62" s="10">
-        <v>0.05</v>
+        <v>0.11</v>
       </c>
       <c r="F62" s="10">
-        <v>0.05</v>
+        <v>0.11</v>
       </c>
       <c r="G62" s="10">
-        <v>0.05</v>
+        <v>0.11</v>
       </c>
       <c r="H62" s="10">
+        <v>17</v>
+      </c>
+      <c r="I62" s="10">
+        <v>17</v>
+      </c>
+      <c r="J62" s="10">
+        <v>17</v>
+      </c>
+      <c r="K62" s="10">
+        <v>0.09</v>
+      </c>
+      <c r="L62" s="10">
+        <v>0.09</v>
+      </c>
+      <c r="M62" s="10">
+        <v>0.09</v>
+      </c>
+      <c r="N62" s="10">
+        <v>250</v>
+      </c>
+      <c r="O62" s="10">
+        <v>250</v>
+      </c>
+      <c r="P62" s="10">
+        <v>250</v>
+      </c>
+      <c r="Q62" s="10">
+        <v>9.7000000000000003E-2</v>
+      </c>
+      <c r="R62" s="10">
+        <v>9.7000000000000003E-2</v>
+      </c>
+      <c r="S62" s="10">
+        <v>9.7000000000000003E-2</v>
+      </c>
+      <c r="T62" s="10">
         <v>3</v>
       </c>
-      <c r="I62" s="10">
+      <c r="U62" s="10">
         <v>3</v>
       </c>
-      <c r="J62" s="10">
+      <c r="V62" s="10">
         <v>3</v>
       </c>
-      <c r="K62" s="10">
-[...34 lines deleted...]
-      </c>
       <c r="W62" s="10">
-        <v>7.5</v>
+        <v>6.7</v>
       </c>
       <c r="X62" s="10">
-        <v>7.5</v>
+        <v>6.7</v>
       </c>
       <c r="Y62" s="10">
-        <v>7.5</v>
+        <v>6.7</v>
       </c>
       <c r="Z62" s="15"/>
       <c r="AA62" s="10"/>
       <c r="AB62" s="13"/>
       <c r="AD62" s="11"/>
     </row>
     <row r="63" spans="2:30" x14ac:dyDescent="0.3">
       <c r="B63" s="19">
-        <v>42227</v>
+        <v>42288</v>
       </c>
       <c r="C63" s="19"/>
       <c r="D63" s="19"/>
-      <c r="E63" s="10" t="s">
-[...15 lines deleted...]
-        <v>24</v>
+      <c r="E63" s="10">
+        <v>0.03</v>
+      </c>
+      <c r="F63" s="10">
+        <v>0.03</v>
+      </c>
+      <c r="G63" s="10">
+        <v>0.03</v>
+      </c>
+      <c r="H63" s="10">
+        <v>4</v>
+      </c>
+      <c r="I63" s="10">
+        <v>4</v>
+      </c>
+      <c r="J63" s="10">
+        <v>4</v>
       </c>
       <c r="K63" s="10" t="s">
         <v>36</v>
       </c>
       <c r="L63" s="10" t="s">
         <v>36</v>
       </c>
       <c r="M63" s="10" t="s">
         <v>36</v>
       </c>
       <c r="N63" s="10">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="O63" s="10">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="P63" s="10">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="Q63" s="10">
-        <v>1.2E-2</v>
+        <v>6.9000000000000006E-2</v>
       </c>
       <c r="R63" s="10">
-        <v>1.2E-2</v>
+        <v>6.9000000000000006E-2</v>
       </c>
       <c r="S63" s="10">
-        <v>1.2E-2</v>
+        <v>6.9000000000000006E-2</v>
       </c>
       <c r="T63" s="10">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="U63" s="10">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="V63" s="10">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="W63" s="10">
-        <v>7.4</v>
+        <v>6.8</v>
       </c>
       <c r="X63" s="10">
-        <v>7.4</v>
+        <v>6.8</v>
       </c>
       <c r="Y63" s="10">
-        <v>7.4</v>
+        <v>6.8</v>
       </c>
       <c r="Z63" s="15"/>
       <c r="AA63" s="10"/>
       <c r="AB63" s="13"/>
       <c r="AD63" s="11"/>
     </row>
     <row r="64" spans="2:30" x14ac:dyDescent="0.3">
       <c r="B64" s="19">
-        <v>42196</v>
+        <v>42258</v>
       </c>
       <c r="C64" s="19"/>
       <c r="D64" s="19"/>
-      <c r="E64" s="10" t="s">
-[...24 lines deleted...]
-        <v>36</v>
+      <c r="E64" s="10">
+        <v>0.05</v>
+      </c>
+      <c r="F64" s="10">
+        <v>0.05</v>
+      </c>
+      <c r="G64" s="10">
+        <v>0.05</v>
+      </c>
+      <c r="H64" s="10">
+        <v>3</v>
+      </c>
+      <c r="I64" s="10">
+        <v>3</v>
+      </c>
+      <c r="J64" s="10">
+        <v>3</v>
+      </c>
+      <c r="K64" s="10">
+        <v>0.06</v>
+      </c>
+      <c r="L64" s="10">
+        <v>0.06</v>
+      </c>
+      <c r="M64" s="10">
+        <v>0.06</v>
       </c>
       <c r="N64" s="10">
-        <v>30</v>
+        <v>180</v>
       </c>
       <c r="O64" s="10">
-        <v>30</v>
+        <v>180</v>
       </c>
       <c r="P64" s="10">
-        <v>30</v>
+        <v>180</v>
       </c>
       <c r="Q64" s="10">
-        <v>4.0000000000000001E-3</v>
+        <v>8.1000000000000003E-2</v>
       </c>
       <c r="R64" s="10">
-        <v>4.0000000000000001E-3</v>
+        <v>8.1000000000000003E-2</v>
       </c>
       <c r="S64" s="10">
-        <v>4.0000000000000001E-3</v>
+        <v>8.1000000000000003E-2</v>
       </c>
       <c r="T64" s="10">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="U64" s="10">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="V64" s="10">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="W64" s="10">
-        <v>6.8</v>
+        <v>7.5</v>
       </c>
       <c r="X64" s="10">
-        <v>6.8</v>
+        <v>7.5</v>
       </c>
       <c r="Y64" s="10">
-        <v>6.8</v>
+        <v>7.5</v>
       </c>
       <c r="Z64" s="15"/>
       <c r="AA64" s="10"/>
       <c r="AB64" s="13"/>
       <c r="AD64" s="11"/>
     </row>
     <row r="65" spans="2:30" x14ac:dyDescent="0.3">
       <c r="B65" s="19">
-        <v>42166</v>
+        <v>42227</v>
       </c>
       <c r="C65" s="19"/>
       <c r="D65" s="19"/>
-      <c r="E65" s="10">
-[...24 lines deleted...]
-        <v>0.4</v>
+      <c r="E65" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="F65" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="G65" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H65" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="I65" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="J65" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="K65" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L65" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M65" s="10" t="s">
+        <v>36</v>
       </c>
       <c r="N65" s="10">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="O65" s="10">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="P65" s="10">
-        <v>1000</v>
-[...8 lines deleted...]
-        <v>45</v>
+        <v>50</v>
+      </c>
+      <c r="Q65" s="10">
+        <v>1.2E-2</v>
+      </c>
+      <c r="R65" s="10">
+        <v>1.2E-2</v>
+      </c>
+      <c r="S65" s="10">
+        <v>1.2E-2</v>
       </c>
       <c r="T65" s="10">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="U65" s="10">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="V65" s="10">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="W65" s="10">
-        <v>6.8</v>
+        <v>7.4</v>
       </c>
       <c r="X65" s="10">
-        <v>6.8</v>
+        <v>7.4</v>
       </c>
       <c r="Y65" s="10">
-        <v>6.8</v>
+        <v>7.4</v>
       </c>
       <c r="Z65" s="15"/>
       <c r="AA65" s="10"/>
       <c r="AB65" s="13"/>
       <c r="AD65" s="11"/>
     </row>
     <row r="66" spans="2:30" x14ac:dyDescent="0.3">
       <c r="B66" s="19">
-        <v>42135</v>
+        <v>42196</v>
       </c>
       <c r="C66" s="19"/>
       <c r="D66" s="19"/>
       <c r="E66" s="10" t="s">
         <v>35</v>
       </c>
       <c r="F66" s="10" t="s">
         <v>35</v>
       </c>
       <c r="G66" s="10" t="s">
         <v>35</v>
       </c>
       <c r="H66" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I66" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J66" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K66" s="10" t="s">
         <v>36</v>
       </c>
       <c r="L66" s="10" t="s">
         <v>36</v>
       </c>
       <c r="M66" s="10" t="s">
         <v>36</v>
       </c>
       <c r="N66" s="10">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="O66" s="10">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="P66" s="10">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="Q66" s="10">
-        <v>1.6E-2</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="R66" s="10">
-        <v>1.6E-2</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="S66" s="10">
-        <v>1.6E-2</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="T66" s="10">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="U66" s="10">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="V66" s="10">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="W66" s="10">
-        <v>6.9</v>
+        <v>6.8</v>
       </c>
       <c r="X66" s="10">
-        <v>6.9</v>
+        <v>6.8</v>
       </c>
       <c r="Y66" s="10">
-        <v>6.9</v>
+        <v>6.8</v>
       </c>
       <c r="Z66" s="15"/>
       <c r="AA66" s="10"/>
       <c r="AB66" s="13"/>
       <c r="AD66" s="11"/>
     </row>
     <row r="67" spans="2:30" x14ac:dyDescent="0.3">
-      <c r="B67" s="20">
-[...29 lines deleted...]
-        <v>36</v>
+      <c r="B67" s="19">
+        <v>42166</v>
+      </c>
+      <c r="C67" s="19"/>
+      <c r="D67" s="19"/>
+      <c r="E67" s="10">
+        <v>0.33</v>
+      </c>
+      <c r="F67" s="10">
+        <v>0.33</v>
+      </c>
+      <c r="G67" s="10">
+        <v>0.33</v>
+      </c>
+      <c r="H67" s="10">
+        <v>11</v>
+      </c>
+      <c r="I67" s="10">
+        <v>11</v>
+      </c>
+      <c r="J67" s="10">
+        <v>11</v>
+      </c>
+      <c r="K67" s="10">
+        <v>0.4</v>
+      </c>
+      <c r="L67" s="10">
+        <v>0.4</v>
+      </c>
+      <c r="M67" s="10">
+        <v>0.4</v>
       </c>
       <c r="N67" s="10">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="O67" s="10">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="P67" s="10">
-        <v>200</v>
-[...17 lines deleted...]
-        <v>32</v>
+        <v>1000</v>
+      </c>
+      <c r="Q67" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="R67" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="S67" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="T67" s="10">
+        <v>9</v>
+      </c>
+      <c r="U67" s="10">
+        <v>9</v>
+      </c>
+      <c r="V67" s="10">
+        <v>9</v>
       </c>
       <c r="W67" s="10">
-        <v>2.9</v>
+        <v>6.8</v>
       </c>
       <c r="X67" s="10">
-        <v>2.9</v>
+        <v>6.8</v>
       </c>
       <c r="Y67" s="10">
-        <v>2.9</v>
+        <v>6.8</v>
       </c>
       <c r="Z67" s="15"/>
       <c r="AA67" s="10"/>
       <c r="AB67" s="13"/>
-      <c r="AD67" s="12"/>
+      <c r="AD67" s="11"/>
     </row>
     <row r="68" spans="2:30" x14ac:dyDescent="0.3">
-      <c r="B68" s="20">
-[...3 lines deleted...]
-      <c r="D68" s="20"/>
+      <c r="B68" s="19">
+        <v>42135</v>
+      </c>
+      <c r="C68" s="19"/>
+      <c r="D68" s="19"/>
       <c r="E68" s="10" t="s">
         <v>35</v>
       </c>
       <c r="F68" s="10" t="s">
         <v>35</v>
       </c>
       <c r="G68" s="10" t="s">
         <v>35</v>
       </c>
       <c r="H68" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I68" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J68" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K68" s="10" t="s">
         <v>36</v>
       </c>
       <c r="L68" s="10" t="s">
         <v>36</v>
       </c>
       <c r="M68" s="10" t="s">
         <v>36</v>
       </c>
       <c r="N68" s="10">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="O68" s="10">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="P68" s="10">
-        <v>40</v>
-[...17 lines deleted...]
-        <v>32</v>
+        <v>100</v>
+      </c>
+      <c r="Q68" s="10">
+        <v>1.6E-2</v>
+      </c>
+      <c r="R68" s="10">
+        <v>1.6E-2</v>
+      </c>
+      <c r="S68" s="10">
+        <v>1.6E-2</v>
+      </c>
+      <c r="T68" s="10">
+        <v>1</v>
+      </c>
+      <c r="U68" s="10">
+        <v>1</v>
+      </c>
+      <c r="V68" s="10">
+        <v>1</v>
       </c>
       <c r="W68" s="10">
-        <v>7.6</v>
+        <v>6.9</v>
       </c>
       <c r="X68" s="10">
-        <v>7.6</v>
+        <v>6.9</v>
       </c>
       <c r="Y68" s="10">
-        <v>7.6</v>
+        <v>6.9</v>
       </c>
       <c r="Z68" s="15"/>
       <c r="AA68" s="10"/>
       <c r="AB68" s="13"/>
-      <c r="AD68" s="12"/>
+      <c r="AD68" s="11"/>
+    </row>
+    <row r="69" spans="2:30" x14ac:dyDescent="0.3">
+      <c r="B69" s="20">
+        <v>42105</v>
+      </c>
+      <c r="C69" s="20"/>
+      <c r="D69" s="20"/>
+      <c r="E69" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="F69" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="G69" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H69" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="I69" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="J69" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="K69" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L69" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M69" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="N69" s="10">
+        <v>200</v>
+      </c>
+      <c r="O69" s="10">
+        <v>200</v>
+      </c>
+      <c r="P69" s="10">
+        <v>200</v>
+      </c>
+      <c r="Q69" s="10">
+        <v>7.3999999999999996E-2</v>
+      </c>
+      <c r="R69" s="10">
+        <v>7.3999999999999996E-2</v>
+      </c>
+      <c r="S69" s="10">
+        <v>7.3999999999999996E-2</v>
+      </c>
+      <c r="T69" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="U69" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="V69" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="W69" s="10">
+        <v>2.9</v>
+      </c>
+      <c r="X69" s="10">
+        <v>2.9</v>
+      </c>
+      <c r="Y69" s="10">
+        <v>2.9</v>
+      </c>
+      <c r="Z69" s="15"/>
+      <c r="AA69" s="10"/>
+      <c r="AB69" s="13"/>
+      <c r="AD69" s="12"/>
+    </row>
+    <row r="70" spans="2:30" x14ac:dyDescent="0.3">
+      <c r="B70" s="20">
+        <v>41824</v>
+      </c>
+      <c r="C70" s="20"/>
+      <c r="D70" s="20"/>
+      <c r="E70" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="F70" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="G70" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H70" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="I70" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="J70" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="K70" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L70" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M70" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="N70" s="10">
+        <v>40</v>
+      </c>
+      <c r="O70" s="10">
+        <v>40</v>
+      </c>
+      <c r="P70" s="10">
+        <v>40</v>
+      </c>
+      <c r="Q70" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="R70" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="S70" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="T70" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="U70" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="V70" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="W70" s="10">
+        <v>7.6</v>
+      </c>
+      <c r="X70" s="10">
+        <v>7.6</v>
+      </c>
+      <c r="Y70" s="10">
+        <v>7.6</v>
+      </c>
+      <c r="Z70" s="15"/>
+      <c r="AA70" s="10"/>
+      <c r="AB70" s="13"/>
+      <c r="AD70" s="12"/>
     </row>
   </sheetData>
   <mergeCells count="27">
-    <mergeCell ref="B45:AB45"/>
+    <mergeCell ref="B47:AB47"/>
     <mergeCell ref="D6:D8"/>
     <mergeCell ref="B3:AB3"/>
     <mergeCell ref="B5:Z5"/>
     <mergeCell ref="B9:AB9"/>
     <mergeCell ref="B4:AB4"/>
     <mergeCell ref="T7:V7"/>
     <mergeCell ref="W7:Y7"/>
     <mergeCell ref="B6:B8"/>
     <mergeCell ref="T6:V6"/>
     <mergeCell ref="W6:Y6"/>
     <mergeCell ref="Z6:Z8"/>
     <mergeCell ref="AA6:AA8"/>
     <mergeCell ref="AB6:AB8"/>
     <mergeCell ref="E7:G7"/>
     <mergeCell ref="H7:J7"/>
     <mergeCell ref="AA5:AB5"/>
     <mergeCell ref="E6:G6"/>
     <mergeCell ref="H6:J6"/>
     <mergeCell ref="K6:M6"/>
     <mergeCell ref="N6:P6"/>
     <mergeCell ref="Q6:S6"/>
     <mergeCell ref="B10:AB10"/>
     <mergeCell ref="C6:C8"/>
     <mergeCell ref="K7:M7"/>
     <mergeCell ref="N7:P7"/>
     <mergeCell ref="Q7:S7"/>
   </mergeCells>
-  <phoneticPr fontId="5" type="noConversion"/>
+  <phoneticPr fontId="4" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="B4:AB4" r:id="rId1" display="Link to EPA Public Registers     https://www.epa.nsw.gov.au/licensing-and-regulation/public-registers" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="35" fitToHeight="0" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="B2:AB82"/>
+  <dimension ref="B2:AB86"/>
   <sheetViews>
     <sheetView zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
-      <selection activeCell="B12" sqref="B12:D12"/>
+      <selection activeCell="B3" sqref="B3:AB5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="1"/>
     <col min="2" max="2" width="14.44140625" customWidth="1"/>
     <col min="3" max="3" width="13.88671875" customWidth="1"/>
     <col min="4" max="4" width="14" customWidth="1"/>
     <col min="5" max="25" width="11.6640625" customWidth="1"/>
     <col min="26" max="26" width="59.33203125" customWidth="1"/>
     <col min="27" max="27" width="25.109375" customWidth="1"/>
     <col min="28" max="28" width="29.44140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:28" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="3" spans="2:28" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B3" s="91" t="s">
+      <c r="B3" s="125" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="92"/>
-[...27 lines deleted...]
-      <c r="B4" s="94" t="s">
+      <c r="C3" s="126"/>
+      <c r="D3" s="126"/>
+      <c r="E3" s="126"/>
+      <c r="F3" s="126"/>
+      <c r="G3" s="126"/>
+      <c r="H3" s="126"/>
+      <c r="I3" s="126"/>
+      <c r="J3" s="126"/>
+      <c r="K3" s="126"/>
+      <c r="L3" s="126"/>
+      <c r="M3" s="126"/>
+      <c r="N3" s="126"/>
+      <c r="O3" s="126"/>
+      <c r="P3" s="126"/>
+      <c r="Q3" s="126"/>
+      <c r="R3" s="126"/>
+      <c r="S3" s="126"/>
+      <c r="T3" s="126"/>
+      <c r="U3" s="126"/>
+      <c r="V3" s="126"/>
+      <c r="W3" s="126"/>
+      <c r="X3" s="126"/>
+      <c r="Y3" s="126"/>
+      <c r="Z3" s="126"/>
+      <c r="AA3" s="126"/>
+      <c r="AB3" s="127"/>
+    </row>
+    <row r="4" spans="2:28" ht="25.8" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B4" s="128" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="95"/>
-[...27 lines deleted...]
-      <c r="B5" s="97" t="s">
+      <c r="C4" s="129"/>
+      <c r="D4" s="129"/>
+      <c r="E4" s="129"/>
+      <c r="F4" s="129"/>
+      <c r="G4" s="129"/>
+      <c r="H4" s="129"/>
+      <c r="I4" s="129"/>
+      <c r="J4" s="129"/>
+      <c r="K4" s="129"/>
+      <c r="L4" s="129"/>
+      <c r="M4" s="129"/>
+      <c r="N4" s="129"/>
+      <c r="O4" s="129"/>
+      <c r="P4" s="129"/>
+      <c r="Q4" s="129"/>
+      <c r="R4" s="129"/>
+      <c r="S4" s="129"/>
+      <c r="T4" s="129"/>
+      <c r="U4" s="129"/>
+      <c r="V4" s="129"/>
+      <c r="W4" s="129"/>
+      <c r="X4" s="129"/>
+      <c r="Y4" s="129"/>
+      <c r="Z4" s="129"/>
+      <c r="AA4" s="129"/>
+      <c r="AB4" s="130"/>
+    </row>
+    <row r="5" spans="2:28" ht="25.8" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B5" s="131" t="s">
         <v>47</v>
       </c>
-      <c r="C5" s="98"/>
-[...23 lines deleted...]
-      <c r="AA5" s="100" t="s">
+      <c r="C5" s="132"/>
+      <c r="D5" s="132"/>
+      <c r="E5" s="132"/>
+      <c r="F5" s="132"/>
+      <c r="G5" s="132"/>
+      <c r="H5" s="132"/>
+      <c r="I5" s="132"/>
+      <c r="J5" s="132"/>
+      <c r="K5" s="132"/>
+      <c r="L5" s="132"/>
+      <c r="M5" s="132"/>
+      <c r="N5" s="132"/>
+      <c r="O5" s="132"/>
+      <c r="P5" s="132"/>
+      <c r="Q5" s="132"/>
+      <c r="R5" s="132"/>
+      <c r="S5" s="132"/>
+      <c r="T5" s="132"/>
+      <c r="U5" s="132"/>
+      <c r="V5" s="132"/>
+      <c r="W5" s="132"/>
+      <c r="X5" s="132"/>
+      <c r="Y5" s="132"/>
+      <c r="Z5" s="133"/>
+      <c r="AA5" s="134" t="s">
         <v>3</v>
       </c>
-      <c r="AB5" s="101"/>
+      <c r="AB5" s="135"/>
     </row>
     <row r="6" spans="2:28" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B6" s="102" t="s">
+      <c r="B6" s="79" t="s">
         <v>4</v>
       </c>
-      <c r="C6" s="102" t="s">
+      <c r="C6" s="79" t="s">
         <v>5</v>
       </c>
-      <c r="D6" s="102" t="s">
+      <c r="D6" s="79" t="s">
         <v>6</v>
       </c>
-      <c r="E6" s="105" t="s">
+      <c r="E6" s="82" t="s">
         <v>7</v>
       </c>
-      <c r="F6" s="106"/>
-[...1 lines deleted...]
-      <c r="H6" s="108" t="s">
+      <c r="F6" s="83"/>
+      <c r="G6" s="84"/>
+      <c r="H6" s="85" t="s">
         <v>8</v>
       </c>
-      <c r="I6" s="108"/>
-[...1 lines deleted...]
-      <c r="K6" s="109" t="s">
+      <c r="I6" s="85"/>
+      <c r="J6" s="85"/>
+      <c r="K6" s="86" t="s">
         <v>9</v>
       </c>
-      <c r="L6" s="108"/>
-[...1 lines deleted...]
-      <c r="N6" s="108" t="s">
+      <c r="L6" s="85"/>
+      <c r="M6" s="87"/>
+      <c r="N6" s="85" t="s">
         <v>10</v>
       </c>
-      <c r="O6" s="108"/>
-[...1 lines deleted...]
-      <c r="Q6" s="111" t="s">
+      <c r="O6" s="85"/>
+      <c r="P6" s="85"/>
+      <c r="Q6" s="88" t="s">
         <v>11</v>
       </c>
-      <c r="R6" s="106"/>
-[...1 lines deleted...]
-      <c r="T6" s="105" t="s">
+      <c r="R6" s="83"/>
+      <c r="S6" s="84"/>
+      <c r="T6" s="82" t="s">
         <v>12</v>
       </c>
-      <c r="U6" s="106"/>
-[...1 lines deleted...]
-      <c r="W6" s="111" t="s">
+      <c r="U6" s="83"/>
+      <c r="V6" s="96"/>
+      <c r="W6" s="88" t="s">
         <v>13</v>
       </c>
-      <c r="X6" s="106"/>
-[...1 lines deleted...]
-      <c r="Z6" s="120" t="s">
+      <c r="X6" s="83"/>
+      <c r="Y6" s="84"/>
+      <c r="Z6" s="97" t="s">
         <v>14</v>
       </c>
-      <c r="AA6" s="123" t="s">
+      <c r="AA6" s="100" t="s">
         <v>15</v>
       </c>
-      <c r="AB6" s="126" t="s">
+      <c r="AB6" s="103" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="2:28" x14ac:dyDescent="0.3">
-      <c r="B7" s="103"/>
-[...2 lines deleted...]
-      <c r="E7" s="112" t="s">
+      <c r="B7" s="80"/>
+      <c r="C7" s="80"/>
+      <c r="D7" s="80"/>
+      <c r="E7" s="89" t="s">
         <v>17</v>
       </c>
-      <c r="F7" s="112"/>
-[...1 lines deleted...]
-      <c r="H7" s="112" t="s">
+      <c r="F7" s="89"/>
+      <c r="G7" s="91"/>
+      <c r="H7" s="89" t="s">
         <v>17</v>
       </c>
-      <c r="I7" s="112"/>
-[...1 lines deleted...]
-      <c r="K7" s="113" t="s">
+      <c r="I7" s="89"/>
+      <c r="J7" s="89"/>
+      <c r="K7" s="90" t="s">
         <v>17</v>
       </c>
-      <c r="L7" s="112"/>
-[...1 lines deleted...]
-      <c r="N7" s="112" t="s">
+      <c r="L7" s="89"/>
+      <c r="M7" s="91"/>
+      <c r="N7" s="89" t="s">
         <v>17</v>
       </c>
-      <c r="O7" s="112"/>
-[...1 lines deleted...]
-      <c r="Q7" s="113" t="s">
+      <c r="O7" s="89"/>
+      <c r="P7" s="89"/>
+      <c r="Q7" s="90" t="s">
         <v>17</v>
       </c>
-      <c r="R7" s="112"/>
-[...1 lines deleted...]
-      <c r="T7" s="112" t="s">
+      <c r="R7" s="89"/>
+      <c r="S7" s="91"/>
+      <c r="T7" s="89" t="s">
         <v>17</v>
       </c>
-      <c r="U7" s="112"/>
-[...1 lines deleted...]
-      <c r="W7" s="113" t="s">
+      <c r="U7" s="89"/>
+      <c r="V7" s="89"/>
+      <c r="W7" s="90" t="s">
         <v>17</v>
       </c>
-      <c r="X7" s="112"/>
-[...3 lines deleted...]
-      <c r="AB7" s="127"/>
+      <c r="X7" s="89"/>
+      <c r="Y7" s="91"/>
+      <c r="Z7" s="98"/>
+      <c r="AA7" s="101"/>
+      <c r="AB7" s="104"/>
     </row>
     <row r="8" spans="2:28" ht="51" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B8" s="104"/>
-[...1 lines deleted...]
-      <c r="D8" s="104"/>
+      <c r="B8" s="81"/>
+      <c r="C8" s="81"/>
+      <c r="D8" s="81"/>
       <c r="E8" s="33" t="s">
         <v>18</v>
       </c>
       <c r="F8" s="34" t="s">
         <v>19</v>
       </c>
       <c r="G8" s="35" t="s">
         <v>20</v>
       </c>
       <c r="H8" s="33" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="34" t="s">
         <v>19</v>
       </c>
       <c r="J8" s="36" t="s">
         <v>20</v>
       </c>
       <c r="K8" s="37" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="34" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="35" t="s">
@@ -6615,6356 +6784,6691 @@
       </c>
       <c r="R8" s="34" t="s">
         <v>19</v>
       </c>
       <c r="S8" s="35" t="s">
         <v>20</v>
       </c>
       <c r="T8" s="33" t="s">
         <v>18</v>
       </c>
       <c r="U8" s="34" t="s">
         <v>19</v>
       </c>
       <c r="V8" s="36" t="s">
         <v>20</v>
       </c>
       <c r="W8" s="37" t="s">
         <v>18</v>
       </c>
       <c r="X8" s="34" t="s">
         <v>19</v>
       </c>
       <c r="Y8" s="35" t="s">
         <v>20</v>
       </c>
-      <c r="Z8" s="122"/>
-[...1 lines deleted...]
-      <c r="AB8" s="128"/>
+      <c r="Z8" s="99"/>
+      <c r="AA8" s="102"/>
+      <c r="AB8" s="105"/>
     </row>
     <row r="9" spans="2:28" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B9" s="116" t="s">
+      <c r="B9" s="93" t="s">
         <v>21</v>
       </c>
-      <c r="C9" s="117"/>
-[...24 lines deleted...]
-      <c r="AB9" s="118"/>
+      <c r="C9" s="94"/>
+      <c r="D9" s="94"/>
+      <c r="E9" s="94"/>
+      <c r="F9" s="94"/>
+      <c r="G9" s="94"/>
+      <c r="H9" s="94"/>
+      <c r="I9" s="94"/>
+      <c r="J9" s="94"/>
+      <c r="K9" s="94"/>
+      <c r="L9" s="94"/>
+      <c r="M9" s="94"/>
+      <c r="N9" s="94"/>
+      <c r="O9" s="94"/>
+      <c r="P9" s="94"/>
+      <c r="Q9" s="94"/>
+      <c r="R9" s="94"/>
+      <c r="S9" s="94"/>
+      <c r="T9" s="94"/>
+      <c r="U9" s="94"/>
+      <c r="V9" s="94"/>
+      <c r="W9" s="94"/>
+      <c r="X9" s="94"/>
+      <c r="Y9" s="94"/>
+      <c r="Z9" s="94"/>
+      <c r="AA9" s="94"/>
+      <c r="AB9" s="95"/>
     </row>
     <row r="10" spans="2:28" ht="70.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B10" s="129" t="s">
+      <c r="B10" s="106" t="s">
         <v>22</v>
       </c>
-      <c r="C10" s="130"/>
-[...24 lines deleted...]
-      <c r="AB10" s="132"/>
+      <c r="C10" s="107"/>
+      <c r="D10" s="108"/>
+      <c r="E10" s="108"/>
+      <c r="F10" s="108"/>
+      <c r="G10" s="108"/>
+      <c r="H10" s="108"/>
+      <c r="I10" s="108"/>
+      <c r="J10" s="108"/>
+      <c r="K10" s="108"/>
+      <c r="L10" s="108"/>
+      <c r="M10" s="108"/>
+      <c r="N10" s="108"/>
+      <c r="O10" s="108"/>
+      <c r="P10" s="108"/>
+      <c r="Q10" s="108"/>
+      <c r="R10" s="108"/>
+      <c r="S10" s="108"/>
+      <c r="T10" s="108"/>
+      <c r="U10" s="108"/>
+      <c r="V10" s="108"/>
+      <c r="W10" s="108"/>
+      <c r="X10" s="108"/>
+      <c r="Y10" s="108"/>
+      <c r="Z10" s="108"/>
+      <c r="AA10" s="108"/>
+      <c r="AB10" s="109"/>
     </row>
     <row r="11" spans="2:28" ht="36.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B11" s="9"/>
       <c r="C11" s="9"/>
       <c r="D11" s="9"/>
       <c r="E11" s="23"/>
       <c r="F11" s="23"/>
       <c r="G11" s="23"/>
       <c r="H11" s="23"/>
       <c r="I11" s="23"/>
       <c r="J11" s="23"/>
       <c r="K11" s="23"/>
       <c r="L11" s="23"/>
       <c r="M11" s="23"/>
       <c r="N11" s="23"/>
       <c r="O11" s="23"/>
       <c r="P11" s="23"/>
       <c r="Q11" s="23"/>
-      <c r="R11" s="48"/>
-      <c r="S11" s="48"/>
+      <c r="R11" s="47"/>
+      <c r="S11" s="47"/>
       <c r="T11" s="23"/>
       <c r="U11" s="23"/>
       <c r="V11" s="23"/>
       <c r="W11" s="23"/>
       <c r="X11" s="23"/>
       <c r="Y11" s="23"/>
-      <c r="Z11" s="47"/>
+      <c r="Z11" s="46"/>
       <c r="AA11" s="23"/>
       <c r="AB11" s="25"/>
     </row>
     <row r="12" spans="2:28" ht="36.6" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B12" s="9">
-[...73 lines deleted...]
-      </c>
+      <c r="B12" s="9"/>
+      <c r="C12" s="9"/>
+      <c r="D12" s="9"/>
+      <c r="E12" s="23"/>
+      <c r="F12" s="23"/>
+      <c r="G12" s="23"/>
+      <c r="H12" s="23"/>
+      <c r="I12" s="23"/>
+      <c r="J12" s="23"/>
+      <c r="K12" s="23"/>
+      <c r="L12" s="23"/>
+      <c r="M12" s="23"/>
+      <c r="N12" s="23"/>
+      <c r="O12" s="23"/>
+      <c r="P12" s="23"/>
+      <c r="Q12" s="23"/>
+      <c r="R12" s="47"/>
+      <c r="S12" s="47"/>
+      <c r="T12" s="23"/>
+      <c r="U12" s="23"/>
+      <c r="V12" s="23"/>
+      <c r="W12" s="23"/>
+      <c r="X12" s="23"/>
+      <c r="Y12" s="23"/>
+      <c r="Z12" s="46"/>
       <c r="AA12" s="23"/>
       <c r="AB12" s="25"/>
     </row>
     <row r="13" spans="2:28" ht="36.6" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B13" s="9">
-[...6 lines deleted...]
-        <v>45716</v>
+      <c r="B13" s="123">
+        <v>45861</v>
+      </c>
+      <c r="C13" s="123">
+        <v>45863</v>
+      </c>
+      <c r="D13" s="123">
+        <v>45903</v>
       </c>
       <c r="E13" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F13" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G13" s="23" t="s">
         <v>35</v>
       </c>
-      <c r="H13" s="23" t="s">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="H13" s="23">
+        <v>3</v>
+      </c>
+      <c r="I13" s="23">
+        <v>3</v>
+      </c>
+      <c r="J13" s="23">
+        <v>3</v>
       </c>
       <c r="K13" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L13" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M13" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N13" s="23">
-        <v>443</v>
+        <v>233</v>
       </c>
       <c r="O13" s="23">
-        <v>443</v>
+        <v>233</v>
       </c>
       <c r="P13" s="23">
-        <v>443</v>
+        <v>233</v>
       </c>
       <c r="Q13" s="23">
-        <v>2.9000000000000001E-2</v>
+        <v>2.4E-2</v>
       </c>
       <c r="R13" s="23">
-        <v>2.9000000000000001E-2</v>
+        <v>2.4E-2</v>
       </c>
       <c r="S13" s="23">
-        <v>2.9000000000000001E-2</v>
+        <v>2.4E-2</v>
       </c>
       <c r="T13" s="23">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="U13" s="23">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="V13" s="23">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="W13" s="23">
-        <v>6.5</v>
+        <v>7.1</v>
       </c>
       <c r="X13" s="23">
-        <v>6.5</v>
+        <v>7.1</v>
       </c>
       <c r="Y13" s="23">
-        <v>6.5</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>7.1</v>
+      </c>
+      <c r="Z13" s="10" t="s">
+        <v>92</v>
       </c>
       <c r="AA13" s="23"/>
       <c r="AB13" s="25"/>
     </row>
     <row r="14" spans="2:28" ht="36.6" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B14" s="9">
-[...6 lines deleted...]
-        <v>45708</v>
+      <c r="B14" s="123">
+        <v>45832</v>
+      </c>
+      <c r="C14" s="123">
+        <v>45833</v>
+      </c>
+      <c r="D14" s="123">
+        <v>45903</v>
       </c>
       <c r="E14" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F14" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G14" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H14" s="23">
+        <v>3</v>
+      </c>
+      <c r="I14" s="23">
+        <v>3</v>
+      </c>
+      <c r="J14" s="23">
+        <v>3</v>
+      </c>
+      <c r="K14" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L14" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="M14" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="N14" s="23">
+        <v>157</v>
+      </c>
+      <c r="O14" s="23">
+        <v>157</v>
+      </c>
+      <c r="P14" s="23">
+        <v>157</v>
+      </c>
+      <c r="Q14" s="23">
+        <v>9.7000000000000003E-2</v>
+      </c>
+      <c r="R14" s="23">
+        <v>9.7000000000000003E-2</v>
+      </c>
+      <c r="S14" s="23">
+        <v>9.7000000000000003E-2</v>
+      </c>
+      <c r="T14" s="23">
         <v>6</v>
       </c>
-      <c r="I14" s="23">
+      <c r="U14" s="23">
         <v>6</v>
       </c>
-      <c r="J14" s="23">
+      <c r="V14" s="23">
         <v>6</v>
       </c>
-      <c r="K14" s="23" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="W14" s="23">
-        <v>6.8</v>
+        <v>7.4</v>
       </c>
       <c r="X14" s="23">
-        <v>6.8</v>
+        <v>7.4</v>
       </c>
       <c r="Y14" s="23">
-        <v>6.8</v>
+        <v>7.4</v>
       </c>
       <c r="Z14" s="10" t="s">
-        <v>81</v>
+        <v>92</v>
       </c>
       <c r="AA14" s="23"/>
       <c r="AB14" s="25"/>
     </row>
-    <row r="15" spans="2:28" ht="36.6" customHeight="1" x14ac:dyDescent="0.3">
-[...8 lines deleted...]
-      </c>
+    <row r="15" spans="2:28" ht="36.6" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B15" s="123"/>
+      <c r="C15" s="123"/>
+      <c r="D15" s="123"/>
       <c r="E15" s="23" t="s">
-        <v>35</v>
-[...63 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="F15" s="23"/>
+      <c r="G15" s="23"/>
+      <c r="H15" s="23"/>
+      <c r="I15" s="23"/>
+      <c r="J15" s="23"/>
+      <c r="K15" s="23"/>
+      <c r="L15" s="23"/>
+      <c r="M15" s="23"/>
+      <c r="N15" s="23"/>
+      <c r="O15" s="23"/>
+      <c r="P15" s="23"/>
+      <c r="Q15" s="23"/>
+      <c r="R15" s="47"/>
+      <c r="S15" s="47"/>
+      <c r="T15" s="23"/>
+      <c r="U15" s="23"/>
+      <c r="V15" s="23"/>
+      <c r="W15" s="23"/>
+      <c r="X15" s="23"/>
+      <c r="Y15" s="23"/>
+      <c r="Z15" s="47"/>
       <c r="AA15" s="23"/>
       <c r="AB15" s="25"/>
     </row>
     <row r="16" spans="2:28" ht="36.6" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B16" s="9">
-[...6 lines deleted...]
-        <v>45561</v>
+      <c r="B16" s="123">
+        <v>45800</v>
+      </c>
+      <c r="C16" s="123">
+        <v>45828</v>
+      </c>
+      <c r="D16" s="123">
+        <v>45832</v>
       </c>
       <c r="E16" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F16" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G16" s="23" t="s">
         <v>35</v>
       </c>
-      <c r="H16" s="23" t="s">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="H16" s="23">
+        <v>19</v>
+      </c>
+      <c r="I16" s="23">
+        <v>19</v>
+      </c>
+      <c r="J16" s="23">
+        <v>19</v>
       </c>
       <c r="K16" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L16" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M16" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N16" s="23">
-        <v>231</v>
+        <v>443</v>
       </c>
       <c r="O16" s="23">
-        <v>231</v>
+        <v>443</v>
       </c>
       <c r="P16" s="23">
-        <v>231</v>
+        <v>443</v>
       </c>
       <c r="Q16" s="23">
-        <v>3.5000000000000003E-2</v>
-[...14 lines deleted...]
-        <v>3</v>
+        <v>6.8000000000000005E-2</v>
+      </c>
+      <c r="R16" s="47">
+        <v>6.8000000000000005E-2</v>
+      </c>
+      <c r="S16" s="47">
+        <v>6.8000000000000005E-2</v>
+      </c>
+      <c r="T16" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="U16" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="V16" s="23" t="s">
+        <v>32</v>
       </c>
       <c r="W16" s="23">
-        <v>7.2</v>
+        <v>6.8</v>
       </c>
       <c r="X16" s="23">
-        <v>7.2</v>
+        <v>6.8</v>
       </c>
       <c r="Y16" s="23">
-        <v>7.2</v>
-[...2 lines deleted...]
-        <v>84</v>
+        <v>6.8</v>
+      </c>
+      <c r="Z16" s="47" t="s">
+        <v>89</v>
       </c>
       <c r="AA16" s="23"/>
       <c r="AB16" s="25"/>
     </row>
     <row r="17" spans="2:28" ht="36.6" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B17" s="9">
-[...6 lines deleted...]
-        <v>45561</v>
+      <c r="B17" s="123">
+        <v>45702</v>
+      </c>
+      <c r="C17" s="123">
+        <v>45716</v>
+      </c>
+      <c r="D17" s="123">
+        <v>45716</v>
       </c>
       <c r="E17" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F17" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G17" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H17" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I17" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J17" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K17" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L17" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M17" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N17" s="23">
-        <v>41</v>
+        <v>443</v>
       </c>
       <c r="O17" s="23">
-        <v>41</v>
+        <v>443</v>
       </c>
       <c r="P17" s="23">
-        <v>41</v>
-[...8 lines deleted...]
-        <v>88</v>
+        <v>443</v>
+      </c>
+      <c r="Q17" s="23">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="R17" s="23">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="S17" s="23">
+        <v>2.9000000000000001E-2</v>
       </c>
       <c r="T17" s="23">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="U17" s="23">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="V17" s="23">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="W17" s="23">
-        <v>7.6</v>
+        <v>6.5</v>
       </c>
       <c r="X17" s="23">
-        <v>7.6</v>
+        <v>6.5</v>
       </c>
       <c r="Y17" s="23">
-        <v>7.6</v>
-[...2 lines deleted...]
-        <v>83</v>
+        <v>6.5</v>
+      </c>
+      <c r="Z17" s="45" t="s">
+        <v>86</v>
       </c>
       <c r="AA17" s="23"/>
       <c r="AB17" s="25"/>
     </row>
-    <row r="18" spans="2:28" ht="28.8" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>45531</v>
+    <row r="18" spans="2:28" ht="36.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B18" s="123">
+        <v>45627</v>
+      </c>
+      <c r="C18" s="123">
+        <v>45708</v>
+      </c>
+      <c r="D18" s="123">
+        <v>45708</v>
       </c>
       <c r="E18" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F18" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G18" s="23" t="s">
         <v>35</v>
       </c>
-      <c r="H18" s="23" t="s">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="H18" s="23">
+        <v>6</v>
+      </c>
+      <c r="I18" s="23">
+        <v>6</v>
+      </c>
+      <c r="J18" s="23">
+        <v>6</v>
       </c>
       <c r="K18" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L18" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M18" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N18" s="23">
-        <v>48</v>
+        <v>275</v>
       </c>
       <c r="O18" s="23">
-        <v>48</v>
+        <v>275</v>
       </c>
       <c r="P18" s="23">
-        <v>48</v>
+        <v>275</v>
       </c>
       <c r="Q18" s="23">
-        <v>5.1999999999999998E-2</v>
+        <v>0.106</v>
       </c>
       <c r="R18" s="23">
-        <v>5.1999999999999998E-2</v>
+        <v>0.106</v>
       </c>
       <c r="S18" s="23">
-        <v>5.1999999999999998E-2</v>
+        <v>0.106</v>
       </c>
       <c r="T18" s="23">
         <v>1</v>
       </c>
       <c r="U18" s="23">
         <v>1</v>
       </c>
       <c r="V18" s="23">
         <v>1</v>
       </c>
       <c r="W18" s="23">
-        <v>7</v>
+        <v>6.8</v>
       </c>
       <c r="X18" s="23">
-        <v>7</v>
+        <v>6.8</v>
       </c>
       <c r="Y18" s="23">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>6.8</v>
+      </c>
+      <c r="Z18" s="10" t="s">
+        <v>81</v>
       </c>
       <c r="AA18" s="23"/>
       <c r="AB18" s="25"/>
     </row>
-    <row r="19" spans="2:28" ht="28.8" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>45427</v>
+    <row r="19" spans="2:28" ht="36.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B19" s="123">
+        <v>45561</v>
+      </c>
+      <c r="C19" s="123">
+        <v>45561</v>
+      </c>
+      <c r="D19" s="123">
+        <v>45561</v>
       </c>
       <c r="E19" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F19" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G19" s="23" t="s">
         <v>35</v>
       </c>
-      <c r="H19" s="23" t="s">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="H19" s="23">
+        <v>8</v>
+      </c>
+      <c r="I19" s="23">
+        <v>8</v>
+      </c>
+      <c r="J19" s="23">
+        <v>8</v>
       </c>
       <c r="K19" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L19" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M19" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N19" s="23">
-        <v>116</v>
+        <v>137</v>
       </c>
       <c r="O19" s="23">
-        <v>116</v>
+        <v>137</v>
       </c>
       <c r="P19" s="23">
-        <v>116</v>
+        <v>137</v>
       </c>
       <c r="Q19" s="23">
-        <v>4.3999999999999997E-2</v>
+        <v>2.4E-2</v>
       </c>
       <c r="R19" s="23">
-        <v>4.3999999999999997E-2</v>
+        <v>2.4E-2</v>
       </c>
       <c r="S19" s="23">
-        <v>4.3999999999999997E-2</v>
-[...8 lines deleted...]
-        <v>32</v>
+        <v>2.4E-2</v>
+      </c>
+      <c r="T19" s="23">
+        <v>1</v>
+      </c>
+      <c r="U19" s="23">
+        <v>1</v>
+      </c>
+      <c r="V19" s="23">
+        <v>1</v>
       </c>
       <c r="W19" s="23">
         <v>7.3</v>
       </c>
       <c r="X19" s="23">
         <v>7.3</v>
       </c>
       <c r="Y19" s="23">
         <v>7.3</v>
       </c>
-      <c r="Z19" s="24" t="s">
-        <v>48</v>
+      <c r="Z19" s="10" t="s">
+        <v>85</v>
       </c>
       <c r="AA19" s="23"/>
       <c r="AB19" s="25"/>
     </row>
-    <row r="20" spans="2:28" ht="28.8" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>44943</v>
+    <row r="20" spans="2:28" ht="36.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B20" s="123">
+        <v>45518</v>
+      </c>
+      <c r="C20" s="123">
+        <v>45561</v>
+      </c>
+      <c r="D20" s="123">
+        <v>45561</v>
       </c>
       <c r="E20" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F20" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G20" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H20" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I20" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J20" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K20" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L20" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M20" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N20" s="23">
-        <v>42</v>
+        <v>231</v>
       </c>
       <c r="O20" s="23">
-        <v>42</v>
+        <v>231</v>
       </c>
       <c r="P20" s="23">
-        <v>42</v>
+        <v>231</v>
       </c>
       <c r="Q20" s="23">
-        <v>8.9999999999999993E-3</v>
+        <v>3.5000000000000003E-2</v>
       </c>
       <c r="R20" s="23">
-        <v>8.9999999999999993E-3</v>
+        <v>3.5000000000000003E-2</v>
       </c>
       <c r="S20" s="23">
-        <v>8.9999999999999993E-3</v>
-[...8 lines deleted...]
-        <v>32</v>
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="T20" s="23">
+        <v>3</v>
+      </c>
+      <c r="U20" s="23">
+        <v>3</v>
+      </c>
+      <c r="V20" s="23">
+        <v>3</v>
       </c>
       <c r="W20" s="23">
-        <v>5.9</v>
+        <v>7.2</v>
       </c>
       <c r="X20" s="23">
-        <v>5.9</v>
+        <v>7.2</v>
       </c>
       <c r="Y20" s="23">
-        <v>5.9</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>7.2</v>
+      </c>
+      <c r="Z20" s="10" t="s">
+        <v>84</v>
       </c>
       <c r="AA20" s="23"/>
       <c r="AB20" s="25"/>
     </row>
-    <row r="21" spans="2:28" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>45163</v>
+    <row r="21" spans="2:28" ht="36.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B21" s="123">
+        <v>45503</v>
+      </c>
+      <c r="C21" s="123">
+        <v>45561</v>
+      </c>
+      <c r="D21" s="123">
+        <v>45561</v>
       </c>
       <c r="E21" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F21" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G21" s="23" t="s">
         <v>35</v>
       </c>
-      <c r="H21" s="23">
-[...6 lines deleted...]
-        <v>15</v>
+      <c r="H21" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="I21" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="J21" s="23" t="s">
+        <v>24</v>
       </c>
       <c r="K21" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L21" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M21" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N21" s="23">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="O21" s="23">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="P21" s="23">
-        <v>43</v>
-[...8 lines deleted...]
-        <v>6.0000000000000001E-3</v>
+        <v>41</v>
+      </c>
+      <c r="Q21" s="23" t="s">
+        <v>82</v>
+      </c>
+      <c r="R21" s="23" t="s">
+        <v>87</v>
+      </c>
+      <c r="S21" s="23" t="s">
+        <v>88</v>
       </c>
       <c r="T21" s="23">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="U21" s="23">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="V21" s="23">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="W21" s="23">
-        <v>5.5</v>
+        <v>7.6</v>
       </c>
       <c r="X21" s="23">
-        <v>5.5</v>
+        <v>7.6</v>
       </c>
       <c r="Y21" s="23">
-        <v>5.5</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>7.6</v>
+      </c>
+      <c r="Z21" s="10" t="s">
+        <v>83</v>
       </c>
       <c r="AA21" s="23"/>
       <c r="AB21" s="25"/>
     </row>
-    <row r="22" spans="2:28" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>45163</v>
+    <row r="22" spans="2:28" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B22" s="124">
+        <v>45443</v>
+      </c>
+      <c r="C22" s="124">
+        <v>45531</v>
+      </c>
+      <c r="D22" s="124">
+        <v>45531</v>
       </c>
       <c r="E22" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F22" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G22" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H22" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I22" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J22" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K22" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L22" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M22" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N22" s="23">
-        <v>326</v>
+        <v>48</v>
       </c>
       <c r="O22" s="23">
-        <v>326</v>
+        <v>48</v>
       </c>
       <c r="P22" s="23">
-        <v>326</v>
+        <v>48</v>
       </c>
       <c r="Q22" s="23">
-        <v>6.0999999999999999E-2</v>
+        <v>5.1999999999999998E-2</v>
       </c>
       <c r="R22" s="23">
-        <v>6.0999999999999999E-2</v>
+        <v>5.1999999999999998E-2</v>
       </c>
       <c r="S22" s="23">
-        <v>6.0999999999999999E-2</v>
+        <v>5.1999999999999998E-2</v>
       </c>
       <c r="T22" s="23">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="U22" s="23">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="V22" s="23">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="W22" s="23">
-        <v>6.4</v>
+        <v>7</v>
       </c>
       <c r="X22" s="23">
-        <v>6.4</v>
+        <v>7</v>
       </c>
       <c r="Y22" s="23">
-        <v>6.4</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>7</v>
+      </c>
+      <c r="Z22" s="23" t="s">
+        <v>48</v>
       </c>
       <c r="AA22" s="23"/>
       <c r="AB22" s="25"/>
     </row>
-    <row r="23" spans="2:28" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>44937</v>
+    <row r="23" spans="2:28" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B23" s="27">
+        <v>45390</v>
+      </c>
+      <c r="C23" s="27">
+        <v>45426</v>
+      </c>
+      <c r="D23" s="27">
+        <v>45427</v>
       </c>
       <c r="E23" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F23" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G23" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H23" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I23" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J23" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K23" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L23" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M23" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N23" s="23">
-        <v>20</v>
+        <v>116</v>
       </c>
       <c r="O23" s="23">
-        <v>20</v>
+        <v>116</v>
       </c>
       <c r="P23" s="23">
-        <v>20</v>
+        <v>116</v>
       </c>
       <c r="Q23" s="23">
-        <v>3.0000000000000001E-3</v>
+        <v>4.3999999999999997E-2</v>
       </c>
       <c r="R23" s="23">
-        <v>3.0000000000000001E-3</v>
+        <v>4.3999999999999997E-2</v>
       </c>
       <c r="S23" s="23">
-        <v>3.0000000000000001E-3</v>
-[...8 lines deleted...]
-        <v>2</v>
+        <v>4.3999999999999997E-2</v>
+      </c>
+      <c r="T23" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="U23" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="V23" s="23" t="s">
+        <v>32</v>
       </c>
       <c r="W23" s="23">
-        <v>7.9</v>
+        <v>7.3</v>
       </c>
       <c r="X23" s="23">
-        <v>7.9</v>
+        <v>7.3</v>
       </c>
       <c r="Y23" s="23">
-        <v>7.9</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>7.3</v>
+      </c>
+      <c r="Z23" s="23" t="s">
+        <v>48</v>
       </c>
       <c r="AA23" s="23"/>
       <c r="AB23" s="25"/>
     </row>
-    <row r="24" spans="2:28" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>44895</v>
+    <row r="24" spans="2:28" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B24" s="27">
+        <v>45134</v>
+      </c>
+      <c r="C24" s="27">
+        <v>44943</v>
+      </c>
+      <c r="D24" s="27">
+        <v>44943</v>
       </c>
       <c r="E24" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F24" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G24" s="23" t="s">
         <v>35</v>
       </c>
-      <c r="H24" s="23">
-[...6 lines deleted...]
-        <v>18</v>
+      <c r="H24" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="I24" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="J24" s="23" t="s">
+        <v>24</v>
       </c>
       <c r="K24" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L24" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M24" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N24" s="23">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="O24" s="23">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="P24" s="23">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="Q24" s="23">
-        <v>2E-3</v>
+        <v>8.9999999999999993E-3</v>
       </c>
       <c r="R24" s="23">
-        <v>2E-3</v>
+        <v>8.9999999999999993E-3</v>
       </c>
       <c r="S24" s="23">
-        <v>2E-3</v>
-[...8 lines deleted...]
-        <v>2</v>
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="T24" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="U24" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="V24" s="23" t="s">
+        <v>32</v>
       </c>
       <c r="W24" s="23">
-        <v>8.4</v>
+        <v>5.9</v>
       </c>
       <c r="X24" s="23">
-        <v>8.4</v>
+        <v>5.9</v>
       </c>
       <c r="Y24" s="23">
-        <v>8.4</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>5.9</v>
+      </c>
+      <c r="Z24" s="23" t="s">
+        <v>49</v>
       </c>
       <c r="AA24" s="23"/>
       <c r="AB24" s="25"/>
     </row>
     <row r="25" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B25" s="22">
-        <v>44824</v>
+        <v>45125</v>
       </c>
       <c r="C25" s="22">
-        <v>44895</v>
+        <v>45163</v>
       </c>
       <c r="D25" s="22">
-        <v>44895</v>
+        <v>45163</v>
       </c>
       <c r="E25" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F25" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G25" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H25" s="23">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="I25" s="23">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="J25" s="23">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="K25" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L25" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M25" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N25" s="23">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="O25" s="23">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="P25" s="23">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="Q25" s="23">
-        <v>4.0000000000000001E-3</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="R25" s="23">
-        <v>4.0000000000000001E-3</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="S25" s="23">
-        <v>4.0000000000000001E-3</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="T25" s="23">
         <v>1</v>
       </c>
       <c r="U25" s="23">
         <v>1</v>
       </c>
       <c r="V25" s="23">
         <v>1</v>
       </c>
       <c r="W25" s="23">
-        <v>6.6</v>
+        <v>5.5</v>
       </c>
       <c r="X25" s="23">
-        <v>6.6</v>
+        <v>5.5</v>
       </c>
       <c r="Y25" s="23">
-        <v>6.6</v>
+        <v>5.5</v>
       </c>
       <c r="Z25" s="24" t="s">
         <v>31</v>
       </c>
       <c r="AA25" s="23"/>
       <c r="AB25" s="25"/>
     </row>
     <row r="26" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B26" s="22">
-        <v>44802</v>
+        <v>45085</v>
       </c>
       <c r="C26" s="22">
-        <v>44895</v>
+        <v>45163</v>
       </c>
       <c r="D26" s="22">
-        <v>44895</v>
+        <v>45163</v>
       </c>
       <c r="E26" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F26" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G26" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H26" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I26" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J26" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K26" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L26" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M26" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N26" s="23">
-        <v>34</v>
+        <v>326</v>
       </c>
       <c r="O26" s="23">
-        <v>34</v>
+        <v>326</v>
       </c>
       <c r="P26" s="23">
-        <v>34</v>
+        <v>326</v>
       </c>
       <c r="Q26" s="23">
-        <v>2E-3</v>
+        <v>6.0999999999999999E-2</v>
       </c>
       <c r="R26" s="23">
-        <v>2E-3</v>
+        <v>6.0999999999999999E-2</v>
       </c>
       <c r="S26" s="23">
-        <v>2E-3</v>
+        <v>6.0999999999999999E-2</v>
       </c>
       <c r="T26" s="23">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U26" s="23">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V26" s="23">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="W26" s="23">
-        <v>7.9</v>
+        <v>6.4</v>
       </c>
       <c r="X26" s="23">
-        <v>7.9</v>
+        <v>6.4</v>
       </c>
       <c r="Y26" s="23">
-        <v>7.9</v>
+        <v>6.4</v>
       </c>
       <c r="Z26" s="24" t="s">
         <v>31</v>
       </c>
       <c r="AA26" s="23"/>
       <c r="AB26" s="25"/>
     </row>
     <row r="27" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B27" s="22">
-        <v>44776</v>
+        <v>44890</v>
       </c>
       <c r="C27" s="22">
-        <v>44895</v>
+        <v>44937</v>
       </c>
       <c r="D27" s="22">
-        <v>44895</v>
+        <v>44937</v>
       </c>
       <c r="E27" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F27" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G27" s="23" t="s">
         <v>35</v>
       </c>
-      <c r="H27" s="23">
-[...6 lines deleted...]
-        <v>3</v>
+      <c r="H27" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="I27" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="J27" s="23" t="s">
+        <v>24</v>
       </c>
       <c r="K27" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L27" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M27" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N27" s="23">
-        <v>109</v>
+        <v>20</v>
       </c>
       <c r="O27" s="23">
-        <v>109</v>
+        <v>20</v>
       </c>
       <c r="P27" s="23">
-        <v>109</v>
+        <v>20</v>
       </c>
       <c r="Q27" s="23">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="R27" s="23">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="S27" s="23">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="T27" s="23">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="U27" s="23">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="V27" s="23">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="W27" s="23">
-        <v>7.7</v>
+        <v>7.9</v>
       </c>
       <c r="X27" s="23">
-        <v>7.7</v>
+        <v>7.9</v>
       </c>
       <c r="Y27" s="23">
-        <v>7.7</v>
+        <v>7.9</v>
       </c>
       <c r="Z27" s="24" t="s">
         <v>31</v>
       </c>
       <c r="AA27" s="23"/>
       <c r="AB27" s="25"/>
     </row>
     <row r="28" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B28" s="22">
-        <v>44712</v>
+        <v>44862</v>
       </c>
       <c r="C28" s="22">
-        <v>44817</v>
+        <v>44895</v>
       </c>
       <c r="D28" s="22">
-        <v>44817</v>
+        <v>44895</v>
       </c>
       <c r="E28" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F28" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G28" s="23" t="s">
         <v>35</v>
       </c>
-      <c r="H28" s="23" t="s">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="H28" s="23">
+        <v>18</v>
+      </c>
+      <c r="I28" s="23">
+        <v>18</v>
+      </c>
+      <c r="J28" s="23">
+        <v>18</v>
       </c>
       <c r="K28" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L28" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M28" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N28" s="23">
-        <v>437</v>
+        <v>45</v>
       </c>
       <c r="O28" s="23">
-        <v>437</v>
+        <v>45</v>
       </c>
       <c r="P28" s="23">
-        <v>437</v>
+        <v>45</v>
       </c>
       <c r="Q28" s="23">
-        <v>0.04</v>
+        <v>2E-3</v>
       </c>
       <c r="R28" s="23">
-        <v>0.04</v>
+        <v>2E-3</v>
       </c>
       <c r="S28" s="23">
-        <v>0.04</v>
+        <v>2E-3</v>
       </c>
       <c r="T28" s="23">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="U28" s="23">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="V28" s="23">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="W28" s="23">
-        <v>7.6</v>
+        <v>8.4</v>
       </c>
       <c r="X28" s="23">
-        <v>7.6</v>
+        <v>8.4</v>
       </c>
       <c r="Y28" s="23">
-        <v>7.6</v>
+        <v>8.4</v>
       </c>
       <c r="Z28" s="24" t="s">
         <v>31</v>
       </c>
       <c r="AA28" s="23"/>
       <c r="AB28" s="25"/>
     </row>
     <row r="29" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B29" s="22">
-        <v>44508</v>
+        <v>44824</v>
       </c>
       <c r="C29" s="22">
-        <v>44538</v>
+        <v>44895</v>
       </c>
       <c r="D29" s="22">
-        <v>44539</v>
+        <v>44895</v>
       </c>
       <c r="E29" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F29" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G29" s="23" t="s">
         <v>35</v>
       </c>
-      <c r="H29" s="23" t="s">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="H29" s="23">
+        <v>8</v>
+      </c>
+      <c r="I29" s="23">
+        <v>8</v>
+      </c>
+      <c r="J29" s="23">
+        <v>8</v>
       </c>
       <c r="K29" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L29" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M29" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N29" s="23">
-        <v>128</v>
+        <v>42</v>
       </c>
       <c r="O29" s="23">
-        <v>128</v>
+        <v>42</v>
       </c>
       <c r="P29" s="23">
-        <v>128</v>
+        <v>42</v>
       </c>
       <c r="Q29" s="23">
-        <v>5.0000000000000001E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="R29" s="23">
-        <v>5.0000000000000001E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="S29" s="23">
-        <v>5.0000000000000001E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="T29" s="23">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="U29" s="23">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="V29" s="23">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="W29" s="23">
-        <v>7.6</v>
+        <v>6.6</v>
       </c>
       <c r="X29" s="23">
-        <v>7.6</v>
+        <v>6.6</v>
       </c>
       <c r="Y29" s="23">
-        <v>7.6</v>
+        <v>6.6</v>
       </c>
       <c r="Z29" s="24" t="s">
         <v>31</v>
       </c>
       <c r="AA29" s="23"/>
       <c r="AB29" s="25"/>
     </row>
     <row r="30" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B30" s="22">
-        <v>44476</v>
+        <v>44802</v>
       </c>
       <c r="C30" s="22">
-        <v>44538</v>
+        <v>44895</v>
       </c>
       <c r="D30" s="22">
-        <v>44539</v>
+        <v>44895</v>
       </c>
       <c r="E30" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F30" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G30" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H30" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I30" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J30" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K30" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L30" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M30" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N30" s="23">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="O30" s="23">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="P30" s="23">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="Q30" s="23">
-        <v>6.0000000000000001E-3</v>
+        <v>2E-3</v>
       </c>
       <c r="R30" s="23">
-        <v>6.0000000000000001E-3</v>
+        <v>2E-3</v>
       </c>
       <c r="S30" s="23">
-        <v>6.0000000000000001E-3</v>
+        <v>2E-3</v>
       </c>
       <c r="T30" s="23">
         <v>3</v>
       </c>
       <c r="U30" s="23">
         <v>3</v>
       </c>
       <c r="V30" s="23">
         <v>3</v>
       </c>
       <c r="W30" s="23">
-        <v>8.1999999999999993</v>
+        <v>7.9</v>
       </c>
       <c r="X30" s="23">
-        <v>8.1999999999999993</v>
+        <v>7.9</v>
       </c>
       <c r="Y30" s="23">
-        <v>8.1999999999999993</v>
+        <v>7.9</v>
       </c>
       <c r="Z30" s="24" t="s">
         <v>31</v>
       </c>
       <c r="AA30" s="23"/>
       <c r="AB30" s="25"/>
     </row>
     <row r="31" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B31" s="22">
-        <v>44475</v>
+        <v>44776</v>
       </c>
       <c r="C31" s="22">
-        <v>44538</v>
+        <v>44895</v>
       </c>
       <c r="D31" s="22">
-        <v>44539</v>
+        <v>44895</v>
       </c>
       <c r="E31" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F31" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G31" s="23" t="s">
         <v>35</v>
       </c>
-      <c r="H31" s="23" t="s">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="H31" s="23">
+        <v>3</v>
+      </c>
+      <c r="I31" s="23">
+        <v>3</v>
+      </c>
+      <c r="J31" s="23">
+        <v>3</v>
       </c>
       <c r="K31" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L31" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M31" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N31" s="23">
-        <v>43</v>
+        <v>109</v>
       </c>
       <c r="O31" s="23">
-        <v>43</v>
+        <v>109</v>
       </c>
       <c r="P31" s="23">
-        <v>43</v>
+        <v>109</v>
       </c>
       <c r="Q31" s="23">
-        <v>4.0000000000000001E-3</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="R31" s="23">
-        <v>4.0000000000000001E-3</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="S31" s="23">
-        <v>4.0000000000000001E-3</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="T31" s="23">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="U31" s="23">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="V31" s="23">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="W31" s="23">
-        <v>6.4</v>
+        <v>7.7</v>
       </c>
       <c r="X31" s="23">
-        <v>6.4</v>
+        <v>7.7</v>
       </c>
       <c r="Y31" s="23">
-        <v>6.4</v>
+        <v>7.7</v>
       </c>
       <c r="Z31" s="24" t="s">
         <v>31</v>
       </c>
       <c r="AA31" s="23"/>
       <c r="AB31" s="25"/>
     </row>
     <row r="32" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B32" s="22">
-        <v>44469</v>
+        <v>44712</v>
       </c>
       <c r="C32" s="22">
-        <v>44538</v>
+        <v>44817</v>
       </c>
       <c r="D32" s="22">
-        <v>44539</v>
+        <v>44817</v>
       </c>
       <c r="E32" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F32" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G32" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H32" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I32" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J32" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K32" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L32" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M32" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N32" s="23">
-        <v>192</v>
+        <v>437</v>
       </c>
       <c r="O32" s="23">
-        <v>192</v>
+        <v>437</v>
       </c>
       <c r="P32" s="23">
-        <v>192</v>
+        <v>437</v>
       </c>
       <c r="Q32" s="23">
-        <v>4.0000000000000001E-3</v>
+        <v>0.04</v>
       </c>
       <c r="R32" s="23">
-        <v>4.0000000000000001E-3</v>
+        <v>0.04</v>
       </c>
       <c r="S32" s="23">
-        <v>4.0000000000000001E-3</v>
+        <v>0.04</v>
       </c>
       <c r="T32" s="23">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="U32" s="23">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="V32" s="23">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="W32" s="23">
         <v>7.6</v>
       </c>
       <c r="X32" s="23">
         <v>7.6</v>
       </c>
       <c r="Y32" s="23">
         <v>7.6</v>
       </c>
       <c r="Z32" s="24" t="s">
         <v>31</v>
       </c>
       <c r="AA32" s="23"/>
       <c r="AB32" s="25"/>
     </row>
     <row r="33" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B33" s="22">
-        <v>44445</v>
+        <v>44508</v>
       </c>
       <c r="C33" s="22">
         <v>44538</v>
       </c>
       <c r="D33" s="22">
         <v>44539</v>
       </c>
       <c r="E33" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F33" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G33" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H33" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I33" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J33" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K33" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L33" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M33" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N33" s="23">
-        <v>35</v>
+        <v>128</v>
       </c>
       <c r="O33" s="23">
-        <v>35</v>
+        <v>128</v>
       </c>
       <c r="P33" s="23">
-        <v>35</v>
+        <v>128</v>
       </c>
       <c r="Q33" s="23">
-        <v>3.0000000000000001E-3</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="R33" s="23">
-        <v>3.0000000000000001E-3</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="S33" s="23">
-        <v>3.0000000000000001E-3</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="T33" s="23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U33" s="23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V33" s="23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W33" s="23">
-        <v>7.4</v>
+        <v>7.6</v>
       </c>
       <c r="X33" s="23">
-        <v>7.4</v>
+        <v>7.6</v>
       </c>
       <c r="Y33" s="23">
-        <v>7.4</v>
+        <v>7.6</v>
       </c>
       <c r="Z33" s="24" t="s">
         <v>31</v>
       </c>
       <c r="AA33" s="23"/>
       <c r="AB33" s="25"/>
     </row>
     <row r="34" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B34" s="22">
-        <v>44420</v>
+        <v>44476</v>
       </c>
       <c r="C34" s="22">
         <v>44538</v>
       </c>
       <c r="D34" s="22">
         <v>44539</v>
       </c>
       <c r="E34" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F34" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G34" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H34" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I34" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J34" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K34" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L34" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M34" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N34" s="23">
-        <v>92</v>
+        <v>35</v>
       </c>
       <c r="O34" s="23">
-        <v>92</v>
+        <v>35</v>
       </c>
       <c r="P34" s="23">
-        <v>92</v>
+        <v>35</v>
       </c>
       <c r="Q34" s="23">
-        <v>8.9999999999999993E-3</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="R34" s="23">
-        <v>8.9999999999999993E-3</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="S34" s="23">
-        <v>8.9999999999999993E-3</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="T34" s="23">
         <v>3</v>
       </c>
       <c r="U34" s="23">
         <v>3</v>
       </c>
       <c r="V34" s="23">
         <v>3</v>
       </c>
       <c r="W34" s="23">
-        <v>7.3</v>
+        <v>8.1999999999999993</v>
       </c>
       <c r="X34" s="23">
-        <v>7.3</v>
+        <v>8.1999999999999993</v>
       </c>
       <c r="Y34" s="23">
-        <v>7.3</v>
+        <v>8.1999999999999993</v>
       </c>
       <c r="Z34" s="24" t="s">
         <v>31</v>
       </c>
       <c r="AA34" s="23"/>
       <c r="AB34" s="25"/>
     </row>
     <row r="35" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B35" s="22">
-        <v>44396</v>
+        <v>44475</v>
       </c>
       <c r="C35" s="22">
-        <v>44459</v>
+        <v>44538</v>
       </c>
       <c r="D35" s="22">
-        <v>44459</v>
+        <v>44539</v>
       </c>
       <c r="E35" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F35" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G35" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H35" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I35" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J35" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K35" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L35" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M35" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N35" s="23">
-        <v>215</v>
+        <v>43</v>
       </c>
       <c r="O35" s="23">
-        <v>215</v>
+        <v>43</v>
       </c>
       <c r="P35" s="23">
-        <v>215</v>
+        <v>43</v>
       </c>
       <c r="Q35" s="23">
-        <v>0.02</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="R35" s="23">
-        <v>0.02</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="S35" s="23">
-        <v>0.02</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="T35" s="23">
         <v>2</v>
       </c>
       <c r="U35" s="23">
         <v>2</v>
       </c>
       <c r="V35" s="23">
         <v>2</v>
       </c>
       <c r="W35" s="23">
-        <v>7.8</v>
+        <v>6.4</v>
       </c>
       <c r="X35" s="23">
-        <v>7.8</v>
+        <v>6.4</v>
       </c>
       <c r="Y35" s="23">
-        <v>7.8</v>
+        <v>6.4</v>
       </c>
       <c r="Z35" s="24" t="s">
-        <v>50</v>
+        <v>31</v>
       </c>
       <c r="AA35" s="23"/>
       <c r="AB35" s="25"/>
     </row>
     <row r="36" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B36" s="22">
-        <v>44382</v>
+        <v>44469</v>
       </c>
       <c r="C36" s="22">
-        <v>44459</v>
+        <v>44538</v>
       </c>
       <c r="D36" s="22">
-        <v>44459</v>
+        <v>44539</v>
       </c>
       <c r="E36" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F36" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G36" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H36" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I36" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J36" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K36" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L36" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M36" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N36" s="23">
-        <v>134</v>
+        <v>192</v>
       </c>
       <c r="O36" s="23">
-        <v>134</v>
+        <v>192</v>
       </c>
       <c r="P36" s="23">
-        <v>134</v>
+        <v>192</v>
       </c>
       <c r="Q36" s="23">
-        <v>1.2E-2</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="R36" s="23">
-        <v>1.2E-2</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="S36" s="23">
-        <v>1.2E-2</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="T36" s="23">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="U36" s="23">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="V36" s="23">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="W36" s="23">
-        <v>6.3</v>
+        <v>7.6</v>
       </c>
       <c r="X36" s="23">
-        <v>6.3</v>
+        <v>7.6</v>
       </c>
       <c r="Y36" s="23">
-        <v>6.3</v>
+        <v>7.6</v>
       </c>
       <c r="Z36" s="24" t="s">
-        <v>50</v>
+        <v>31</v>
       </c>
       <c r="AA36" s="23"/>
       <c r="AB36" s="25"/>
     </row>
     <row r="37" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B37" s="22">
-        <v>44371</v>
+        <v>44445</v>
       </c>
       <c r="C37" s="22">
-        <v>44459</v>
+        <v>44538</v>
       </c>
       <c r="D37" s="22">
-        <v>44459</v>
+        <v>44539</v>
       </c>
       <c r="E37" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F37" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G37" s="23" t="s">
         <v>35</v>
       </c>
-      <c r="H37" s="23">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H37" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="I37" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="J37" s="23" t="s">
+        <v>24</v>
       </c>
       <c r="K37" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L37" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M37" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N37" s="23">
-        <v>141</v>
+        <v>35</v>
       </c>
       <c r="O37" s="23">
-        <v>141</v>
+        <v>35</v>
       </c>
       <c r="P37" s="23">
-        <v>141</v>
+        <v>35</v>
       </c>
       <c r="Q37" s="23">
-        <v>1.2E-2</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="R37" s="23">
-        <v>1.2E-2</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="S37" s="23">
-        <v>1.2E-2</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="T37" s="23">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="U37" s="23">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V37" s="23">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="W37" s="23">
-        <v>7.2</v>
+        <v>7.4</v>
       </c>
       <c r="X37" s="23">
-        <v>7.2</v>
+        <v>7.4</v>
       </c>
       <c r="Y37" s="23">
-        <v>7.2</v>
+        <v>7.4</v>
       </c>
       <c r="Z37" s="24" t="s">
-        <v>50</v>
+        <v>31</v>
       </c>
       <c r="AA37" s="23"/>
       <c r="AB37" s="25"/>
     </row>
     <row r="38" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B38" s="22">
-        <v>44235</v>
+        <v>44420</v>
       </c>
       <c r="C38" s="22">
-        <v>44280</v>
+        <v>44538</v>
       </c>
       <c r="D38" s="22">
-        <v>44280</v>
+        <v>44539</v>
       </c>
       <c r="E38" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F38" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G38" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H38" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I38" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J38" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K38" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L38" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M38" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N38" s="23">
-        <v>120</v>
+        <v>92</v>
       </c>
       <c r="O38" s="23">
-        <v>120</v>
+        <v>92</v>
       </c>
       <c r="P38" s="23">
-        <v>120</v>
-[...8 lines deleted...]
-        <v>45</v>
+        <v>92</v>
+      </c>
+      <c r="Q38" s="23">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="R38" s="23">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="S38" s="23">
+        <v>8.9999999999999993E-3</v>
       </c>
       <c r="T38" s="23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U38" s="23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V38" s="23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W38" s="23">
-        <v>7.4</v>
+        <v>7.3</v>
       </c>
       <c r="X38" s="23">
-        <v>7.4</v>
+        <v>7.3</v>
       </c>
       <c r="Y38" s="23">
-        <v>7.4</v>
+        <v>7.3</v>
       </c>
       <c r="Z38" s="24" t="s">
-        <v>51</v>
+        <v>31</v>
       </c>
       <c r="AA38" s="23"/>
       <c r="AB38" s="25"/>
     </row>
     <row r="39" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B39" s="22">
-        <v>44182</v>
+        <v>44396</v>
       </c>
       <c r="C39" s="22">
-        <v>44280</v>
+        <v>44459</v>
       </c>
       <c r="D39" s="22">
-        <v>44280</v>
+        <v>44459</v>
       </c>
       <c r="E39" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F39" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G39" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H39" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I39" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J39" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K39" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L39" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M39" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N39" s="23">
-        <v>153</v>
+        <v>215</v>
       </c>
       <c r="O39" s="23">
-        <v>153</v>
+        <v>215</v>
       </c>
       <c r="P39" s="23">
-        <v>153</v>
-[...8 lines deleted...]
-        <v>45</v>
+        <v>215</v>
+      </c>
+      <c r="Q39" s="23">
+        <v>0.02</v>
+      </c>
+      <c r="R39" s="23">
+        <v>0.02</v>
+      </c>
+      <c r="S39" s="23">
+        <v>0.02</v>
       </c>
       <c r="T39" s="23">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="U39" s="23">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="V39" s="23">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="W39" s="23">
-        <v>6.7</v>
+        <v>7.8</v>
       </c>
       <c r="X39" s="23">
-        <v>6.7</v>
+        <v>7.8</v>
       </c>
       <c r="Y39" s="23">
-        <v>6.7</v>
+        <v>7.8</v>
       </c>
       <c r="Z39" s="24" t="s">
         <v>50</v>
       </c>
       <c r="AA39" s="23"/>
       <c r="AB39" s="25"/>
     </row>
     <row r="40" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B40" s="22">
-        <v>44505</v>
+        <v>44382</v>
       </c>
       <c r="C40" s="22">
-        <v>44216</v>
+        <v>44459</v>
       </c>
       <c r="D40" s="22">
-        <v>44216</v>
-[...8 lines deleted...]
-        <v>0.04</v>
+        <v>44459</v>
+      </c>
+      <c r="E40" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="F40" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="G40" s="23" t="s">
+        <v>35</v>
       </c>
       <c r="H40" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I40" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J40" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K40" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L40" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M40" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N40" s="23">
-        <v>77</v>
+        <v>134</v>
       </c>
       <c r="O40" s="23">
-        <v>77</v>
+        <v>134</v>
       </c>
       <c r="P40" s="23">
-        <v>77</v>
+        <v>134</v>
       </c>
       <c r="Q40" s="23">
-        <v>8.0000000000000002E-3</v>
+        <v>1.2E-2</v>
       </c>
       <c r="R40" s="23">
-        <v>8.0000000000000002E-3</v>
+        <v>1.2E-2</v>
       </c>
       <c r="S40" s="23">
-        <v>8.0000000000000002E-3</v>
+        <v>1.2E-2</v>
       </c>
       <c r="T40" s="23">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="U40" s="23">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="V40" s="23">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="W40" s="23">
-        <v>7.4</v>
+        <v>6.3</v>
       </c>
       <c r="X40" s="23">
-        <v>7.4</v>
+        <v>6.3</v>
       </c>
       <c r="Y40" s="23">
-        <v>7.4</v>
+        <v>6.3</v>
       </c>
       <c r="Z40" s="24" t="s">
-        <v>31</v>
+        <v>50</v>
       </c>
       <c r="AA40" s="23"/>
       <c r="AB40" s="25"/>
     </row>
     <row r="41" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B41" s="22">
-        <v>44131</v>
+        <v>44371</v>
       </c>
       <c r="C41" s="22">
-        <v>44216</v>
+        <v>44459</v>
       </c>
       <c r="D41" s="22">
-        <v>44216</v>
+        <v>44459</v>
       </c>
       <c r="E41" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F41" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G41" s="23" t="s">
         <v>35</v>
       </c>
-      <c r="H41" s="23" t="s">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="H41" s="23">
+        <v>25</v>
+      </c>
+      <c r="I41" s="23">
+        <v>25</v>
+      </c>
+      <c r="J41" s="23">
+        <v>25</v>
       </c>
       <c r="K41" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L41" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M41" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N41" s="23">
-        <v>90</v>
+        <v>141</v>
       </c>
       <c r="O41" s="23">
-        <v>90</v>
+        <v>141</v>
       </c>
       <c r="P41" s="23">
-        <v>90</v>
+        <v>141</v>
       </c>
       <c r="Q41" s="23">
-        <v>2.8000000000000001E-2</v>
+        <v>1.2E-2</v>
       </c>
       <c r="R41" s="23">
-        <v>2.8000000000000001E-2</v>
+        <v>1.2E-2</v>
       </c>
       <c r="S41" s="23">
-        <v>2.8000000000000001E-2</v>
+        <v>1.2E-2</v>
       </c>
       <c r="T41" s="23">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="U41" s="23">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="V41" s="23">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="W41" s="23">
-        <v>6.3</v>
+        <v>7.2</v>
       </c>
       <c r="X41" s="23">
-        <v>6.3</v>
+        <v>7.2</v>
       </c>
       <c r="Y41" s="23">
-        <v>6.3</v>
+        <v>7.2</v>
       </c>
       <c r="Z41" s="24" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="AA41" s="23"/>
       <c r="AB41" s="25"/>
     </row>
-    <row r="42" spans="2:28" ht="52.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="42" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B42" s="22">
-        <v>44111</v>
+        <v>44235</v>
       </c>
       <c r="C42" s="22">
-        <v>44149</v>
+        <v>44280</v>
       </c>
       <c r="D42" s="22">
-        <v>44216</v>
+        <v>44280</v>
       </c>
       <c r="E42" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F42" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G42" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H42" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I42" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J42" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K42" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L42" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M42" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N42" s="23">
-        <v>18</v>
+        <v>120</v>
       </c>
       <c r="O42" s="23">
-        <v>18</v>
+        <v>120</v>
       </c>
       <c r="P42" s="23">
-        <v>18</v>
+        <v>120</v>
       </c>
       <c r="Q42" s="23" t="s">
         <v>45</v>
       </c>
       <c r="R42" s="23" t="s">
         <v>45</v>
       </c>
       <c r="S42" s="23" t="s">
         <v>45</v>
       </c>
-      <c r="T42" s="23" t="s">
-[...6 lines deleted...]
-        <v>32</v>
+      <c r="T42" s="23">
+        <v>2</v>
+      </c>
+      <c r="U42" s="23">
+        <v>2</v>
+      </c>
+      <c r="V42" s="23">
+        <v>2</v>
       </c>
       <c r="W42" s="23">
-        <v>7.2</v>
+        <v>7.4</v>
       </c>
       <c r="X42" s="23">
-        <v>7.2</v>
+        <v>7.4</v>
       </c>
       <c r="Y42" s="23">
-        <v>7.2</v>
+        <v>7.4</v>
       </c>
       <c r="Z42" s="24" t="s">
-        <v>29</v>
+        <v>51</v>
       </c>
       <c r="AA42" s="23"/>
       <c r="AB42" s="25"/>
     </row>
-    <row r="43" spans="2:28" ht="53.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B43" s="22">
-        <v>44062</v>
+        <v>44182</v>
       </c>
       <c r="C43" s="22">
-        <v>44149</v>
+        <v>44280</v>
       </c>
       <c r="D43" s="22">
-        <v>44216</v>
+        <v>44280</v>
       </c>
       <c r="E43" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F43" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G43" s="23" t="s">
         <v>35</v>
       </c>
-      <c r="H43" s="23">
-[...6 lines deleted...]
-        <v>3</v>
+      <c r="H43" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="I43" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="J43" s="23" t="s">
+        <v>24</v>
       </c>
       <c r="K43" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L43" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M43" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N43" s="23">
-        <v>91</v>
+        <v>153</v>
       </c>
       <c r="O43" s="23">
-        <v>91</v>
+        <v>153</v>
       </c>
       <c r="P43" s="23">
-        <v>91</v>
-[...8 lines deleted...]
-        <v>8.9999999999999993E-3</v>
+        <v>153</v>
+      </c>
+      <c r="Q43" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="R43" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="S43" s="23" t="s">
+        <v>45</v>
       </c>
       <c r="T43" s="23">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="U43" s="23">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="V43" s="23">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="W43" s="23">
-        <v>6.5</v>
+        <v>6.7</v>
       </c>
       <c r="X43" s="23">
-        <v>6.5</v>
+        <v>6.7</v>
       </c>
       <c r="Y43" s="23">
-        <v>6.5</v>
+        <v>6.7</v>
       </c>
       <c r="Z43" s="24" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="AA43" s="23"/>
       <c r="AB43" s="25"/>
     </row>
-    <row r="44" spans="2:28" ht="58.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B44" s="22">
-        <v>44060</v>
+        <v>44505</v>
       </c>
       <c r="C44" s="22">
-        <v>44149</v>
+        <v>44216</v>
       </c>
       <c r="D44" s="22">
         <v>44216</v>
       </c>
       <c r="E44" s="23">
-        <v>0.03</v>
+        <v>0.04</v>
       </c>
       <c r="F44" s="23">
-        <v>0.03</v>
+        <v>0.04</v>
       </c>
       <c r="G44" s="23">
-        <v>0.03</v>
+        <v>0.04</v>
       </c>
       <c r="H44" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I44" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J44" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K44" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L44" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M44" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N44" s="23">
-        <v>13</v>
+        <v>77</v>
       </c>
       <c r="O44" s="23">
-        <v>13</v>
+        <v>77</v>
       </c>
       <c r="P44" s="23">
-        <v>13</v>
+        <v>77</v>
       </c>
       <c r="Q44" s="23">
-        <v>4.0000000000000001E-3</v>
+        <v>8.0000000000000002E-3</v>
       </c>
       <c r="R44" s="23">
-        <v>4.0000000000000001E-3</v>
+        <v>8.0000000000000002E-3</v>
       </c>
       <c r="S44" s="23">
-        <v>4.0000000000000001E-3</v>
+        <v>8.0000000000000002E-3</v>
       </c>
       <c r="T44" s="23">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="U44" s="23">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="V44" s="23">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="W44" s="23">
-        <v>6.4</v>
+        <v>7.4</v>
       </c>
       <c r="X44" s="23">
-        <v>6.4</v>
+        <v>7.4</v>
       </c>
       <c r="Y44" s="23">
-        <v>6.4</v>
+        <v>7.4</v>
       </c>
       <c r="Z44" s="24" t="s">
-        <v>53</v>
+        <v>31</v>
       </c>
       <c r="AA44" s="23"/>
       <c r="AB44" s="25"/>
     </row>
     <row r="45" spans="2:28" x14ac:dyDescent="0.3">
-      <c r="B45" s="115" t="s">
-[...34 lines deleted...]
-      <c r="D46" s="38"/>
+      <c r="B45" s="22">
+        <v>44131</v>
+      </c>
+      <c r="C45" s="22">
+        <v>44216</v>
+      </c>
+      <c r="D45" s="22">
+        <v>44216</v>
+      </c>
+      <c r="E45" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="F45" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="G45" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="H45" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="I45" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="J45" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="K45" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L45" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="M45" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="N45" s="23">
+        <v>90</v>
+      </c>
+      <c r="O45" s="23">
+        <v>90</v>
+      </c>
+      <c r="P45" s="23">
+        <v>90</v>
+      </c>
+      <c r="Q45" s="23">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="R45" s="23">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="S45" s="23">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="T45" s="23">
+        <v>7</v>
+      </c>
+      <c r="U45" s="23">
+        <v>7</v>
+      </c>
+      <c r="V45" s="23">
+        <v>7</v>
+      </c>
+      <c r="W45" s="23">
+        <v>6.3</v>
+      </c>
+      <c r="X45" s="23">
+        <v>6.3</v>
+      </c>
+      <c r="Y45" s="23">
+        <v>6.3</v>
+      </c>
+      <c r="Z45" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA45" s="23"/>
+      <c r="AB45" s="25"/>
+    </row>
+    <row r="46" spans="2:28" ht="52.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B46" s="22">
+        <v>44111</v>
+      </c>
+      <c r="C46" s="22">
+        <v>44149</v>
+      </c>
+      <c r="D46" s="22">
+        <v>44216</v>
+      </c>
       <c r="E46" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F46" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G46" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H46" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I46" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J46" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K46" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L46" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M46" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N46" s="23">
-        <v>100</v>
+        <v>18</v>
       </c>
       <c r="O46" s="23">
-        <v>100</v>
+        <v>18</v>
       </c>
       <c r="P46" s="23">
-        <v>100</v>
-[...17 lines deleted...]
-        <v>5</v>
+        <v>18</v>
+      </c>
+      <c r="Q46" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="R46" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="S46" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="T46" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="U46" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="V46" s="23" t="s">
+        <v>32</v>
       </c>
       <c r="W46" s="23">
-        <v>6.5</v>
+        <v>7.2</v>
       </c>
       <c r="X46" s="23">
-        <v>6.5</v>
+        <v>7.2</v>
       </c>
       <c r="Y46" s="23">
-        <v>6.5</v>
+        <v>7.2</v>
       </c>
       <c r="Z46" s="24" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="AA46" s="23"/>
       <c r="AB46" s="25"/>
     </row>
-    <row r="47" spans="2:28" x14ac:dyDescent="0.3">
-[...21 lines deleted...]
-        <v>24</v>
+    <row r="47" spans="2:28" ht="53.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B47" s="22">
+        <v>44062</v>
+      </c>
+      <c r="C47" s="22">
+        <v>44149</v>
+      </c>
+      <c r="D47" s="22">
+        <v>44216</v>
+      </c>
+      <c r="E47" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="F47" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="G47" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="H47" s="23">
+        <v>3</v>
+      </c>
+      <c r="I47" s="23">
+        <v>3</v>
+      </c>
+      <c r="J47" s="23">
+        <v>3</v>
       </c>
       <c r="K47" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L47" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M47" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N47" s="23">
-        <v>220</v>
+        <v>91</v>
       </c>
       <c r="O47" s="23">
-        <v>220</v>
+        <v>91</v>
       </c>
       <c r="P47" s="23">
-        <v>220</v>
+        <v>91</v>
       </c>
       <c r="Q47" s="23">
-        <v>3.0000000000000001E-3</v>
+        <v>8.9999999999999993E-3</v>
       </c>
       <c r="R47" s="23">
-        <v>3.0000000000000001E-3</v>
+        <v>8.9999999999999993E-3</v>
       </c>
       <c r="S47" s="23">
-        <v>3.0000000000000001E-3</v>
-[...8 lines deleted...]
-        <v>32</v>
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="T47" s="23">
+        <v>16</v>
+      </c>
+      <c r="U47" s="23">
+        <v>16</v>
+      </c>
+      <c r="V47" s="23">
+        <v>16</v>
       </c>
       <c r="W47" s="23">
-        <v>7.2</v>
+        <v>6.5</v>
       </c>
       <c r="X47" s="23">
-        <v>7.2</v>
+        <v>6.5</v>
       </c>
       <c r="Y47" s="23">
-        <v>7.2</v>
+        <v>6.5</v>
       </c>
       <c r="Z47" s="24" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="AA47" s="23"/>
       <c r="AB47" s="25"/>
     </row>
-    <row r="48" spans="2:28" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="D48" s="38"/>
+    <row r="48" spans="2:28" ht="58.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B48" s="22">
+        <v>44060</v>
+      </c>
+      <c r="C48" s="22">
+        <v>44149</v>
+      </c>
+      <c r="D48" s="22">
+        <v>44216</v>
+      </c>
       <c r="E48" s="23">
         <v>0.03</v>
       </c>
       <c r="F48" s="23">
         <v>0.03</v>
       </c>
       <c r="G48" s="23">
         <v>0.03</v>
       </c>
       <c r="H48" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I48" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J48" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K48" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L48" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M48" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N48" s="23">
-        <v>320</v>
+        <v>13</v>
       </c>
       <c r="O48" s="23">
-        <v>320</v>
+        <v>13</v>
       </c>
       <c r="P48" s="23">
-        <v>320</v>
+        <v>13</v>
       </c>
       <c r="Q48" s="23">
-        <v>8.0000000000000002E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="R48" s="23">
-        <v>8.0000000000000002E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="S48" s="23">
-        <v>8.0000000000000002E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="T48" s="23">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="U48" s="23">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V48" s="23">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="W48" s="23">
-        <v>7</v>
+        <v>6.4</v>
       </c>
       <c r="X48" s="23">
-        <v>7</v>
+        <v>6.4</v>
       </c>
       <c r="Y48" s="23">
-        <v>7</v>
+        <v>6.4</v>
       </c>
       <c r="Z48" s="24" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AA48" s="23"/>
       <c r="AB48" s="25"/>
     </row>
-    <row r="49" spans="2:28" ht="28.8" x14ac:dyDescent="0.3">
-[...37 lines deleted...]
-      <c r="D50" s="39"/>
+    <row r="49" spans="2:28" x14ac:dyDescent="0.3">
+      <c r="B49" s="92" t="s">
+        <v>34</v>
+      </c>
+      <c r="C49" s="92"/>
+      <c r="D49" s="92"/>
+      <c r="E49" s="92"/>
+      <c r="F49" s="92"/>
+      <c r="G49" s="92"/>
+      <c r="H49" s="92"/>
+      <c r="I49" s="92"/>
+      <c r="J49" s="92"/>
+      <c r="K49" s="92"/>
+      <c r="L49" s="92"/>
+      <c r="M49" s="92"/>
+      <c r="N49" s="92"/>
+      <c r="O49" s="92"/>
+      <c r="P49" s="92"/>
+      <c r="Q49" s="92"/>
+      <c r="R49" s="92"/>
+      <c r="S49" s="92"/>
+      <c r="T49" s="92"/>
+      <c r="U49" s="92"/>
+      <c r="V49" s="92"/>
+      <c r="W49" s="92"/>
+      <c r="X49" s="92"/>
+      <c r="Y49" s="92"/>
+      <c r="Z49" s="92"/>
+      <c r="AA49" s="92"/>
+      <c r="AB49" s="92"/>
+    </row>
+    <row r="50" spans="2:28" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B50" s="38">
+        <v>43983</v>
+      </c>
+      <c r="C50" s="38"/>
+      <c r="D50" s="38"/>
       <c r="E50" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F50" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G50" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H50" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I50" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J50" s="23" t="s">
         <v>24</v>
       </c>
-      <c r="K50" s="23">
-[...6 lines deleted...]
-        <v>7.0000000000000007E-2</v>
+      <c r="K50" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L50" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="M50" s="23" t="s">
+        <v>36</v>
       </c>
       <c r="N50" s="23">
-        <v>114</v>
+        <v>100</v>
       </c>
       <c r="O50" s="23">
-        <v>114</v>
+        <v>100</v>
       </c>
       <c r="P50" s="23">
-        <v>114</v>
-[...8 lines deleted...]
-        <v>45</v>
+        <v>100</v>
+      </c>
+      <c r="Q50" s="23">
+        <v>0.111</v>
+      </c>
+      <c r="R50" s="23">
+        <v>0.111</v>
+      </c>
+      <c r="S50" s="23">
+        <v>0.111</v>
       </c>
       <c r="T50" s="23">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="U50" s="23">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="V50" s="23">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="W50" s="23">
-        <v>8.4</v>
+        <v>6.5</v>
       </c>
       <c r="X50" s="23">
-        <v>8.4</v>
+        <v>6.5</v>
       </c>
       <c r="Y50" s="23">
-        <v>8.4</v>
-[...7 lines deleted...]
-      </c>
+        <v>6.5</v>
+      </c>
+      <c r="Z50" s="24" t="s">
+        <v>54</v>
+      </c>
+      <c r="AA50" s="23"/>
+      <c r="AB50" s="25"/>
     </row>
     <row r="51" spans="2:28" x14ac:dyDescent="0.3">
-      <c r="B51" s="39">
-[...11 lines deleted...]
-        <v>35</v>
+      <c r="B51" s="38">
+        <v>43586</v>
+      </c>
+      <c r="C51" s="38"/>
+      <c r="D51" s="38"/>
+      <c r="E51" s="23">
+        <v>0.05</v>
+      </c>
+      <c r="F51" s="23">
+        <v>0.05</v>
+      </c>
+      <c r="G51" s="23">
+        <v>0.05</v>
       </c>
       <c r="H51" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I51" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J51" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K51" s="23" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="L51" s="23" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="M51" s="23" t="s">
-        <v>44</v>
-[...17 lines deleted...]
-        <v>4.0000000000000001E-3</v>
+        <v>36</v>
+      </c>
+      <c r="N51" s="23">
+        <v>220</v>
+      </c>
+      <c r="O51" s="23">
+        <v>220</v>
+      </c>
+      <c r="P51" s="23">
+        <v>220</v>
+      </c>
+      <c r="Q51" s="23">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="R51" s="23">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="S51" s="23">
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="T51" s="23" t="s">
         <v>32</v>
       </c>
       <c r="U51" s="23" t="s">
         <v>32</v>
       </c>
       <c r="V51" s="23" t="s">
         <v>32</v>
       </c>
-      <c r="W51" s="29">
-[...8 lines deleted...]
-      <c r="Z51" s="24"/>
+      <c r="W51" s="23">
+        <v>7.2</v>
+      </c>
+      <c r="X51" s="23">
+        <v>7.2</v>
+      </c>
+      <c r="Y51" s="23">
+        <v>7.2</v>
+      </c>
+      <c r="Z51" s="24" t="s">
+        <v>38</v>
+      </c>
       <c r="AA51" s="23"/>
       <c r="AB51" s="25"/>
     </row>
     <row r="52" spans="2:28" x14ac:dyDescent="0.3">
-      <c r="B52" s="39">
-[...3 lines deleted...]
-      <c r="D52" s="39"/>
+      <c r="B52" s="38">
+        <v>43435</v>
+      </c>
+      <c r="C52" s="38"/>
+      <c r="D52" s="38"/>
       <c r="E52" s="23">
-        <v>0.08</v>
+        <v>0.03</v>
       </c>
       <c r="F52" s="23">
-        <v>0.08</v>
+        <v>0.03</v>
       </c>
       <c r="G52" s="23">
-        <v>0.08</v>
+        <v>0.03</v>
       </c>
       <c r="H52" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I52" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J52" s="23" t="s">
         <v>24</v>
       </c>
-      <c r="K52" s="23">
-[...6 lines deleted...]
-        <v>0.08</v>
+      <c r="K52" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L52" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="M52" s="23" t="s">
+        <v>36</v>
       </c>
       <c r="N52" s="23">
-        <v>87</v>
+        <v>320</v>
       </c>
       <c r="O52" s="23">
-        <v>87</v>
+        <v>320</v>
       </c>
       <c r="P52" s="23">
-        <v>87</v>
+        <v>320</v>
       </c>
       <c r="Q52" s="23">
-        <v>4.9000000000000002E-2</v>
+        <v>8.0000000000000002E-3</v>
       </c>
       <c r="R52" s="23">
-        <v>4.9000000000000002E-2</v>
+        <v>8.0000000000000002E-3</v>
       </c>
       <c r="S52" s="23">
-        <v>4.9000000000000002E-2</v>
+        <v>8.0000000000000002E-3</v>
       </c>
       <c r="T52" s="23">
         <v>2</v>
       </c>
       <c r="U52" s="23">
         <v>2</v>
       </c>
       <c r="V52" s="23">
         <v>2</v>
       </c>
       <c r="W52" s="23">
         <v>7</v>
       </c>
       <c r="X52" s="23">
         <v>7</v>
       </c>
       <c r="Y52" s="23">
         <v>7</v>
       </c>
-      <c r="Z52" s="24"/>
+      <c r="Z52" s="24" t="s">
+        <v>54</v>
+      </c>
       <c r="AA52" s="23"/>
       <c r="AB52" s="25"/>
     </row>
-    <row r="53" spans="2:28" x14ac:dyDescent="0.3">
-[...67 lines deleted...]
-      </c>
+    <row r="53" spans="2:28" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B53" s="26"/>
+      <c r="C53" s="26"/>
+      <c r="D53" s="26"/>
+      <c r="E53" s="23"/>
+      <c r="F53" s="23"/>
+      <c r="G53" s="23"/>
+      <c r="H53" s="23"/>
+      <c r="I53" s="23"/>
+      <c r="J53" s="23"/>
+      <c r="K53" s="23"/>
+      <c r="L53" s="23"/>
+      <c r="M53" s="23"/>
+      <c r="N53" s="23"/>
+      <c r="O53" s="23"/>
+      <c r="P53" s="23"/>
+      <c r="Q53" s="23"/>
+      <c r="R53" s="23"/>
+      <c r="S53" s="23"/>
+      <c r="T53" s="23"/>
+      <c r="U53" s="23"/>
+      <c r="V53" s="23"/>
+      <c r="W53" s="23"/>
+      <c r="X53" s="23"/>
+      <c r="Y53" s="23"/>
       <c r="Z53" s="24"/>
-      <c r="AA53" s="23"/>
-      <c r="AB53" s="25"/>
+      <c r="AA53" s="23" t="s">
+        <v>40</v>
+      </c>
+      <c r="AB53" s="25" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="54" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B54" s="39">
-        <v>42644</v>
+        <v>43070</v>
       </c>
       <c r="C54" s="39"/>
       <c r="D54" s="39"/>
       <c r="E54" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F54" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G54" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H54" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I54" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J54" s="23" t="s">
         <v>24</v>
       </c>
-      <c r="K54" s="23" t="s">
-[...6 lines deleted...]
-        <v>36</v>
+      <c r="K54" s="23">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="L54" s="23">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="M54" s="23">
+        <v>7.0000000000000007E-2</v>
       </c>
       <c r="N54" s="23">
-        <v>30</v>
+        <v>114</v>
       </c>
       <c r="O54" s="23">
-        <v>30</v>
+        <v>114</v>
       </c>
       <c r="P54" s="23">
-        <v>30</v>
+        <v>114</v>
       </c>
       <c r="Q54" s="23" t="s">
         <v>45</v>
       </c>
       <c r="R54" s="23" t="s">
         <v>45</v>
       </c>
       <c r="S54" s="23" t="s">
         <v>45</v>
       </c>
-      <c r="T54" s="23" t="s">
-[...6 lines deleted...]
-        <v>32</v>
+      <c r="T54" s="23">
+        <v>2</v>
+      </c>
+      <c r="U54" s="23">
+        <v>2</v>
+      </c>
+      <c r="V54" s="23">
+        <v>2</v>
       </c>
       <c r="W54" s="23">
-        <v>8.6</v>
+        <v>8.4</v>
       </c>
       <c r="X54" s="23">
-        <v>8.6</v>
+        <v>8.4</v>
       </c>
       <c r="Y54" s="23">
-        <v>8.6</v>
+        <v>8.4</v>
       </c>
       <c r="Z54" s="24"/>
-      <c r="AA54" s="23"/>
-      <c r="AB54" s="25"/>
+      <c r="AA54" s="29" t="s">
+        <v>42</v>
+      </c>
+      <c r="AB54" s="30" t="s">
+        <v>43</v>
+      </c>
     </row>
     <row r="55" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B55" s="39">
-        <v>42614</v>
+        <v>42948</v>
       </c>
       <c r="C55" s="39"/>
       <c r="D55" s="39"/>
       <c r="E55" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F55" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G55" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H55" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I55" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J55" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K55" s="23" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="L55" s="23" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="M55" s="23" t="s">
-        <v>36</v>
-[...35 lines deleted...]
-        <v>7.8</v>
+        <v>44</v>
+      </c>
+      <c r="N55" s="29">
+        <v>156</v>
+      </c>
+      <c r="O55" s="29">
+        <v>156</v>
+      </c>
+      <c r="P55" s="29">
+        <v>156</v>
+      </c>
+      <c r="Q55" s="29">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="R55" s="29">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="S55" s="29">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="T55" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="U55" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="V55" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="W55" s="29">
+        <v>6.9</v>
+      </c>
+      <c r="X55" s="29">
+        <v>6.9</v>
+      </c>
+      <c r="Y55" s="29">
+        <v>6.9</v>
       </c>
       <c r="Z55" s="24"/>
       <c r="AA55" s="23"/>
       <c r="AB55" s="25"/>
     </row>
     <row r="56" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B56" s="39">
-        <v>42583</v>
+        <v>42917</v>
       </c>
       <c r="C56" s="39"/>
       <c r="D56" s="39"/>
-      <c r="E56" s="23" t="s">
-[...6 lines deleted...]
-        <v>35</v>
+      <c r="E56" s="23">
+        <v>0.08</v>
+      </c>
+      <c r="F56" s="23">
+        <v>0.08</v>
+      </c>
+      <c r="G56" s="23">
+        <v>0.08</v>
       </c>
       <c r="H56" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I56" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J56" s="23" t="s">
         <v>24</v>
       </c>
-      <c r="K56" s="23" t="s">
-[...6 lines deleted...]
-        <v>36</v>
+      <c r="K56" s="23">
+        <v>0.08</v>
+      </c>
+      <c r="L56" s="23">
+        <v>0.08</v>
+      </c>
+      <c r="M56" s="23">
+        <v>0.08</v>
       </c>
       <c r="N56" s="23">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="O56" s="23">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="P56" s="23">
-        <v>100</v>
-[...8 lines deleted...]
-        <v>45</v>
+        <v>87</v>
+      </c>
+      <c r="Q56" s="23">
+        <v>4.9000000000000002E-2</v>
+      </c>
+      <c r="R56" s="23">
+        <v>4.9000000000000002E-2</v>
+      </c>
+      <c r="S56" s="23">
+        <v>4.9000000000000002E-2</v>
       </c>
       <c r="T56" s="23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U56" s="23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V56" s="23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W56" s="23">
-        <v>7.5</v>
+        <v>7</v>
       </c>
       <c r="X56" s="23">
-        <v>7.5</v>
+        <v>7</v>
       </c>
       <c r="Y56" s="23">
-        <v>7.5</v>
+        <v>7</v>
       </c>
       <c r="Z56" s="24"/>
       <c r="AA56" s="23"/>
       <c r="AB56" s="25"/>
     </row>
     <row r="57" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B57" s="39">
-        <v>42552</v>
+        <v>42856</v>
       </c>
       <c r="C57" s="39"/>
       <c r="D57" s="39"/>
       <c r="E57" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F57" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G57" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H57" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I57" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J57" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K57" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L57" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M57" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N57" s="23">
-        <v>150</v>
+        <v>42</v>
       </c>
       <c r="O57" s="23">
-        <v>150</v>
+        <v>42</v>
       </c>
       <c r="P57" s="23">
-        <v>150</v>
+        <v>42</v>
       </c>
       <c r="Q57" s="23">
-        <v>5.0000000000000001E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="R57" s="23">
-        <v>5.0000000000000001E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="S57" s="23">
-        <v>5.0000000000000001E-3</v>
-[...8 lines deleted...]
-        <v>2</v>
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="T57" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="U57" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="V57" s="23" t="s">
+        <v>32</v>
       </c>
       <c r="W57" s="23">
-        <v>7.1</v>
+        <v>6.7</v>
       </c>
       <c r="X57" s="23">
-        <v>7.1</v>
+        <v>6.7</v>
       </c>
       <c r="Y57" s="23">
-        <v>7.1</v>
+        <v>6.7</v>
       </c>
       <c r="Z57" s="24"/>
       <c r="AA57" s="23"/>
       <c r="AB57" s="25"/>
     </row>
     <row r="58" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B58" s="39">
-        <v>42522</v>
+        <v>42644</v>
       </c>
       <c r="C58" s="39"/>
       <c r="D58" s="39"/>
       <c r="E58" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F58" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G58" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H58" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I58" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J58" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K58" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L58" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M58" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N58" s="23">
-        <v>150</v>
+        <v>30</v>
       </c>
       <c r="O58" s="23">
-        <v>150</v>
+        <v>30</v>
       </c>
       <c r="P58" s="23">
-        <v>150</v>
+        <v>30</v>
       </c>
       <c r="Q58" s="23" t="s">
         <v>45</v>
       </c>
       <c r="R58" s="23" t="s">
         <v>45</v>
       </c>
       <c r="S58" s="23" t="s">
         <v>45</v>
       </c>
-      <c r="T58" s="23">
-[...6 lines deleted...]
-        <v>2</v>
+      <c r="T58" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="U58" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="V58" s="23" t="s">
+        <v>32</v>
       </c>
       <c r="W58" s="23">
-        <v>7.2</v>
+        <v>8.6</v>
       </c>
       <c r="X58" s="23">
-        <v>7.2</v>
+        <v>8.6</v>
       </c>
       <c r="Y58" s="23">
-        <v>7.2</v>
-[...3 lines deleted...]
-      <c r="AB58" s="30"/>
+        <v>8.6</v>
+      </c>
+      <c r="Z58" s="24"/>
+      <c r="AA58" s="23"/>
+      <c r="AB58" s="25"/>
     </row>
     <row r="59" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B59" s="39">
-        <v>42430</v>
+        <v>42614</v>
       </c>
       <c r="C59" s="39"/>
       <c r="D59" s="39"/>
       <c r="E59" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F59" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G59" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H59" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I59" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J59" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K59" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L59" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M59" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N59" s="23">
-        <v>400</v>
+        <v>55</v>
       </c>
       <c r="O59" s="23">
-        <v>400</v>
+        <v>55</v>
       </c>
       <c r="P59" s="23">
-        <v>400</v>
-[...17 lines deleted...]
-        <v>32</v>
+        <v>55</v>
+      </c>
+      <c r="Q59" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="R59" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="S59" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="T59" s="23">
+        <v>2</v>
+      </c>
+      <c r="U59" s="23">
+        <v>2</v>
+      </c>
+      <c r="V59" s="23">
+        <v>2</v>
       </c>
       <c r="W59" s="23">
-        <v>6.4</v>
+        <v>7.8</v>
       </c>
       <c r="X59" s="23">
-        <v>6.4</v>
+        <v>7.8</v>
       </c>
       <c r="Y59" s="23">
-        <v>6.4</v>
-[...7 lines deleted...]
-      </c>
+        <v>7.8</v>
+      </c>
+      <c r="Z59" s="24"/>
+      <c r="AA59" s="23"/>
+      <c r="AB59" s="25"/>
     </row>
     <row r="60" spans="2:28" x14ac:dyDescent="0.3">
-      <c r="B60" s="32">
-[...3 lines deleted...]
-      <c r="D60" s="32"/>
+      <c r="B60" s="39">
+        <v>42583</v>
+      </c>
+      <c r="C60" s="39"/>
+      <c r="D60" s="39"/>
       <c r="E60" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F60" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G60" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H60" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I60" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J60" s="23" t="s">
         <v>24</v>
       </c>
-      <c r="K60" s="23">
-[...6 lines deleted...]
-        <v>0.06</v>
+      <c r="K60" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L60" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="M60" s="23" t="s">
+        <v>36</v>
       </c>
       <c r="N60" s="23">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="O60" s="23">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="P60" s="23">
-        <v>300</v>
-[...8 lines deleted...]
-        <v>2.1999999999999999E-2</v>
+        <v>100</v>
+      </c>
+      <c r="Q60" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="R60" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="S60" s="23" t="s">
+        <v>45</v>
       </c>
       <c r="T60" s="23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U60" s="23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V60" s="23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W60" s="23">
-        <v>6.7</v>
+        <v>7.5</v>
       </c>
       <c r="X60" s="23">
-        <v>6.7</v>
+        <v>7.5</v>
       </c>
       <c r="Y60" s="23">
-        <v>6.7</v>
-[...3 lines deleted...]
-      <c r="AB60" s="30"/>
+        <v>7.5</v>
+      </c>
+      <c r="Z60" s="24"/>
+      <c r="AA60" s="23"/>
+      <c r="AB60" s="25"/>
     </row>
     <row r="61" spans="2:28" x14ac:dyDescent="0.3">
-      <c r="B61" s="32">
-[...3 lines deleted...]
-      <c r="D61" s="32"/>
+      <c r="B61" s="39">
+        <v>42552</v>
+      </c>
+      <c r="C61" s="39"/>
+      <c r="D61" s="39"/>
       <c r="E61" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F61" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G61" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H61" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I61" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J61" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K61" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L61" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M61" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N61" s="23">
-        <v>25</v>
+        <v>150</v>
       </c>
       <c r="O61" s="23">
-        <v>25</v>
+        <v>150</v>
       </c>
       <c r="P61" s="23">
-        <v>25</v>
+        <v>150</v>
       </c>
       <c r="Q61" s="23">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="R61" s="23">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="S61" s="23">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="T61" s="23">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="U61" s="23">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="V61" s="23">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="W61" s="23">
-        <v>6.9</v>
+        <v>7.1</v>
       </c>
       <c r="X61" s="23">
-        <v>6.9</v>
+        <v>7.1</v>
       </c>
       <c r="Y61" s="23">
-        <v>6.9</v>
-[...3 lines deleted...]
-      <c r="AB61" s="30"/>
+        <v>7.1</v>
+      </c>
+      <c r="Z61" s="24"/>
+      <c r="AA61" s="23"/>
+      <c r="AB61" s="25"/>
     </row>
     <row r="62" spans="2:28" x14ac:dyDescent="0.3">
-      <c r="B62" s="32">
-[...20 lines deleted...]
-        <v>4</v>
+      <c r="B62" s="39">
+        <v>42522</v>
+      </c>
+      <c r="C62" s="39"/>
+      <c r="D62" s="39"/>
+      <c r="E62" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="F62" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="G62" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="H62" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="I62" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="J62" s="23" t="s">
+        <v>24</v>
       </c>
       <c r="K62" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L62" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M62" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N62" s="23">
-        <v>40</v>
+        <v>150</v>
       </c>
       <c r="O62" s="23">
-        <v>40</v>
+        <v>150</v>
       </c>
       <c r="P62" s="23">
-        <v>40</v>
-[...8 lines deleted...]
-        <v>6.9000000000000006E-2</v>
+        <v>150</v>
+      </c>
+      <c r="Q62" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="R62" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="S62" s="23" t="s">
+        <v>45</v>
       </c>
       <c r="T62" s="23">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="U62" s="23">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="V62" s="23">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="W62" s="23">
-        <v>6.8</v>
+        <v>7.2</v>
       </c>
       <c r="X62" s="23">
-        <v>6.8</v>
+        <v>7.2</v>
       </c>
       <c r="Y62" s="23">
-        <v>6.8</v>
-[...3 lines deleted...]
-      <c r="AB62" s="25"/>
+        <v>7.2</v>
+      </c>
+      <c r="Z62" s="28"/>
+      <c r="AA62" s="29"/>
+      <c r="AB62" s="30"/>
     </row>
     <row r="63" spans="2:28" x14ac:dyDescent="0.3">
-      <c r="B63" s="32">
-[...3 lines deleted...]
-      <c r="D63" s="32"/>
+      <c r="B63" s="39">
+        <v>42430</v>
+      </c>
+      <c r="C63" s="39"/>
+      <c r="D63" s="39"/>
       <c r="E63" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F63" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G63" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H63" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I63" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J63" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K63" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L63" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M63" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N63" s="23">
-        <v>80</v>
+        <v>400</v>
       </c>
       <c r="O63" s="23">
-        <v>80</v>
+        <v>400</v>
       </c>
       <c r="P63" s="23">
-        <v>80</v>
+        <v>400</v>
       </c>
       <c r="Q63" s="23">
-        <v>7.0000000000000001E-3</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="R63" s="23">
-        <v>7.0000000000000001E-3</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="S63" s="23">
-        <v>7.0000000000000001E-3</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="T63" s="23" t="s">
         <v>32</v>
       </c>
       <c r="U63" s="23" t="s">
         <v>32</v>
       </c>
       <c r="V63" s="23" t="s">
         <v>32</v>
       </c>
       <c r="W63" s="23">
-        <v>7.7</v>
+        <v>6.4</v>
       </c>
       <c r="X63" s="23">
-        <v>7.7</v>
+        <v>6.4</v>
       </c>
       <c r="Y63" s="23">
-        <v>7.7</v>
-[...3 lines deleted...]
-      <c r="AB63" s="25"/>
+        <v>6.4</v>
+      </c>
+      <c r="Z63" s="28"/>
+      <c r="AA63" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="AB63" s="25" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="64" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B64" s="32">
-        <v>42258</v>
+        <v>42319</v>
       </c>
       <c r="C64" s="32"/>
       <c r="D64" s="32"/>
-      <c r="E64" s="23">
-[...15 lines deleted...]
-        <v>3</v>
+      <c r="E64" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="F64" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="G64" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="H64" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="I64" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="J64" s="23" t="s">
+        <v>24</v>
       </c>
       <c r="K64" s="23">
         <v>0.06</v>
       </c>
       <c r="L64" s="23">
         <v>0.06</v>
       </c>
       <c r="M64" s="23">
         <v>0.06</v>
       </c>
       <c r="N64" s="23">
-        <v>180</v>
+        <v>300</v>
       </c>
       <c r="O64" s="23">
-        <v>180</v>
+        <v>300</v>
       </c>
       <c r="P64" s="23">
-        <v>180</v>
+        <v>300</v>
       </c>
       <c r="Q64" s="23">
-        <v>8.1000000000000003E-2</v>
+        <v>2.1999999999999999E-2</v>
       </c>
       <c r="R64" s="23">
-        <v>8.1000000000000003E-2</v>
+        <v>2.1999999999999999E-2</v>
       </c>
       <c r="S64" s="23">
-        <v>8.1000000000000003E-2</v>
+        <v>2.1999999999999999E-2</v>
       </c>
       <c r="T64" s="23">
         <v>2</v>
       </c>
       <c r="U64" s="23">
         <v>2</v>
       </c>
       <c r="V64" s="23">
         <v>2</v>
       </c>
       <c r="W64" s="23">
-        <v>7.5</v>
+        <v>6.7</v>
       </c>
       <c r="X64" s="23">
-        <v>7.5</v>
+        <v>6.7</v>
       </c>
       <c r="Y64" s="23">
-        <v>7.5</v>
-[...3 lines deleted...]
-      <c r="AB64" s="25"/>
+        <v>6.7</v>
+      </c>
+      <c r="Z64" s="28"/>
+      <c r="AA64" s="29"/>
+      <c r="AB64" s="30"/>
     </row>
     <row r="65" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B65" s="32">
-        <v>42227</v>
+        <v>42288</v>
       </c>
       <c r="C65" s="32"/>
       <c r="D65" s="32"/>
       <c r="E65" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F65" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G65" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H65" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I65" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J65" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K65" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L65" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M65" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N65" s="23">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="O65" s="23">
-        <v>65</v>
+        <v>25</v>
       </c>
       <c r="P65" s="23">
-        <v>80</v>
+        <v>25</v>
       </c>
       <c r="Q65" s="23">
-        <v>2E-3</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="R65" s="23">
-        <v>3.0000000000000001E-3</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="S65" s="23">
-        <v>4.0000000000000001E-3</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="T65" s="23">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="U65" s="23">
-        <v>3.5</v>
+        <v>8</v>
       </c>
       <c r="V65" s="23">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="W65" s="23">
-        <v>7.6</v>
+        <v>6.9</v>
       </c>
       <c r="X65" s="23">
-        <v>7.65</v>
+        <v>6.9</v>
       </c>
       <c r="Y65" s="23">
-        <v>7.7</v>
-[...3 lines deleted...]
-      <c r="AB65" s="25"/>
+        <v>6.9</v>
+      </c>
+      <c r="Z65" s="28"/>
+      <c r="AA65" s="29"/>
+      <c r="AB65" s="30"/>
     </row>
     <row r="66" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B66" s="32">
-        <v>42227</v>
+        <v>42288</v>
       </c>
       <c r="C66" s="32"/>
       <c r="D66" s="32"/>
-      <c r="E66" s="23" t="s">
-[...15 lines deleted...]
-        <v>24</v>
+      <c r="E66" s="23">
+        <v>0.03</v>
+      </c>
+      <c r="F66" s="23">
+        <v>0.03</v>
+      </c>
+      <c r="G66" s="23">
+        <v>0.03</v>
+      </c>
+      <c r="H66" s="23">
+        <v>4</v>
+      </c>
+      <c r="I66" s="23">
+        <v>4</v>
+      </c>
+      <c r="J66" s="23">
+        <v>4</v>
       </c>
       <c r="K66" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L66" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M66" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N66" s="23">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="O66" s="23">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="P66" s="23">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="Q66" s="23">
-        <v>1.2E-2</v>
+        <v>6.9000000000000006E-2</v>
       </c>
       <c r="R66" s="23">
-        <v>1.2E-2</v>
+        <v>6.9000000000000006E-2</v>
       </c>
       <c r="S66" s="23">
-        <v>1.2E-2</v>
+        <v>6.9000000000000006E-2</v>
       </c>
       <c r="T66" s="23">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="U66" s="23">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="V66" s="23">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="W66" s="23">
-        <v>7.4</v>
+        <v>6.8</v>
       </c>
       <c r="X66" s="23">
-        <v>7.4</v>
+        <v>6.8</v>
       </c>
       <c r="Y66" s="23">
-        <v>7.4</v>
+        <v>6.8</v>
       </c>
       <c r="Z66" s="24"/>
       <c r="AA66" s="23"/>
       <c r="AB66" s="25"/>
     </row>
     <row r="67" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B67" s="32">
-        <v>42196</v>
+        <v>42258</v>
       </c>
       <c r="C67" s="32"/>
       <c r="D67" s="32"/>
       <c r="E67" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F67" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G67" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H67" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I67" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J67" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K67" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L67" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M67" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N67" s="23">
-        <v>30</v>
+        <v>80</v>
       </c>
       <c r="O67" s="23">
-        <v>30</v>
+        <v>80</v>
       </c>
       <c r="P67" s="23">
-        <v>30</v>
+        <v>80</v>
       </c>
       <c r="Q67" s="23">
-        <v>3.0000000000000001E-3</v>
+        <v>7.0000000000000001E-3</v>
       </c>
       <c r="R67" s="23">
-        <v>3.0000000000000001E-3</v>
+        <v>7.0000000000000001E-3</v>
       </c>
       <c r="S67" s="23">
-        <v>3.0000000000000001E-3</v>
-[...8 lines deleted...]
-        <v>14</v>
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="T67" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="U67" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="V67" s="23" t="s">
+        <v>32</v>
       </c>
       <c r="W67" s="23">
-        <v>6.2</v>
+        <v>7.7</v>
       </c>
       <c r="X67" s="23">
-        <v>6.2</v>
+        <v>7.7</v>
       </c>
       <c r="Y67" s="23">
-        <v>6.2</v>
+        <v>7.7</v>
       </c>
       <c r="Z67" s="24"/>
       <c r="AA67" s="23"/>
       <c r="AB67" s="25"/>
     </row>
     <row r="68" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B68" s="32">
-        <v>42196</v>
+        <v>42258</v>
       </c>
       <c r="C68" s="32"/>
       <c r="D68" s="32"/>
-      <c r="E68" s="23" t="s">
-[...24 lines deleted...]
-        <v>36</v>
+      <c r="E68" s="23">
+        <v>0.05</v>
+      </c>
+      <c r="F68" s="23">
+        <v>0.05</v>
+      </c>
+      <c r="G68" s="23">
+        <v>0.05</v>
+      </c>
+      <c r="H68" s="23">
+        <v>3</v>
+      </c>
+      <c r="I68" s="23">
+        <v>3</v>
+      </c>
+      <c r="J68" s="23">
+        <v>3</v>
+      </c>
+      <c r="K68" s="23">
+        <v>0.06</v>
+      </c>
+      <c r="L68" s="23">
+        <v>0.06</v>
+      </c>
+      <c r="M68" s="23">
+        <v>0.06</v>
       </c>
       <c r="N68" s="23">
-        <v>30</v>
+        <v>180</v>
       </c>
       <c r="O68" s="23">
-        <v>30</v>
+        <v>180</v>
       </c>
       <c r="P68" s="23">
-        <v>30</v>
+        <v>180</v>
       </c>
       <c r="Q68" s="23">
-        <v>4.0000000000000001E-3</v>
+        <v>8.1000000000000003E-2</v>
       </c>
       <c r="R68" s="23">
-        <v>4.0000000000000001E-3</v>
+        <v>8.1000000000000003E-2</v>
       </c>
       <c r="S68" s="23">
-        <v>4.0000000000000001E-3</v>
+        <v>8.1000000000000003E-2</v>
       </c>
       <c r="T68" s="23">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="U68" s="23">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="V68" s="23">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="W68" s="23">
-        <v>6.8</v>
+        <v>7.5</v>
       </c>
       <c r="X68" s="23">
-        <v>6.8</v>
+        <v>7.5</v>
       </c>
       <c r="Y68" s="23">
-        <v>6.8</v>
+        <v>7.5</v>
       </c>
       <c r="Z68" s="24"/>
       <c r="AA68" s="23"/>
       <c r="AB68" s="25"/>
     </row>
     <row r="69" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B69" s="32">
-        <v>42166</v>
+        <v>42227</v>
       </c>
       <c r="C69" s="32"/>
       <c r="D69" s="32"/>
       <c r="E69" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F69" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G69" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H69" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I69" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J69" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K69" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L69" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M69" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N69" s="23">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="O69" s="23">
-        <v>300</v>
+        <v>65</v>
       </c>
       <c r="P69" s="23">
-        <v>300</v>
+        <v>80</v>
       </c>
       <c r="Q69" s="23">
-        <v>4.0000000000000001E-3</v>
+        <v>2E-3</v>
       </c>
       <c r="R69" s="23">
-        <v>4.0000000000000001E-3</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="S69" s="23">
         <v>4.0000000000000001E-3</v>
       </c>
       <c r="T69" s="23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U69" s="23">
-        <v>2</v>
+        <v>3.5</v>
       </c>
       <c r="V69" s="23">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="W69" s="23">
-        <v>7.3</v>
+        <v>7.6</v>
       </c>
       <c r="X69" s="23">
-        <v>7.3</v>
+        <v>7.65</v>
       </c>
       <c r="Y69" s="23">
-        <v>7.3</v>
+        <v>7.7</v>
       </c>
       <c r="Z69" s="24"/>
       <c r="AA69" s="23"/>
       <c r="AB69" s="25"/>
     </row>
     <row r="70" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B70" s="32">
-        <v>42166</v>
+        <v>42227</v>
       </c>
       <c r="C70" s="32"/>
       <c r="D70" s="32"/>
-      <c r="E70" s="23">
-[...24 lines deleted...]
-        <v>0.4</v>
+      <c r="E70" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="F70" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="G70" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="H70" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="I70" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="J70" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="K70" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L70" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="M70" s="23" t="s">
+        <v>36</v>
       </c>
       <c r="N70" s="23">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="O70" s="23">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="P70" s="23">
-        <v>1000</v>
-[...8 lines deleted...]
-        <v>45</v>
+        <v>50</v>
+      </c>
+      <c r="Q70" s="23">
+        <v>1.2E-2</v>
+      </c>
+      <c r="R70" s="23">
+        <v>1.2E-2</v>
+      </c>
+      <c r="S70" s="23">
+        <v>1.2E-2</v>
       </c>
       <c r="T70" s="23">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="U70" s="23">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="V70" s="23">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="W70" s="23">
-        <v>6.8</v>
+        <v>7.4</v>
       </c>
       <c r="X70" s="23">
-        <v>6.8</v>
+        <v>7.4</v>
       </c>
       <c r="Y70" s="23">
-        <v>6.8</v>
+        <v>7.4</v>
       </c>
       <c r="Z70" s="24"/>
       <c r="AA70" s="23"/>
       <c r="AB70" s="25"/>
     </row>
     <row r="71" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B71" s="32">
-        <v>42135</v>
+        <v>42196</v>
       </c>
       <c r="C71" s="32"/>
       <c r="D71" s="32"/>
       <c r="E71" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F71" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G71" s="23" t="s">
         <v>35</v>
       </c>
-      <c r="H71" s="23">
-[...6 lines deleted...]
-        <v>9</v>
+      <c r="H71" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="I71" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="J71" s="23" t="s">
+        <v>24</v>
       </c>
       <c r="K71" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L71" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M71" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N71" s="23">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="O71" s="23">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="P71" s="23">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="Q71" s="23">
-        <v>3.6999999999999998E-2</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="R71" s="23">
-        <v>3.6999999999999998E-2</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="S71" s="23">
-        <v>3.6999999999999998E-2</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="T71" s="23">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="U71" s="23">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="V71" s="23">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="W71" s="23">
-        <v>6.9</v>
+        <v>6.2</v>
       </c>
       <c r="X71" s="23">
-        <v>6.9</v>
+        <v>6.2</v>
       </c>
       <c r="Y71" s="23">
-        <v>6.9</v>
+        <v>6.2</v>
       </c>
       <c r="Z71" s="24"/>
       <c r="AA71" s="23"/>
       <c r="AB71" s="25"/>
     </row>
     <row r="72" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B72" s="32">
-        <v>42135</v>
+        <v>42196</v>
       </c>
       <c r="C72" s="32"/>
       <c r="D72" s="32"/>
       <c r="E72" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F72" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G72" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H72" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I72" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J72" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K72" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L72" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M72" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N72" s="23">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="O72" s="23">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="P72" s="23">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="Q72" s="23">
-        <v>1.6E-2</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="R72" s="23">
-        <v>1.6E-2</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="S72" s="23">
-        <v>1.6E-2</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="T72" s="23">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="U72" s="23">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="V72" s="23">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="W72" s="23">
-        <v>6.9</v>
+        <v>6.8</v>
       </c>
       <c r="X72" s="23">
-        <v>6.9</v>
+        <v>6.8</v>
       </c>
       <c r="Y72" s="23">
-        <v>6.9</v>
+        <v>6.8</v>
       </c>
       <c r="Z72" s="24"/>
       <c r="AA72" s="23"/>
       <c r="AB72" s="25"/>
     </row>
     <row r="73" spans="2:28" x14ac:dyDescent="0.3">
-      <c r="B73" s="39">
-[...3 lines deleted...]
-      <c r="D73" s="39"/>
+      <c r="B73" s="32">
+        <v>42166</v>
+      </c>
+      <c r="C73" s="32"/>
+      <c r="D73" s="32"/>
       <c r="E73" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F73" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G73" s="23" t="s">
         <v>35</v>
       </c>
-      <c r="H73" s="23">
-[...6 lines deleted...]
-        <v>5</v>
+      <c r="H73" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="I73" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="J73" s="23" t="s">
+        <v>24</v>
       </c>
       <c r="K73" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L73" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M73" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N73" s="23">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="O73" s="23">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="P73" s="23">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="Q73" s="23">
-        <v>1.2E-2</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="R73" s="23">
-        <v>1.2E-2</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="S73" s="23">
-        <v>1.2E-2</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="T73" s="23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U73" s="23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V73" s="23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W73" s="23">
-        <v>6.9</v>
+        <v>7.3</v>
       </c>
       <c r="X73" s="23">
-        <v>6.9</v>
+        <v>7.3</v>
       </c>
       <c r="Y73" s="23">
-        <v>6.9</v>
+        <v>7.3</v>
       </c>
       <c r="Z73" s="24"/>
       <c r="AA73" s="23"/>
       <c r="AB73" s="25"/>
     </row>
     <row r="74" spans="2:28" x14ac:dyDescent="0.3">
-      <c r="B74" s="39">
-[...29 lines deleted...]
-        <v>36</v>
+      <c r="B74" s="32">
+        <v>42166</v>
+      </c>
+      <c r="C74" s="32"/>
+      <c r="D74" s="32"/>
+      <c r="E74" s="23">
+        <v>0.33</v>
+      </c>
+      <c r="F74" s="23">
+        <v>0.33</v>
+      </c>
+      <c r="G74" s="23">
+        <v>0.33</v>
+      </c>
+      <c r="H74" s="23">
+        <v>11</v>
+      </c>
+      <c r="I74" s="23">
+        <v>11</v>
+      </c>
+      <c r="J74" s="23">
+        <v>11</v>
+      </c>
+      <c r="K74" s="23">
+        <v>0.4</v>
+      </c>
+      <c r="L74" s="23">
+        <v>0.4</v>
+      </c>
+      <c r="M74" s="23">
+        <v>0.4</v>
       </c>
       <c r="N74" s="23">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="O74" s="23">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="P74" s="23">
-        <v>200</v>
-[...17 lines deleted...]
-        <v>32</v>
+        <v>1000</v>
+      </c>
+      <c r="Q74" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="R74" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="S74" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="T74" s="23">
+        <v>9</v>
+      </c>
+      <c r="U74" s="23">
+        <v>9</v>
+      </c>
+      <c r="V74" s="23">
+        <v>9</v>
       </c>
       <c r="W74" s="23">
-        <v>2.9</v>
+        <v>6.8</v>
       </c>
       <c r="X74" s="23">
-        <v>2.9</v>
+        <v>6.8</v>
       </c>
       <c r="Y74" s="23">
-        <v>2.9</v>
+        <v>6.8</v>
       </c>
       <c r="Z74" s="24"/>
       <c r="AA74" s="23"/>
       <c r="AB74" s="25"/>
     </row>
     <row r="75" spans="2:28" x14ac:dyDescent="0.3">
-      <c r="B75" s="39">
-[...3 lines deleted...]
-      <c r="D75" s="39"/>
+      <c r="B75" s="32">
+        <v>42135</v>
+      </c>
+      <c r="C75" s="32"/>
+      <c r="D75" s="32"/>
       <c r="E75" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F75" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G75" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H75" s="23">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="I75" s="23">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="J75" s="23">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="K75" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L75" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M75" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N75" s="23">
-        <v>300</v>
+        <v>75</v>
       </c>
       <c r="O75" s="23">
-        <v>300</v>
+        <v>75</v>
       </c>
       <c r="P75" s="23">
-        <v>300</v>
+        <v>75</v>
       </c>
       <c r="Q75" s="23">
-        <v>2.4E-2</v>
+        <v>3.6999999999999998E-2</v>
       </c>
       <c r="R75" s="23">
-        <v>2.4E-2</v>
+        <v>3.6999999999999998E-2</v>
       </c>
       <c r="S75" s="23">
-        <v>2.4E-2</v>
+        <v>3.6999999999999998E-2</v>
       </c>
       <c r="T75" s="23">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="U75" s="23">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="V75" s="23">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="W75" s="23">
-        <v>7</v>
+        <v>6.9</v>
       </c>
       <c r="X75" s="23">
-        <v>7</v>
+        <v>6.9</v>
       </c>
       <c r="Y75" s="23">
-        <v>7</v>
+        <v>6.9</v>
       </c>
       <c r="Z75" s="24"/>
       <c r="AA75" s="23"/>
       <c r="AB75" s="25"/>
     </row>
     <row r="76" spans="2:28" x14ac:dyDescent="0.3">
-      <c r="B76" s="39">
-[...3 lines deleted...]
-      <c r="D76" s="39"/>
+      <c r="B76" s="32">
+        <v>42135</v>
+      </c>
+      <c r="C76" s="32"/>
+      <c r="D76" s="32"/>
       <c r="E76" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F76" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G76" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H76" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I76" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J76" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K76" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L76" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M76" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N76" s="23">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="O76" s="23">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="P76" s="23">
-        <v>40</v>
-[...17 lines deleted...]
-        <v>32</v>
+        <v>100</v>
+      </c>
+      <c r="Q76" s="23">
+        <v>1.6E-2</v>
+      </c>
+      <c r="R76" s="23">
+        <v>1.6E-2</v>
+      </c>
+      <c r="S76" s="23">
+        <v>1.6E-2</v>
+      </c>
+      <c r="T76" s="23">
+        <v>1</v>
+      </c>
+      <c r="U76" s="23">
+        <v>1</v>
+      </c>
+      <c r="V76" s="23">
+        <v>1</v>
       </c>
       <c r="W76" s="23">
-        <v>7.6</v>
+        <v>6.9</v>
       </c>
       <c r="X76" s="23">
-        <v>7.6</v>
+        <v>6.9</v>
       </c>
       <c r="Y76" s="23">
-        <v>7.6</v>
+        <v>6.9</v>
       </c>
       <c r="Z76" s="24"/>
       <c r="AA76" s="23"/>
       <c r="AB76" s="25"/>
     </row>
     <row r="77" spans="2:28" x14ac:dyDescent="0.3">
-      <c r="B77" s="1"/>
-[...1 lines deleted...]
-      <c r="D77" s="1"/>
+      <c r="B77" s="39">
+        <v>42105</v>
+      </c>
+      <c r="C77" s="39"/>
+      <c r="D77" s="39"/>
+      <c r="E77" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="F77" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="G77" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="H77" s="23">
+        <v>5</v>
+      </c>
+      <c r="I77" s="23">
+        <v>5</v>
+      </c>
+      <c r="J77" s="23">
+        <v>5</v>
+      </c>
+      <c r="K77" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L77" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="M77" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="N77" s="23">
+        <v>200</v>
+      </c>
+      <c r="O77" s="23">
+        <v>200</v>
+      </c>
+      <c r="P77" s="23">
+        <v>200</v>
+      </c>
+      <c r="Q77" s="23">
+        <v>1.2E-2</v>
+      </c>
+      <c r="R77" s="23">
+        <v>1.2E-2</v>
+      </c>
+      <c r="S77" s="23">
+        <v>1.2E-2</v>
+      </c>
+      <c r="T77" s="23">
+        <v>3</v>
+      </c>
+      <c r="U77" s="23">
+        <v>3</v>
+      </c>
+      <c r="V77" s="23">
+        <v>3</v>
+      </c>
+      <c r="W77" s="23">
+        <v>6.9</v>
+      </c>
+      <c r="X77" s="23">
+        <v>6.9</v>
+      </c>
+      <c r="Y77" s="23">
+        <v>6.9</v>
+      </c>
+      <c r="Z77" s="24"/>
+      <c r="AA77" s="23"/>
+      <c r="AB77" s="25"/>
     </row>
     <row r="78" spans="2:28" x14ac:dyDescent="0.3">
-      <c r="B78" s="1"/>
-[...1 lines deleted...]
-      <c r="D78" s="1"/>
+      <c r="B78" s="39">
+        <v>42105</v>
+      </c>
+      <c r="C78" s="39"/>
+      <c r="D78" s="39"/>
+      <c r="E78" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="F78" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="G78" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="H78" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="I78" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="J78" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="K78" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L78" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="M78" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="N78" s="23">
+        <v>200</v>
+      </c>
+      <c r="O78" s="23">
+        <v>200</v>
+      </c>
+      <c r="P78" s="23">
+        <v>200</v>
+      </c>
+      <c r="Q78" s="23">
+        <v>7.3999999999999996E-2</v>
+      </c>
+      <c r="R78" s="23">
+        <v>7.3999999999999996E-2</v>
+      </c>
+      <c r="S78" s="23">
+        <v>7.3999999999999996E-2</v>
+      </c>
+      <c r="T78" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="U78" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="V78" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="W78" s="23">
+        <v>2.9</v>
+      </c>
+      <c r="X78" s="23">
+        <v>2.9</v>
+      </c>
+      <c r="Y78" s="23">
+        <v>2.9</v>
+      </c>
+      <c r="Z78" s="24"/>
+      <c r="AA78" s="23"/>
+      <c r="AB78" s="25"/>
     </row>
     <row r="79" spans="2:28" x14ac:dyDescent="0.3">
-      <c r="B79" s="2"/>
-[...1 lines deleted...]
-      <c r="D79" s="2"/>
+      <c r="B79" s="39">
+        <v>41893</v>
+      </c>
+      <c r="C79" s="39"/>
+      <c r="D79" s="39"/>
+      <c r="E79" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="F79" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="G79" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="H79" s="23">
+        <v>2</v>
+      </c>
+      <c r="I79" s="23">
+        <v>2</v>
+      </c>
+      <c r="J79" s="23">
+        <v>2</v>
+      </c>
+      <c r="K79" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L79" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="M79" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="N79" s="23">
+        <v>300</v>
+      </c>
+      <c r="O79" s="23">
+        <v>300</v>
+      </c>
+      <c r="P79" s="23">
+        <v>300</v>
+      </c>
+      <c r="Q79" s="23">
+        <v>2.4E-2</v>
+      </c>
+      <c r="R79" s="23">
+        <v>2.4E-2</v>
+      </c>
+      <c r="S79" s="23">
+        <v>2.4E-2</v>
+      </c>
+      <c r="T79" s="23">
+        <v>4</v>
+      </c>
+      <c r="U79" s="23">
+        <v>4</v>
+      </c>
+      <c r="V79" s="23">
+        <v>4</v>
+      </c>
+      <c r="W79" s="23">
+        <v>7</v>
+      </c>
+      <c r="X79" s="23">
+        <v>7</v>
+      </c>
+      <c r="Y79" s="23">
+        <v>7</v>
+      </c>
+      <c r="Z79" s="24"/>
+      <c r="AA79" s="23"/>
+      <c r="AB79" s="25"/>
     </row>
     <row r="80" spans="2:28" x14ac:dyDescent="0.3">
-      <c r="B80" s="2"/>
-[...1 lines deleted...]
-      <c r="D80" s="2"/>
+      <c r="B80" s="39">
+        <v>41824</v>
+      </c>
+      <c r="C80" s="39"/>
+      <c r="D80" s="39"/>
+      <c r="E80" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="F80" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="G80" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="H80" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="I80" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="J80" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="K80" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L80" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="M80" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="N80" s="23">
+        <v>40</v>
+      </c>
+      <c r="O80" s="23">
+        <v>40</v>
+      </c>
+      <c r="P80" s="23">
+        <v>40</v>
+      </c>
+      <c r="Q80" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="R80" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="S80" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="T80" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="U80" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="V80" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="W80" s="23">
+        <v>7.6</v>
+      </c>
+      <c r="X80" s="23">
+        <v>7.6</v>
+      </c>
+      <c r="Y80" s="23">
+        <v>7.6</v>
+      </c>
+      <c r="Z80" s="24"/>
+      <c r="AA80" s="23"/>
+      <c r="AB80" s="25"/>
     </row>
     <row r="81" spans="2:4" x14ac:dyDescent="0.3">
-      <c r="B81" s="2"/>
-[...1 lines deleted...]
-      <c r="D81" s="2"/>
+      <c r="B81" s="1"/>
+      <c r="C81" s="1"/>
+      <c r="D81" s="1"/>
     </row>
     <row r="82" spans="2:4" x14ac:dyDescent="0.3">
-      <c r="B82" s="2"/>
-[...1 lines deleted...]
-      <c r="D82" s="2"/>
+      <c r="B82" s="1"/>
+      <c r="C82" s="1"/>
+      <c r="D82" s="1"/>
+    </row>
+    <row r="83" spans="2:4" x14ac:dyDescent="0.3">
+      <c r="B83" s="2"/>
+      <c r="C83" s="2"/>
+      <c r="D83" s="2"/>
+    </row>
+    <row r="84" spans="2:4" x14ac:dyDescent="0.3">
+      <c r="B84" s="2"/>
+      <c r="C84" s="2"/>
+      <c r="D84" s="2"/>
+    </row>
+    <row r="85" spans="2:4" x14ac:dyDescent="0.3">
+      <c r="B85" s="2"/>
+      <c r="C85" s="2"/>
+      <c r="D85" s="2"/>
+    </row>
+    <row r="86" spans="2:4" x14ac:dyDescent="0.3">
+      <c r="B86" s="2"/>
+      <c r="C86" s="2"/>
+      <c r="D86" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="27">
-    <mergeCell ref="B45:AB45"/>
+    <mergeCell ref="B49:AB49"/>
     <mergeCell ref="D6:D8"/>
     <mergeCell ref="B9:AB9"/>
     <mergeCell ref="T6:V6"/>
     <mergeCell ref="W6:Y6"/>
     <mergeCell ref="Z6:Z8"/>
     <mergeCell ref="AA6:AA8"/>
     <mergeCell ref="AB6:AB8"/>
     <mergeCell ref="E7:G7"/>
     <mergeCell ref="H7:J7"/>
     <mergeCell ref="K7:M7"/>
     <mergeCell ref="N7:P7"/>
     <mergeCell ref="Q7:S7"/>
     <mergeCell ref="B10:AB10"/>
     <mergeCell ref="B3:AB3"/>
     <mergeCell ref="B4:AB4"/>
     <mergeCell ref="B5:Z5"/>
     <mergeCell ref="AA5:AB5"/>
     <mergeCell ref="B6:B8"/>
     <mergeCell ref="E6:G6"/>
     <mergeCell ref="H6:J6"/>
     <mergeCell ref="K6:M6"/>
     <mergeCell ref="N6:P6"/>
     <mergeCell ref="Q6:S6"/>
     <mergeCell ref="T7:V7"/>
     <mergeCell ref="W7:Y7"/>
     <mergeCell ref="C6:C8"/>
   </mergeCells>
-  <phoneticPr fontId="5" type="noConversion"/>
+  <phoneticPr fontId="4" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="B4:AB4" r:id="rId1" display="Link to EPA Public Registers     https://www.epa.nsw.gov.au/licensing-and-regulation/public-registers" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="B2:AB21"/>
+  <dimension ref="B2:AB22"/>
   <sheetViews>
     <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="Y9" sqref="Y9"/>
+      <selection activeCell="B2" sqref="B2:P4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="2" max="2" width="11.88671875" customWidth="1"/>
+    <col min="2" max="2" width="13.88671875" customWidth="1"/>
     <col min="3" max="3" width="15" customWidth="1"/>
     <col min="4" max="4" width="17.6640625" customWidth="1"/>
     <col min="14" max="14" width="30.6640625" customWidth="1"/>
     <col min="15" max="15" width="25.6640625" customWidth="1"/>
     <col min="16" max="16" width="17.5546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:28" ht="78" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B2" s="143" t="s">
+      <c r="B2" s="136" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="143"/>
-[...12 lines deleted...]
-      <c r="P2" s="143"/>
+      <c r="C2" s="136"/>
+      <c r="D2" s="136"/>
+      <c r="E2" s="136"/>
+      <c r="F2" s="136"/>
+      <c r="G2" s="136"/>
+      <c r="H2" s="136"/>
+      <c r="I2" s="136"/>
+      <c r="J2" s="136"/>
+      <c r="K2" s="136"/>
+      <c r="L2" s="136"/>
+      <c r="M2" s="136"/>
+      <c r="N2" s="136"/>
+      <c r="O2" s="136"/>
+      <c r="P2" s="136"/>
       <c r="Q2" s="4"/>
       <c r="R2" s="4"/>
       <c r="S2" s="4"/>
       <c r="T2" s="4"/>
       <c r="U2" s="4"/>
       <c r="V2" s="4"/>
       <c r="W2" s="4"/>
       <c r="X2" s="4"/>
       <c r="Y2" s="4"/>
       <c r="Z2" s="4"/>
       <c r="AA2" s="4"/>
       <c r="AB2" s="4"/>
     </row>
     <row r="3" spans="2:28" ht="39" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B3" s="144" t="s">
+      <c r="B3" s="137" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="144"/>
-[...12 lines deleted...]
-      <c r="P3" s="144"/>
+      <c r="C3" s="137"/>
+      <c r="D3" s="137"/>
+      <c r="E3" s="137"/>
+      <c r="F3" s="137"/>
+      <c r="G3" s="137"/>
+      <c r="H3" s="137"/>
+      <c r="I3" s="137"/>
+      <c r="J3" s="137"/>
+      <c r="K3" s="137"/>
+      <c r="L3" s="137"/>
+      <c r="M3" s="137"/>
+      <c r="N3" s="137"/>
+      <c r="O3" s="137"/>
+      <c r="P3" s="137"/>
     </row>
     <row r="4" spans="2:28" ht="67.2" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B4" s="145" t="s">
+      <c r="B4" s="136" t="s">
         <v>55</v>
       </c>
-      <c r="C4" s="145"/>
-[...11 lines deleted...]
-      <c r="O4" s="146" t="s">
+      <c r="C4" s="136"/>
+      <c r="D4" s="136"/>
+      <c r="E4" s="136"/>
+      <c r="F4" s="136"/>
+      <c r="G4" s="136"/>
+      <c r="H4" s="136"/>
+      <c r="I4" s="136"/>
+      <c r="J4" s="136"/>
+      <c r="K4" s="136"/>
+      <c r="L4" s="136"/>
+      <c r="M4" s="136"/>
+      <c r="N4" s="136"/>
+      <c r="O4" s="138" t="s">
         <v>3</v>
       </c>
-      <c r="P4" s="146"/>
+      <c r="P4" s="138"/>
     </row>
     <row r="5" spans="2:28" ht="23.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B5" s="137" t="s">
+      <c r="B5" s="114" t="s">
         <v>4</v>
       </c>
-      <c r="C5" s="137" t="s">
+      <c r="C5" s="114" t="s">
         <v>5</v>
       </c>
-      <c r="D5" s="137" t="s">
+      <c r="D5" s="114" t="s">
         <v>6</v>
       </c>
-      <c r="E5" s="136" t="s">
+      <c r="E5" s="113" t="s">
         <v>56</v>
       </c>
-      <c r="F5" s="136"/>
-[...1 lines deleted...]
-      <c r="H5" s="136" t="s">
+      <c r="F5" s="113"/>
+      <c r="G5" s="113"/>
+      <c r="H5" s="113" t="s">
         <v>57</v>
       </c>
-      <c r="I5" s="136"/>
-[...1 lines deleted...]
-      <c r="K5" s="136" t="s">
+      <c r="I5" s="113"/>
+      <c r="J5" s="113"/>
+      <c r="K5" s="113" t="s">
         <v>58</v>
       </c>
-      <c r="L5" s="136"/>
-[...1 lines deleted...]
-      <c r="N5" s="138" t="s">
+      <c r="L5" s="113"/>
+      <c r="M5" s="113"/>
+      <c r="N5" s="115" t="s">
         <v>14</v>
       </c>
-      <c r="O5" s="139" t="s">
+      <c r="O5" s="116" t="s">
         <v>15</v>
       </c>
-      <c r="P5" s="140" t="s">
+      <c r="P5" s="117" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="2:28" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B6" s="137"/>
-[...2 lines deleted...]
-      <c r="E6" s="136" t="s">
+      <c r="B6" s="114"/>
+      <c r="C6" s="114"/>
+      <c r="D6" s="114"/>
+      <c r="E6" s="113" t="s">
         <v>17</v>
       </c>
-      <c r="F6" s="136"/>
-[...1 lines deleted...]
-      <c r="H6" s="136" t="s">
+      <c r="F6" s="113"/>
+      <c r="G6" s="113"/>
+      <c r="H6" s="113" t="s">
         <v>17</v>
       </c>
-      <c r="I6" s="136"/>
-[...1 lines deleted...]
-      <c r="K6" s="136" t="s">
+      <c r="I6" s="113"/>
+      <c r="J6" s="113"/>
+      <c r="K6" s="113" t="s">
         <v>17</v>
       </c>
-      <c r="L6" s="136"/>
-[...3 lines deleted...]
-      <c r="P6" s="140"/>
+      <c r="L6" s="113"/>
+      <c r="M6" s="113"/>
+      <c r="N6" s="115"/>
+      <c r="O6" s="116"/>
+      <c r="P6" s="117"/>
     </row>
     <row r="7" spans="2:28" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B7" s="137"/>
-[...1 lines deleted...]
-      <c r="D7" s="137"/>
+      <c r="B7" s="114"/>
+      <c r="C7" s="114"/>
+      <c r="D7" s="114"/>
       <c r="E7" s="21" t="s">
         <v>18</v>
       </c>
       <c r="F7" s="21" t="s">
         <v>19</v>
       </c>
       <c r="G7" s="21" t="s">
         <v>20</v>
       </c>
       <c r="H7" s="21" t="s">
         <v>18</v>
       </c>
       <c r="I7" s="21" t="s">
         <v>19</v>
       </c>
       <c r="J7" s="21" t="s">
         <v>20</v>
       </c>
       <c r="K7" s="21" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="21" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="21" t="s">
         <v>20</v>
       </c>
-      <c r="N7" s="138"/>
-[...1 lines deleted...]
-      <c r="P7" s="140"/>
+      <c r="N7" s="115"/>
+      <c r="O7" s="116"/>
+      <c r="P7" s="117"/>
     </row>
     <row r="8" spans="2:28" ht="55.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B8" s="134" t="s">
+      <c r="B8" s="111" t="s">
         <v>59</v>
       </c>
-      <c r="C8" s="134"/>
-[...12 lines deleted...]
-      <c r="P8" s="135"/>
+      <c r="C8" s="111"/>
+      <c r="D8" s="112"/>
+      <c r="E8" s="112"/>
+      <c r="F8" s="112"/>
+      <c r="G8" s="112"/>
+      <c r="H8" s="112"/>
+      <c r="I8" s="112"/>
+      <c r="J8" s="112"/>
+      <c r="K8" s="112"/>
+      <c r="L8" s="112"/>
+      <c r="M8" s="112"/>
+      <c r="N8" s="112"/>
+      <c r="O8" s="112"/>
+      <c r="P8" s="112"/>
     </row>
     <row r="9" spans="2:28" ht="55.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B9" s="141" t="s">
+      <c r="B9" s="118" t="s">
         <v>22</v>
       </c>
-      <c r="C9" s="141"/>
-[...14 lines deleted...]
-    <row r="10" spans="2:28" x14ac:dyDescent="0.3">
+      <c r="C9" s="118"/>
+      <c r="D9" s="119"/>
+      <c r="E9" s="119"/>
+      <c r="F9" s="119"/>
+      <c r="G9" s="119"/>
+      <c r="H9" s="119"/>
+      <c r="I9" s="119"/>
+      <c r="J9" s="119"/>
+      <c r="K9" s="119"/>
+      <c r="L9" s="119"/>
+      <c r="M9" s="119"/>
+      <c r="N9" s="119"/>
+      <c r="O9" s="119"/>
+      <c r="P9" s="119"/>
+    </row>
+    <row r="10" spans="2:28" ht="36.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B10" s="22"/>
       <c r="C10" s="22"/>
       <c r="D10" s="22"/>
       <c r="E10" s="23"/>
       <c r="F10" s="23"/>
       <c r="G10" s="23"/>
       <c r="H10" s="23"/>
       <c r="I10" s="23"/>
       <c r="J10" s="23"/>
       <c r="K10" s="23"/>
       <c r="L10" s="23"/>
       <c r="M10" s="23"/>
       <c r="N10" s="24"/>
       <c r="O10" s="23"/>
       <c r="P10" s="25"/>
     </row>
-    <row r="11" spans="2:28" x14ac:dyDescent="0.3">
-[...8 lines deleted...]
-      </c>
+    <row r="11" spans="2:28" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B11" s="22"/>
+      <c r="C11" s="22"/>
+      <c r="D11" s="22"/>
       <c r="E11" s="23"/>
       <c r="F11" s="23"/>
       <c r="G11" s="23"/>
       <c r="H11" s="23"/>
       <c r="I11" s="23"/>
       <c r="J11" s="23"/>
       <c r="K11" s="23"/>
       <c r="L11" s="23"/>
       <c r="M11" s="23"/>
-      <c r="N11" s="24" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N11" s="24"/>
       <c r="O11" s="23"/>
       <c r="P11" s="25"/>
     </row>
-    <row r="12" spans="2:28" x14ac:dyDescent="0.3">
+    <row r="12" spans="2:28" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B12" s="22">
-        <v>45268</v>
+        <v>45841</v>
       </c>
       <c r="C12" s="22">
-        <v>44943</v>
+        <v>45863</v>
       </c>
       <c r="D12" s="22">
-        <v>44943</v>
+        <v>45903</v>
       </c>
       <c r="E12" s="23"/>
       <c r="F12" s="23"/>
       <c r="G12" s="23"/>
       <c r="H12" s="23"/>
       <c r="I12" s="23"/>
       <c r="J12" s="23"/>
       <c r="K12" s="23"/>
       <c r="L12" s="23"/>
       <c r="M12" s="23"/>
       <c r="N12" s="24" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="O12" s="23"/>
       <c r="P12" s="25"/>
     </row>
     <row r="13" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B13" s="22">
-        <v>45030</v>
-[...2 lines deleted...]
-      <c r="D13" s="26"/>
+        <v>45447</v>
+      </c>
+      <c r="C13" s="22">
+        <v>45463</v>
+      </c>
+      <c r="D13" s="22">
+        <v>45463</v>
+      </c>
       <c r="E13" s="23"/>
       <c r="F13" s="23"/>
       <c r="G13" s="23"/>
       <c r="H13" s="23"/>
       <c r="I13" s="23"/>
       <c r="J13" s="23"/>
       <c r="K13" s="23"/>
       <c r="L13" s="23"/>
       <c r="M13" s="23"/>
       <c r="N13" s="24" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="O13" s="23"/>
       <c r="P13" s="25"/>
     </row>
     <row r="14" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B14" s="22">
-        <v>44571</v>
-[...2 lines deleted...]
-      <c r="D14" s="26"/>
+        <v>45268</v>
+      </c>
+      <c r="C14" s="22">
+        <v>44943</v>
+      </c>
+      <c r="D14" s="22">
+        <v>44943</v>
+      </c>
       <c r="E14" s="23"/>
       <c r="F14" s="23"/>
       <c r="G14" s="23"/>
       <c r="H14" s="23"/>
       <c r="I14" s="23"/>
       <c r="J14" s="23"/>
       <c r="K14" s="23"/>
       <c r="L14" s="23"/>
       <c r="M14" s="23"/>
       <c r="N14" s="24" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="O14" s="23"/>
       <c r="P14" s="25"/>
     </row>
     <row r="15" spans="2:28" x14ac:dyDescent="0.3">
-      <c r="B15" s="26">
-        <v>2021</v>
+      <c r="B15" s="22">
+        <v>45030</v>
       </c>
       <c r="C15" s="26"/>
       <c r="D15" s="26"/>
       <c r="E15" s="23"/>
       <c r="F15" s="23"/>
       <c r="G15" s="23"/>
       <c r="H15" s="23"/>
       <c r="I15" s="23"/>
       <c r="J15" s="23"/>
       <c r="K15" s="23"/>
       <c r="L15" s="23"/>
       <c r="M15" s="23"/>
       <c r="N15" s="24" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="O15" s="23"/>
       <c r="P15" s="25"/>
     </row>
     <row r="16" spans="2:28" x14ac:dyDescent="0.3">
-      <c r="B16" s="26">
-[...7 lines deleted...]
-      </c>
+      <c r="B16" s="22">
+        <v>44571</v>
+      </c>
+      <c r="C16" s="26"/>
+      <c r="D16" s="26"/>
       <c r="E16" s="23"/>
       <c r="F16" s="23"/>
       <c r="G16" s="23"/>
       <c r="H16" s="23"/>
       <c r="I16" s="23"/>
       <c r="J16" s="23"/>
       <c r="K16" s="23"/>
       <c r="L16" s="23"/>
       <c r="M16" s="23"/>
       <c r="N16" s="24" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="O16" s="23"/>
       <c r="P16" s="25"/>
     </row>
     <row r="17" spans="2:16" x14ac:dyDescent="0.3">
-      <c r="B17" s="115" t="s">
-[...15 lines deleted...]
-      <c r="P17" s="115"/>
+      <c r="B17" s="26">
+        <v>2021</v>
+      </c>
+      <c r="C17" s="26"/>
+      <c r="D17" s="26"/>
+      <c r="E17" s="23"/>
+      <c r="F17" s="23"/>
+      <c r="G17" s="23"/>
+      <c r="H17" s="23"/>
+      <c r="I17" s="23"/>
+      <c r="J17" s="23"/>
+      <c r="K17" s="23"/>
+      <c r="L17" s="23"/>
+      <c r="M17" s="23"/>
+      <c r="N17" s="24" t="s">
+        <v>63</v>
+      </c>
+      <c r="O17" s="23"/>
+      <c r="P17" s="25"/>
     </row>
     <row r="18" spans="2:16" x14ac:dyDescent="0.3">
       <c r="B18" s="26">
-        <v>2019</v>
-[...2 lines deleted...]
-      <c r="D18" s="26"/>
+        <v>2020</v>
+      </c>
+      <c r="C18" s="22" t="s">
+        <v>64</v>
+      </c>
+      <c r="D18" s="22" t="s">
+        <v>64</v>
+      </c>
       <c r="E18" s="23"/>
       <c r="F18" s="23"/>
       <c r="G18" s="23"/>
       <c r="H18" s="23"/>
       <c r="I18" s="23"/>
       <c r="J18" s="23"/>
       <c r="K18" s="23"/>
       <c r="L18" s="23"/>
       <c r="M18" s="23"/>
       <c r="N18" s="24" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="O18" s="23"/>
       <c r="P18" s="25"/>
     </row>
     <row r="19" spans="2:16" x14ac:dyDescent="0.3">
-      <c r="B19" s="26">
+      <c r="B19" s="92" t="s">
+        <v>34</v>
+      </c>
+      <c r="C19" s="92"/>
+      <c r="D19" s="92"/>
+      <c r="E19" s="92"/>
+      <c r="F19" s="92"/>
+      <c r="G19" s="92"/>
+      <c r="H19" s="92"/>
+      <c r="I19" s="92"/>
+      <c r="J19" s="92"/>
+      <c r="K19" s="92"/>
+      <c r="L19" s="92"/>
+      <c r="M19" s="92"/>
+      <c r="N19" s="92"/>
+      <c r="O19" s="92"/>
+      <c r="P19" s="92"/>
+    </row>
+    <row r="20" spans="2:16" x14ac:dyDescent="0.3">
+      <c r="B20" s="26">
+        <v>2019</v>
+      </c>
+      <c r="C20" s="26"/>
+      <c r="D20" s="26"/>
+      <c r="E20" s="23"/>
+      <c r="F20" s="23"/>
+      <c r="G20" s="23"/>
+      <c r="H20" s="23"/>
+      <c r="I20" s="23"/>
+      <c r="J20" s="23"/>
+      <c r="K20" s="23"/>
+      <c r="L20" s="23"/>
+      <c r="M20" s="23"/>
+      <c r="N20" s="24" t="s">
+        <v>66</v>
+      </c>
+      <c r="O20" s="23"/>
+      <c r="P20" s="25"/>
+    </row>
+    <row r="21" spans="2:16" x14ac:dyDescent="0.3">
+      <c r="B21" s="26">
         <v>2018</v>
       </c>
-      <c r="C19" s="26"/>
-[...10 lines deleted...]
-      <c r="N19" s="24" t="s">
+      <c r="C21" s="26"/>
+      <c r="D21" s="26"/>
+      <c r="E21" s="23"/>
+      <c r="F21" s="23"/>
+      <c r="G21" s="23"/>
+      <c r="H21" s="23"/>
+      <c r="I21" s="23"/>
+      <c r="J21" s="23"/>
+      <c r="K21" s="23"/>
+      <c r="L21" s="23"/>
+      <c r="M21" s="23"/>
+      <c r="N21" s="24" t="s">
         <v>67</v>
       </c>
-      <c r="O19" s="23"/>
-[...24 lines deleted...]
-      <c r="B21" s="27">
+      <c r="O21" s="23"/>
+      <c r="P21" s="25"/>
+    </row>
+    <row r="22" spans="2:16" ht="144" x14ac:dyDescent="0.3">
+      <c r="B22" s="27">
         <v>43075</v>
       </c>
-      <c r="C21" s="27"/>
-[...1 lines deleted...]
-      <c r="E21" s="29">
+      <c r="C22" s="27"/>
+      <c r="D22" s="27"/>
+      <c r="E22" s="29">
         <v>810</v>
       </c>
-      <c r="F21" s="29">
+      <c r="F22" s="29">
         <v>810</v>
       </c>
-      <c r="G21" s="29">
+      <c r="G22" s="29">
         <v>810</v>
       </c>
-      <c r="H21" s="133" t="s">
+      <c r="H22" s="110" t="s">
         <v>68</v>
       </c>
-      <c r="I21" s="133"/>
-[...1 lines deleted...]
-      <c r="K21" s="29">
+      <c r="I22" s="110"/>
+      <c r="J22" s="110"/>
+      <c r="K22" s="29">
         <v>1420</v>
       </c>
-      <c r="L21" s="29">
+      <c r="L22" s="29">
         <v>1420</v>
       </c>
-      <c r="M21" s="29">
+      <c r="M22" s="29">
         <v>1420</v>
       </c>
-      <c r="N21" s="23" t="s">
+      <c r="N22" s="23" t="s">
         <v>69</v>
       </c>
-      <c r="O21" s="26"/>
-      <c r="P21" s="31"/>
+      <c r="O22" s="26"/>
+      <c r="P22" s="31"/>
     </row>
   </sheetData>
   <mergeCells count="20">
+    <mergeCell ref="B9:P9"/>
+    <mergeCell ref="C5:C7"/>
+    <mergeCell ref="B19:P19"/>
+    <mergeCell ref="D5:D7"/>
     <mergeCell ref="B2:P2"/>
     <mergeCell ref="B3:P3"/>
     <mergeCell ref="B4:N4"/>
     <mergeCell ref="O4:P4"/>
-    <mergeCell ref="H21:J21"/>
+    <mergeCell ref="H22:J22"/>
     <mergeCell ref="B8:P8"/>
     <mergeCell ref="K5:M5"/>
     <mergeCell ref="H5:J5"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="B5:B7"/>
     <mergeCell ref="N5:N7"/>
     <mergeCell ref="O5:O7"/>
     <mergeCell ref="P5:P7"/>
     <mergeCell ref="E6:G6"/>
     <mergeCell ref="H6:J6"/>
     <mergeCell ref="K6:M6"/>
-    <mergeCell ref="B9:P9"/>
-[...2 lines deleted...]
-    <mergeCell ref="D5:D7"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B3:P3" r:id="rId1" display="Link to EPA Public Registers     https://www.epa.nsw.gov.au/licensing-and-regulation/public-registers" xr:uid="{00000000-0004-0000-0200-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
-  <dimension ref="B3:P23"/>
+  <dimension ref="B3:P27"/>
   <sheetViews>
     <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="B3" sqref="B3:P3"/>
+      <selection activeCell="S6" sqref="S6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="2" max="4" width="12.88671875" customWidth="1"/>
     <col min="14" max="14" width="27.33203125" style="3" customWidth="1"/>
     <col min="15" max="15" width="24.44140625" customWidth="1"/>
     <col min="16" max="16" width="17.44140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="3" spans="2:16" ht="34.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B3" s="147" t="s">
+      <c r="B3" s="136" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="147"/>
-[...12 lines deleted...]
-      <c r="P3" s="147"/>
+      <c r="C3" s="136"/>
+      <c r="D3" s="136"/>
+      <c r="E3" s="136"/>
+      <c r="F3" s="136"/>
+      <c r="G3" s="136"/>
+      <c r="H3" s="136"/>
+      <c r="I3" s="136"/>
+      <c r="J3" s="136"/>
+      <c r="K3" s="136"/>
+      <c r="L3" s="136"/>
+      <c r="M3" s="136"/>
+      <c r="N3" s="136"/>
+      <c r="O3" s="136"/>
+      <c r="P3" s="136"/>
     </row>
     <row r="4" spans="2:16" ht="24" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B4" s="144" t="s">
+      <c r="B4" s="137" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="144"/>
-[...12 lines deleted...]
-      <c r="P4" s="144"/>
+      <c r="C4" s="137"/>
+      <c r="D4" s="137"/>
+      <c r="E4" s="137"/>
+      <c r="F4" s="137"/>
+      <c r="G4" s="137"/>
+      <c r="H4" s="137"/>
+      <c r="I4" s="137"/>
+      <c r="J4" s="137"/>
+      <c r="K4" s="137"/>
+      <c r="L4" s="137"/>
+      <c r="M4" s="137"/>
+      <c r="N4" s="137"/>
+      <c r="O4" s="137"/>
+      <c r="P4" s="137"/>
     </row>
     <row r="5" spans="2:16" ht="52.2" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B5" s="145" t="s">
+      <c r="B5" s="136" t="s">
         <v>70</v>
       </c>
-      <c r="C5" s="145"/>
-[...11 lines deleted...]
-      <c r="O5" s="146" t="s">
+      <c r="C5" s="136"/>
+      <c r="D5" s="136"/>
+      <c r="E5" s="136"/>
+      <c r="F5" s="136"/>
+      <c r="G5" s="136"/>
+      <c r="H5" s="136"/>
+      <c r="I5" s="136"/>
+      <c r="J5" s="136"/>
+      <c r="K5" s="136"/>
+      <c r="L5" s="136"/>
+      <c r="M5" s="136"/>
+      <c r="N5" s="136"/>
+      <c r="O5" s="138" t="s">
         <v>3</v>
       </c>
-      <c r="P5" s="146"/>
+      <c r="P5" s="138"/>
     </row>
     <row r="6" spans="2:16" ht="25.2" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B6" s="137" t="s">
+      <c r="B6" s="114" t="s">
         <v>4</v>
       </c>
-      <c r="C6" s="137" t="s">
+      <c r="C6" s="114" t="s">
         <v>5</v>
       </c>
-      <c r="D6" s="137" t="s">
+      <c r="D6" s="114" t="s">
         <v>6</v>
       </c>
-      <c r="E6" s="136" t="s">
+      <c r="E6" s="113" t="s">
         <v>71</v>
       </c>
-      <c r="F6" s="136"/>
-[...1 lines deleted...]
-      <c r="H6" s="136" t="s">
+      <c r="F6" s="113"/>
+      <c r="G6" s="113"/>
+      <c r="H6" s="113" t="s">
         <v>57</v>
       </c>
-      <c r="I6" s="136"/>
-[...1 lines deleted...]
-      <c r="K6" s="136" t="s">
+      <c r="I6" s="113"/>
+      <c r="J6" s="113"/>
+      <c r="K6" s="113" t="s">
         <v>58</v>
       </c>
-      <c r="L6" s="136"/>
-[...1 lines deleted...]
-      <c r="N6" s="138" t="s">
+      <c r="L6" s="113"/>
+      <c r="M6" s="113"/>
+      <c r="N6" s="115" t="s">
         <v>14</v>
       </c>
-      <c r="O6" s="139" t="s">
+      <c r="O6" s="116" t="s">
         <v>72</v>
       </c>
-      <c r="P6" s="140" t="s">
+      <c r="P6" s="117" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B7" s="137"/>
-[...2 lines deleted...]
-      <c r="E7" s="136" t="s">
+      <c r="B7" s="114"/>
+      <c r="C7" s="114"/>
+      <c r="D7" s="114"/>
+      <c r="E7" s="113" t="s">
         <v>17</v>
       </c>
-      <c r="F7" s="136"/>
-[...1 lines deleted...]
-      <c r="H7" s="136" t="s">
+      <c r="F7" s="113"/>
+      <c r="G7" s="113"/>
+      <c r="H7" s="113" t="s">
         <v>17</v>
       </c>
-      <c r="I7" s="136"/>
-[...1 lines deleted...]
-      <c r="K7" s="136" t="s">
+      <c r="I7" s="113"/>
+      <c r="J7" s="113"/>
+      <c r="K7" s="113" t="s">
         <v>17</v>
       </c>
-      <c r="L7" s="136"/>
-[...3 lines deleted...]
-      <c r="P7" s="140"/>
+      <c r="L7" s="113"/>
+      <c r="M7" s="113"/>
+      <c r="N7" s="115"/>
+      <c r="O7" s="116"/>
+      <c r="P7" s="117"/>
     </row>
     <row r="8" spans="2:16" ht="39.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B8" s="137"/>
-[...1 lines deleted...]
-      <c r="D8" s="137"/>
+      <c r="B8" s="114"/>
+      <c r="C8" s="114"/>
+      <c r="D8" s="114"/>
       <c r="E8" s="21" t="s">
         <v>18</v>
       </c>
       <c r="F8" s="21" t="s">
         <v>19</v>
       </c>
       <c r="G8" s="21" t="s">
         <v>20</v>
       </c>
       <c r="H8" s="21" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="21" t="s">
         <v>19</v>
       </c>
       <c r="J8" s="21" t="s">
         <v>20</v>
       </c>
       <c r="K8" s="21" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="21" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="21" t="s">
         <v>20</v>
       </c>
-      <c r="N8" s="138"/>
-[...1 lines deleted...]
-      <c r="P8" s="140"/>
+      <c r="N8" s="115"/>
+      <c r="O8" s="116"/>
+      <c r="P8" s="117"/>
     </row>
     <row r="9" spans="2:16" ht="57" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B9" s="134" t="s">
+      <c r="B9" s="111" t="s">
         <v>59</v>
       </c>
-      <c r="C9" s="134"/>
-[...12 lines deleted...]
-      <c r="P9" s="134"/>
+      <c r="C9" s="111"/>
+      <c r="D9" s="111"/>
+      <c r="E9" s="111"/>
+      <c r="F9" s="111"/>
+      <c r="G9" s="111"/>
+      <c r="H9" s="111"/>
+      <c r="I9" s="111"/>
+      <c r="J9" s="111"/>
+      <c r="K9" s="111"/>
+      <c r="L9" s="111"/>
+      <c r="M9" s="111"/>
+      <c r="N9" s="111"/>
+      <c r="O9" s="111"/>
+      <c r="P9" s="111"/>
     </row>
     <row r="10" spans="2:16" ht="57" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B10" s="141" t="s">
+      <c r="B10" s="118" t="s">
         <v>73</v>
       </c>
-      <c r="C10" s="141"/>
-[...12 lines deleted...]
-      <c r="P10" s="142"/>
+      <c r="C10" s="118"/>
+      <c r="D10" s="119"/>
+      <c r="E10" s="119"/>
+      <c r="F10" s="119"/>
+      <c r="G10" s="119"/>
+      <c r="H10" s="119"/>
+      <c r="I10" s="119"/>
+      <c r="J10" s="119"/>
+      <c r="K10" s="119"/>
+      <c r="L10" s="119"/>
+      <c r="M10" s="119"/>
+      <c r="N10" s="119"/>
+      <c r="O10" s="119"/>
+      <c r="P10" s="119"/>
     </row>
     <row r="11" spans="2:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B11" s="22"/>
       <c r="C11" s="22"/>
       <c r="D11" s="22"/>
       <c r="E11" s="23"/>
       <c r="F11" s="23"/>
       <c r="G11" s="23"/>
       <c r="H11" s="23"/>
       <c r="I11" s="23"/>
       <c r="J11" s="23"/>
       <c r="K11" s="23"/>
       <c r="L11" s="23"/>
       <c r="M11" s="23"/>
       <c r="N11" s="24"/>
       <c r="O11" s="23"/>
       <c r="P11" s="25"/>
     </row>
     <row r="12" spans="2:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B12" s="22">
-[...37 lines deleted...]
-      </c>
+      <c r="B12" s="22"/>
+      <c r="C12" s="22"/>
+      <c r="D12" s="22"/>
+      <c r="E12" s="23"/>
+      <c r="F12" s="23"/>
+      <c r="G12" s="23"/>
+      <c r="H12" s="23"/>
+      <c r="I12" s="23"/>
+      <c r="J12" s="23"/>
+      <c r="K12" s="23"/>
+      <c r="L12" s="23"/>
+      <c r="M12" s="23"/>
+      <c r="N12" s="24"/>
       <c r="O12" s="23"/>
       <c r="P12" s="25"/>
     </row>
     <row r="13" spans="2:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B13" s="22">
-[...37 lines deleted...]
-      </c>
+      <c r="B13" s="22"/>
+      <c r="C13" s="22"/>
+      <c r="D13" s="22"/>
+      <c r="E13" s="23"/>
+      <c r="F13" s="23"/>
+      <c r="G13" s="23"/>
+      <c r="H13" s="23"/>
+      <c r="I13" s="23"/>
+      <c r="J13" s="23"/>
+      <c r="K13" s="23"/>
+      <c r="L13" s="23"/>
+      <c r="M13" s="23"/>
+      <c r="N13" s="24"/>
       <c r="O13" s="23"/>
       <c r="P13" s="25"/>
     </row>
     <row r="14" spans="2:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B14" s="22">
-[...37 lines deleted...]
-      </c>
+      <c r="B14" s="22"/>
+      <c r="C14" s="22"/>
+      <c r="D14" s="22"/>
+      <c r="E14" s="23"/>
+      <c r="F14" s="23"/>
+      <c r="G14" s="23"/>
+      <c r="H14" s="23"/>
+      <c r="I14" s="23"/>
+      <c r="J14" s="23"/>
+      <c r="K14" s="23"/>
+      <c r="L14" s="23"/>
+      <c r="M14" s="23"/>
+      <c r="N14" s="24"/>
       <c r="O14" s="23"/>
       <c r="P14" s="25"/>
     </row>
     <row r="15" spans="2:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B15" s="22">
-        <v>44571</v>
+        <v>45841</v>
       </c>
       <c r="C15" s="22">
-        <v>44614</v>
+        <v>45863</v>
       </c>
       <c r="D15" s="22">
-        <v>44614</v>
+        <v>45903</v>
       </c>
       <c r="E15" s="23" t="s">
         <v>24</v>
       </c>
       <c r="F15" s="23" t="s">
         <v>24</v>
       </c>
       <c r="G15" s="23" t="s">
         <v>24</v>
       </c>
       <c r="H15" s="23" t="s">
         <v>74</v>
       </c>
       <c r="I15" s="23" t="s">
         <v>74</v>
       </c>
       <c r="J15" s="23" t="s">
         <v>74</v>
       </c>
-      <c r="K15" s="23" t="s">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="K15" s="23">
+        <v>2</v>
+      </c>
+      <c r="L15" s="23">
+        <v>2</v>
+      </c>
+      <c r="M15" s="23">
+        <v>2</v>
       </c>
       <c r="N15" s="24" t="s">
         <v>75</v>
       </c>
       <c r="O15" s="23"/>
       <c r="P15" s="25"/>
     </row>
     <row r="16" spans="2:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B16" s="22">
-        <v>44330</v>
+        <v>45447</v>
       </c>
       <c r="C16" s="22">
-        <v>44390</v>
+        <v>45463</v>
       </c>
       <c r="D16" s="22">
-        <v>44390</v>
+        <v>45463</v>
       </c>
       <c r="E16" s="23" t="s">
         <v>24</v>
       </c>
       <c r="F16" s="23" t="s">
         <v>24</v>
       </c>
       <c r="G16" s="23" t="s">
         <v>24</v>
       </c>
       <c r="H16" s="23" t="s">
         <v>74</v>
       </c>
       <c r="I16" s="23" t="s">
         <v>74</v>
       </c>
       <c r="J16" s="23" t="s">
         <v>74</v>
       </c>
       <c r="K16" s="23">
-        <v>45</v>
+        <v>3</v>
       </c>
       <c r="L16" s="23">
-        <v>45</v>
+        <v>3</v>
       </c>
       <c r="M16" s="23">
-        <v>45</v>
+        <v>3</v>
       </c>
       <c r="N16" s="24" t="s">
         <v>75</v>
       </c>
       <c r="O16" s="23"/>
       <c r="P16" s="25"/>
     </row>
     <row r="17" spans="2:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B17" s="22">
-        <v>44232</v>
+        <v>45268</v>
       </c>
       <c r="C17" s="22">
-        <v>44280</v>
+        <v>44943</v>
       </c>
       <c r="D17" s="22">
-        <v>44280</v>
+        <v>44943</v>
       </c>
       <c r="E17" s="23" t="s">
         <v>24</v>
       </c>
       <c r="F17" s="23" t="s">
         <v>24</v>
       </c>
       <c r="G17" s="23" t="s">
         <v>24</v>
       </c>
       <c r="H17" s="23" t="s">
         <v>74</v>
       </c>
       <c r="I17" s="23" t="s">
         <v>74</v>
       </c>
       <c r="J17" s="23" t="s">
         <v>74</v>
       </c>
       <c r="K17" s="23">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L17" s="23">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M17" s="23">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N17" s="24" t="s">
         <v>75</v>
       </c>
       <c r="O17" s="23"/>
       <c r="P17" s="25"/>
     </row>
     <row r="18" spans="2:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B18" s="115" t="s">
-[...15 lines deleted...]
-      <c r="P18" s="115"/>
+      <c r="B18" s="22">
+        <v>45030</v>
+      </c>
+      <c r="C18" s="22">
+        <v>45085</v>
+      </c>
+      <c r="D18" s="22">
+        <v>45085</v>
+      </c>
+      <c r="E18" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="F18" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="G18" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="H18" s="23" t="s">
+        <v>74</v>
+      </c>
+      <c r="I18" s="23" t="s">
+        <v>74</v>
+      </c>
+      <c r="J18" s="23" t="s">
+        <v>74</v>
+      </c>
+      <c r="K18" s="23">
+        <v>7</v>
+      </c>
+      <c r="L18" s="23">
+        <v>7</v>
+      </c>
+      <c r="M18" s="23">
+        <v>7</v>
+      </c>
+      <c r="N18" s="24" t="s">
+        <v>75</v>
+      </c>
+      <c r="O18" s="23"/>
+      <c r="P18" s="25"/>
     </row>
     <row r="19" spans="2:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B19" s="22">
-        <v>43879</v>
-[...2 lines deleted...]
-      <c r="D19" s="22"/>
+        <v>44571</v>
+      </c>
+      <c r="C19" s="22">
+        <v>44614</v>
+      </c>
+      <c r="D19" s="22">
+        <v>44614</v>
+      </c>
       <c r="E19" s="23" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="F19" s="23" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="G19" s="23" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="H19" s="23" t="s">
         <v>74</v>
       </c>
       <c r="I19" s="23" t="s">
         <v>74</v>
       </c>
       <c r="J19" s="23" t="s">
         <v>74</v>
       </c>
       <c r="K19" s="23" t="s">
         <v>24</v>
       </c>
       <c r="L19" s="23" t="s">
         <v>24</v>
       </c>
       <c r="M19" s="23" t="s">
         <v>24</v>
       </c>
       <c r="N19" s="24" t="s">
         <v>75</v>
       </c>
       <c r="O19" s="23"/>
       <c r="P19" s="25"/>
     </row>
     <row r="20" spans="2:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B20" s="22">
-        <v>43565</v>
-[...2 lines deleted...]
-      <c r="D20" s="22"/>
+        <v>44330</v>
+      </c>
+      <c r="C20" s="22">
+        <v>44390</v>
+      </c>
+      <c r="D20" s="22">
+        <v>44390</v>
+      </c>
       <c r="E20" s="23" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="F20" s="23" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="G20" s="23" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="H20" s="23" t="s">
         <v>74</v>
       </c>
       <c r="I20" s="23" t="s">
         <v>74</v>
       </c>
       <c r="J20" s="23" t="s">
         <v>74</v>
       </c>
       <c r="K20" s="23">
-        <v>4</v>
+        <v>45</v>
       </c>
       <c r="L20" s="23">
-        <v>4</v>
+        <v>45</v>
       </c>
       <c r="M20" s="23">
-        <v>4</v>
+        <v>45</v>
       </c>
       <c r="N20" s="24" t="s">
         <v>75</v>
       </c>
-      <c r="O20" s="23" t="s">
+      <c r="O20" s="23"/>
+      <c r="P20" s="25"/>
+    </row>
+    <row r="21" spans="2:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B21" s="22">
+        <v>44232</v>
+      </c>
+      <c r="C21" s="22">
+        <v>44280</v>
+      </c>
+      <c r="D21" s="22">
+        <v>44280</v>
+      </c>
+      <c r="E21" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="F21" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="G21" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="H21" s="23" t="s">
+        <v>74</v>
+      </c>
+      <c r="I21" s="23" t="s">
+        <v>74</v>
+      </c>
+      <c r="J21" s="23" t="s">
+        <v>74</v>
+      </c>
+      <c r="K21" s="23">
+        <v>3</v>
+      </c>
+      <c r="L21" s="23">
+        <v>3</v>
+      </c>
+      <c r="M21" s="23">
+        <v>3</v>
+      </c>
+      <c r="N21" s="24" t="s">
+        <v>75</v>
+      </c>
+      <c r="O21" s="23"/>
+      <c r="P21" s="25"/>
+    </row>
+    <row r="22" spans="2:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B22" s="120" t="s">
+        <v>34</v>
+      </c>
+      <c r="C22" s="121"/>
+      <c r="D22" s="121"/>
+      <c r="E22" s="121"/>
+      <c r="F22" s="121"/>
+      <c r="G22" s="121"/>
+      <c r="H22" s="121"/>
+      <c r="I22" s="121"/>
+      <c r="J22" s="121"/>
+      <c r="K22" s="121"/>
+      <c r="L22" s="121"/>
+      <c r="M22" s="121"/>
+      <c r="N22" s="121"/>
+      <c r="O22" s="121"/>
+      <c r="P22" s="122"/>
+    </row>
+    <row r="23" spans="2:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B23" s="22">
+        <v>43879</v>
+      </c>
+      <c r="C23" s="22"/>
+      <c r="D23" s="22"/>
+      <c r="E23" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="F23" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="G23" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="H23" s="23" t="s">
+        <v>74</v>
+      </c>
+      <c r="I23" s="23" t="s">
+        <v>74</v>
+      </c>
+      <c r="J23" s="23" t="s">
+        <v>74</v>
+      </c>
+      <c r="K23" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="M23" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="N23" s="24" t="s">
+        <v>75</v>
+      </c>
+      <c r="O23" s="23"/>
+      <c r="P23" s="25"/>
+    </row>
+    <row r="24" spans="2:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B24" s="22">
+        <v>43565</v>
+      </c>
+      <c r="C24" s="22"/>
+      <c r="D24" s="22"/>
+      <c r="E24" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="F24" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="G24" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="H24" s="23" t="s">
+        <v>74</v>
+      </c>
+      <c r="I24" s="23" t="s">
+        <v>74</v>
+      </c>
+      <c r="J24" s="23" t="s">
+        <v>74</v>
+      </c>
+      <c r="K24" s="23">
+        <v>4</v>
+      </c>
+      <c r="L24" s="23">
+        <v>4</v>
+      </c>
+      <c r="M24" s="23">
+        <v>4</v>
+      </c>
+      <c r="N24" s="24" t="s">
+        <v>75</v>
+      </c>
+      <c r="O24" s="23" t="s">
         <v>76</v>
       </c>
-      <c r="P20" s="25">
+      <c r="P24" s="25">
         <v>43647</v>
       </c>
     </row>
-    <row r="21" spans="2:16" ht="42.75" customHeight="1" x14ac:dyDescent="0.3">
-[...13 lines deleted...]
-      <c r="O21" s="23" t="s">
+    <row r="25" spans="2:16" ht="42.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B25" s="26"/>
+      <c r="C25" s="26"/>
+      <c r="D25" s="26"/>
+      <c r="E25" s="23"/>
+      <c r="F25" s="23"/>
+      <c r="G25" s="23"/>
+      <c r="H25" s="23"/>
+      <c r="I25" s="23"/>
+      <c r="J25" s="23"/>
+      <c r="K25" s="23"/>
+      <c r="L25" s="23"/>
+      <c r="M25" s="23"/>
+      <c r="N25" s="24"/>
+      <c r="O25" s="23" t="s">
         <v>40</v>
       </c>
-      <c r="P21" s="25" t="s">
+      <c r="P25" s="25" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="22" spans="2:16" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B22" s="27">
+    <row r="26" spans="2:16" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B26" s="27">
         <v>43222</v>
       </c>
-      <c r="C22" s="27"/>
-[...1 lines deleted...]
-      <c r="E22" s="23" t="s">
+      <c r="C26" s="27"/>
+      <c r="D26" s="27"/>
+      <c r="E26" s="23" t="s">
         <v>32</v>
       </c>
-      <c r="F22" s="23" t="s">
+      <c r="F26" s="23" t="s">
         <v>32</v>
       </c>
-      <c r="G22" s="23" t="s">
+      <c r="G26" s="23" t="s">
         <v>32</v>
       </c>
-      <c r="H22" s="23" t="s">
+      <c r="H26" s="23" t="s">
         <v>74</v>
       </c>
-      <c r="I22" s="23" t="s">
+      <c r="I26" s="23" t="s">
         <v>74</v>
       </c>
-      <c r="J22" s="23" t="s">
+      <c r="J26" s="23" t="s">
         <v>74</v>
       </c>
-      <c r="K22" s="23">
+      <c r="K26" s="23">
         <v>15</v>
       </c>
-      <c r="L22" s="23">
+      <c r="L26" s="23">
         <v>15</v>
       </c>
-      <c r="M22" s="23">
+      <c r="M26" s="23">
         <v>15</v>
       </c>
-      <c r="N22" s="28" t="s">
+      <c r="N26" s="28" t="s">
         <v>77</v>
       </c>
-      <c r="O22" s="29"/>
-[...3 lines deleted...]
-      <c r="B23" s="27">
+      <c r="O26" s="29"/>
+      <c r="P26" s="30"/>
+    </row>
+    <row r="27" spans="2:16" ht="128.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B27" s="27">
         <v>43075</v>
       </c>
-      <c r="C23" s="27"/>
-[...1 lines deleted...]
-      <c r="E23" s="23" t="s">
+      <c r="C27" s="27"/>
+      <c r="D27" s="27"/>
+      <c r="E27" s="23" t="s">
         <v>78</v>
       </c>
-      <c r="F23" s="23" t="s">
+      <c r="F27" s="23" t="s">
         <v>78</v>
       </c>
-      <c r="G23" s="23" t="s">
+      <c r="G27" s="23" t="s">
         <v>78</v>
       </c>
-      <c r="H23" s="133" t="s">
+      <c r="H27" s="110" t="s">
         <v>79</v>
       </c>
-      <c r="I23" s="133"/>
-[...1 lines deleted...]
-      <c r="K23" s="23">
+      <c r="I27" s="110"/>
+      <c r="J27" s="110"/>
+      <c r="K27" s="23">
         <v>17</v>
       </c>
-      <c r="L23" s="23">
+      <c r="L27" s="23">
         <v>17</v>
       </c>
-      <c r="M23" s="23">
+      <c r="M27" s="23">
         <v>17</v>
       </c>
-      <c r="N23" s="23" t="s">
+      <c r="N27" s="23" t="s">
         <v>80</v>
       </c>
-      <c r="O23" s="26"/>
-      <c r="P23" s="31"/>
+      <c r="O27" s="26"/>
+      <c r="P27" s="31"/>
     </row>
   </sheetData>
   <mergeCells count="20">
     <mergeCell ref="B3:P3"/>
     <mergeCell ref="B4:P4"/>
     <mergeCell ref="B5:N5"/>
     <mergeCell ref="O5:P5"/>
     <mergeCell ref="B6:B8"/>
     <mergeCell ref="E6:G6"/>
     <mergeCell ref="H6:J6"/>
     <mergeCell ref="K6:M6"/>
     <mergeCell ref="N6:N8"/>
     <mergeCell ref="O6:O8"/>
     <mergeCell ref="P6:P8"/>
     <mergeCell ref="E7:G7"/>
     <mergeCell ref="H7:J7"/>
     <mergeCell ref="K7:M7"/>
     <mergeCell ref="B10:P10"/>
     <mergeCell ref="C6:C8"/>
-    <mergeCell ref="B18:P18"/>
+    <mergeCell ref="B22:P22"/>
     <mergeCell ref="D6:D8"/>
-    <mergeCell ref="H23:J23"/>
+    <mergeCell ref="H27:J27"/>
     <mergeCell ref="B9:P9"/>
   </mergeCells>
-  <phoneticPr fontId="5" type="noConversion"/>
+  <phoneticPr fontId="4" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="B4:P4" r:id="rId1" display="Link to EPA Public Registers     https://www.epa.nsw.gov.au/licensing-and-regulation/public-registers" xr:uid="{00000000-0004-0000-0300-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C6759C92A6B9AB44B139D3603F5C079C" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="32a5d9275e1d8e40e8ae7833f6a10332">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5b83d9b9-9530-42ad-b126-0367332486bf" xmlns:ns3="f9db0c8d-b9d2-405d-8684-b757cd69e44b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="83a661c1d2636962244dde48fa68f07b" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C6759C92A6B9AB44B139D3603F5C079C" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c46c63056726621dcea3f3749aeaae7b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5b83d9b9-9530-42ad-b126-0367332486bf" xmlns:ns3="f9db0c8d-b9d2-405d-8684-b757cd69e44b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4ae726b581d0d62e33fd83ab5e6a9508" ns2:_="" ns3:_="">
     <xsd:import namespace="5b83d9b9-9530-42ad-b126-0367332486bf"/>
     <xsd:import namespace="f9db0c8d-b9d2-405d-8684-b757cd69e44b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5b83d9b9-9530-42ad-b126-0367332486bf" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
@@ -12976,50 +13480,60 @@
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="ac848bfc-5a39-42a3-baa0-d944d22b0085" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f9db0c8d-b9d2-405d-8684-b757cd69e44b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{4253fb9d-dc92-4090-a5a8-ce57b0ce512b}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="f9db0c8d-b9d2-405d-8684-b757cd69e44b">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithUsers" ma:index="19" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
@@ -13142,51 +13656,51 @@
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="5b83d9b9-9530-42ad-b126-0367332486bf">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="f9db0c8d-b9d2-405d-8684-b757cd69e44b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1F9E771F-E0EE-404D-8A7C-F3115EB398D6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3CFB2677-F6CB-40C5-9D6A-5BEEE86AB95E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5b83d9b9-9530-42ad-b126-0367332486bf"/>
     <ds:schemaRef ds:uri="f9db0c8d-b9d2-405d-8684-b757cd69e44b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9C12949B-B42B-47D3-A73C-DBF35E4E406A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="f9db0c8d-b9d2-405d-8684-b757cd69e44b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>