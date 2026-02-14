--- v1 (2025-11-02)
+++ v2 (2026-02-14)
@@ -5,89 +5,89 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Spiro\Documents\Documents\Website NSW Sites\2025 website data\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Spiro\Documents\Documents\Website NSW Sites\2026 website data\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B9FBE2D2-548B-4E98-B10C-FAB04A37C829}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{0E5F124A-5718-406B-ACBC-5A38C06E6700}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="EPA ID 2" sheetId="3" r:id="rId1"/>
     <sheet name="EPA ID 3" sheetId="4" r:id="rId2"/>
     <sheet name="EPA ID 4" sheetId="5" r:id="rId3"/>
     <sheet name="EPA ID 5" sheetId="7" r:id="rId4"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1312" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1350" uniqueCount="97">
   <si>
     <t>AKD NSW Pty Ltd (Gilmore Timber Treatment). Snowy Mountains Highway, Gilmore, 2720 - EPL # 1459</t>
   </si>
   <si>
     <t>Link to EPA Public Registers     https://www.epa.nsw.gov.au/licensing-and-regulation/public-registers</t>
   </si>
   <si>
     <t>EPA ID 2 - Drain at Rear of Site Before it Enters Killearney Creek. Sample Required Monthly During Discharge</t>
   </si>
   <si>
     <t>Correction Log</t>
   </si>
   <si>
     <t>Date Sampled.</t>
   </si>
   <si>
     <t>Date Data Obtained*</t>
   </si>
   <si>
     <t>Date Published</t>
   </si>
   <si>
     <t>Arsenic (mg/L)</t>
   </si>
   <si>
@@ -342,135 +342,164 @@
   <si>
     <t>low flows good quality water</t>
   </si>
   <si>
     <t>high flow water heavily impacted from up gradient</t>
   </si>
   <si>
     <t>high flow poor water quality inflow</t>
   </si>
   <si>
     <t>heavy sediment load upgradient</t>
   </si>
   <si>
     <t>&lt;.003</t>
   </si>
   <si>
     <t>&lt;.004</t>
   </si>
   <si>
     <t>Heavy impact up gradient - TSS. BOD high.</t>
   </si>
   <si>
     <t>&lt;0.03</t>
   </si>
   <si>
-    <t xml:space="preserve">impacted by upgradient activities. </t>
+    <t>water quality upgradient ok. Low tss but BOD is up considering historical performance.</t>
   </si>
   <si>
-    <t>impacted by upgradient activities.</t>
+    <t>poor quality inflow. Upgradient landfill and disturbance impacting on water quality.</t>
+  </si>
+  <si>
+    <t>ok quality inflow. Water is impacted by gross solids.</t>
+  </si>
+  <si>
+    <t>Heavy sediment load upgradient. Impact on discharge quality.</t>
+  </si>
+  <si>
+    <t>Increased copper result. All else ok. Water inflow heavy load of sediments.</t>
+  </si>
+  <si>
+    <t>lower flow. Recent rainfall not significant. Water quality at discharge looks ok. Low sediment load on inflow.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="[$-409]d\-mmm\-yyyy;@"/>
   </numFmts>
-  <fonts count="11" x14ac:knownFonts="1">
+  <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
+      <color theme="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="18"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="26"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Tenorite"/>
     </font>
     <font>
+      <u/>
+      <sz val="12"/>
+      <color theme="10"/>
+      <name val="Tenorite"/>
+    </font>
+    <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
+      <sz val="16"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <sz val="14"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="26"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
-    </font>
-[...9 lines deleted...]
-      <name val="Tenorite"/>
     </font>
   </fonts>
   <fills count="10">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-9.9978637043366805E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
@@ -920,98 +949,98 @@
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="139">
+  <cellXfs count="152">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="17" fontId="0" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="17" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="6" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="17" fontId="5" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="17" fontId="6" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="17" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="17" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="17" fontId="5" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="17" fontId="6" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="6" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="6" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="6" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="6" fillId="6" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="17" fontId="5" fillId="6" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="17" fontId="6" fillId="6" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="17" fontId="5" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="17" fontId="6" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -1021,346 +1050,383 @@
     <xf numFmtId="14" fontId="0" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="0" fillId="6" borderId="29" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="25" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="22" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="24" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="23" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="21" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="0" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="17" fontId="0" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
+    <xf numFmtId="14" fontId="12" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="8" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="30" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="31" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="32" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="8" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="8" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="8" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...24 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="17" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="33" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="18" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="16" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="20" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="27" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="9" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="8" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="28" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="26" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="19" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="25" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="2" borderId="24" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="8" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="8" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="9" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="7" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="7" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="7" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="7" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="7" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="7" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="8" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="8" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="8" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="30" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="31" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="32" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="2" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="29" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="8" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="2" borderId="29" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="8" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="9" borderId="34" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="9" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="9" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="14" fontId="5" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...37 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="7" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="7" borderId="29" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFB6DDE8"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -1651,287 +1717,287 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.nsw.gov.au/licensing-and-regulation/public-registers" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.nsw.gov.au/licensing-and-regulation/public-registers" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.nsw.gov.au/licensing-and-regulation/public-registers" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.nsw.gov.au/licensing-and-regulation/public-registers" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B2:AD70"/>
+  <dimension ref="B2:AD72"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
+    <sheetView tabSelected="1" topLeftCell="E1" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
       <selection activeCell="B3" sqref="B3:AB3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="8.88671875" style="5"/>
     <col min="2" max="2" width="13.88671875" style="5" customWidth="1"/>
     <col min="3" max="3" width="17.6640625" style="5" customWidth="1"/>
     <col min="4" max="4" width="17.44140625" style="5" customWidth="1"/>
     <col min="5" max="5" width="10.33203125" style="5" customWidth="1"/>
     <col min="6" max="6" width="8.88671875" style="5"/>
     <col min="7" max="7" width="10.88671875" style="5" customWidth="1"/>
     <col min="8" max="8" width="10.5546875" style="5" customWidth="1"/>
     <col min="9" max="9" width="8.88671875" style="5"/>
     <col min="10" max="10" width="11.109375" style="5" customWidth="1"/>
     <col min="11" max="11" width="10.88671875" style="5" customWidth="1"/>
     <col min="12" max="12" width="8.88671875" style="5"/>
     <col min="13" max="13" width="12.33203125" style="5" customWidth="1"/>
     <col min="14" max="14" width="10.33203125" style="5" customWidth="1"/>
     <col min="15" max="15" width="8.88671875" style="5"/>
     <col min="16" max="16" width="11.5546875" style="5" customWidth="1"/>
     <col min="17" max="17" width="10.33203125" style="5" customWidth="1"/>
     <col min="18" max="18" width="8.88671875" style="5"/>
     <col min="19" max="19" width="11.6640625" style="5" customWidth="1"/>
     <col min="20" max="20" width="10.33203125" style="5" customWidth="1"/>
     <col min="21" max="21" width="8.88671875" style="5"/>
     <col min="22" max="22" width="11.33203125" style="5" customWidth="1"/>
     <col min="23" max="23" width="10.33203125" style="5" customWidth="1"/>
     <col min="24" max="24" width="8.88671875" style="5"/>
     <col min="25" max="25" width="10.6640625" style="5" customWidth="1"/>
-    <col min="26" max="26" width="44.33203125" style="5" customWidth="1"/>
+    <col min="26" max="26" width="44.33203125" style="150" customWidth="1"/>
     <col min="27" max="27" width="18.6640625" style="5" customWidth="1"/>
     <col min="28" max="28" width="11.109375" style="6" customWidth="1"/>
     <col min="29" max="16384" width="8.88671875" style="5"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:28" ht="16.2" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="3" spans="2:28" ht="61.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B3" s="125" t="s">
+      <c r="B3" s="110" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="126"/>
-[...24 lines deleted...]
-      <c r="AB3" s="127"/>
+      <c r="C3" s="111"/>
+      <c r="D3" s="111"/>
+      <c r="E3" s="111"/>
+      <c r="F3" s="111"/>
+      <c r="G3" s="111"/>
+      <c r="H3" s="111"/>
+      <c r="I3" s="111"/>
+      <c r="J3" s="111"/>
+      <c r="K3" s="111"/>
+      <c r="L3" s="111"/>
+      <c r="M3" s="111"/>
+      <c r="N3" s="111"/>
+      <c r="O3" s="111"/>
+      <c r="P3" s="111"/>
+      <c r="Q3" s="111"/>
+      <c r="R3" s="111"/>
+      <c r="S3" s="111"/>
+      <c r="T3" s="111"/>
+      <c r="U3" s="111"/>
+      <c r="V3" s="111"/>
+      <c r="W3" s="111"/>
+      <c r="X3" s="111"/>
+      <c r="Y3" s="111"/>
+      <c r="Z3" s="111"/>
+      <c r="AA3" s="111"/>
+      <c r="AB3" s="112"/>
     </row>
     <row r="4" spans="2:28" ht="61.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B4" s="128" t="s">
+      <c r="B4" s="119" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="129"/>
-[...24 lines deleted...]
-      <c r="AB4" s="130"/>
+      <c r="C4" s="120"/>
+      <c r="D4" s="120"/>
+      <c r="E4" s="120"/>
+      <c r="F4" s="120"/>
+      <c r="G4" s="120"/>
+      <c r="H4" s="120"/>
+      <c r="I4" s="120"/>
+      <c r="J4" s="120"/>
+      <c r="K4" s="120"/>
+      <c r="L4" s="120"/>
+      <c r="M4" s="120"/>
+      <c r="N4" s="120"/>
+      <c r="O4" s="120"/>
+      <c r="P4" s="120"/>
+      <c r="Q4" s="120"/>
+      <c r="R4" s="120"/>
+      <c r="S4" s="120"/>
+      <c r="T4" s="120"/>
+      <c r="U4" s="120"/>
+      <c r="V4" s="120"/>
+      <c r="W4" s="120"/>
+      <c r="X4" s="120"/>
+      <c r="Y4" s="120"/>
+      <c r="Z4" s="120"/>
+      <c r="AA4" s="120"/>
+      <c r="AB4" s="121"/>
     </row>
     <row r="5" spans="2:28" ht="49.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B5" s="131" t="s">
+      <c r="B5" s="113" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="132"/>
-[...23 lines deleted...]
-      <c r="AA5" s="134" t="s">
+      <c r="C5" s="114"/>
+      <c r="D5" s="114"/>
+      <c r="E5" s="114"/>
+      <c r="F5" s="114"/>
+      <c r="G5" s="114"/>
+      <c r="H5" s="114"/>
+      <c r="I5" s="114"/>
+      <c r="J5" s="114"/>
+      <c r="K5" s="114"/>
+      <c r="L5" s="114"/>
+      <c r="M5" s="114"/>
+      <c r="N5" s="114"/>
+      <c r="O5" s="114"/>
+      <c r="P5" s="114"/>
+      <c r="Q5" s="114"/>
+      <c r="R5" s="114"/>
+      <c r="S5" s="114"/>
+      <c r="T5" s="114"/>
+      <c r="U5" s="114"/>
+      <c r="V5" s="114"/>
+      <c r="W5" s="114"/>
+      <c r="X5" s="114"/>
+      <c r="Y5" s="114"/>
+      <c r="Z5" s="115"/>
+      <c r="AA5" s="100" t="s">
         <v>3</v>
       </c>
-      <c r="AB5" s="135"/>
+      <c r="AB5" s="101"/>
     </row>
     <row r="6" spans="2:28" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B6" s="52" t="s">
+      <c r="B6" s="94" t="s">
         <v>4</v>
       </c>
-      <c r="C6" s="52" t="s">
+      <c r="C6" s="94" t="s">
         <v>5</v>
       </c>
-      <c r="D6" s="52" t="s">
+      <c r="D6" s="94" t="s">
         <v>6</v>
       </c>
-      <c r="E6" s="58" t="s">
+      <c r="E6" s="102" t="s">
         <v>7</v>
       </c>
-      <c r="F6" s="59"/>
-[...1 lines deleted...]
-      <c r="H6" s="61" t="s">
+      <c r="F6" s="103"/>
+      <c r="G6" s="104"/>
+      <c r="H6" s="105" t="s">
         <v>8</v>
       </c>
-      <c r="I6" s="61"/>
-[...1 lines deleted...]
-      <c r="K6" s="62" t="s">
+      <c r="I6" s="105"/>
+      <c r="J6" s="105"/>
+      <c r="K6" s="106" t="s">
         <v>9</v>
       </c>
-      <c r="L6" s="61"/>
-[...1 lines deleted...]
-      <c r="N6" s="61" t="s">
+      <c r="L6" s="105"/>
+      <c r="M6" s="107"/>
+      <c r="N6" s="105" t="s">
         <v>10</v>
       </c>
-      <c r="O6" s="61"/>
-[...1 lines deleted...]
-      <c r="Q6" s="64" t="s">
+      <c r="O6" s="105"/>
+      <c r="P6" s="105"/>
+      <c r="Q6" s="108" t="s">
         <v>11</v>
       </c>
-      <c r="R6" s="59"/>
-[...1 lines deleted...]
-      <c r="T6" s="58" t="s">
+      <c r="R6" s="103"/>
+      <c r="S6" s="104"/>
+      <c r="T6" s="102" t="s">
         <v>12</v>
       </c>
-      <c r="U6" s="59"/>
-[...1 lines deleted...]
-      <c r="W6" s="64" t="s">
+      <c r="U6" s="103"/>
+      <c r="V6" s="122"/>
+      <c r="W6" s="108" t="s">
         <v>13</v>
       </c>
-      <c r="X6" s="59"/>
-[...1 lines deleted...]
-      <c r="Z6" s="70" t="s">
+      <c r="X6" s="103"/>
+      <c r="Y6" s="104"/>
+      <c r="Z6" s="123" t="s">
         <v>14</v>
       </c>
-      <c r="AA6" s="73" t="s">
+      <c r="AA6" s="126" t="s">
         <v>15</v>
       </c>
-      <c r="AB6" s="76" t="s">
+      <c r="AB6" s="129" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="2:28" x14ac:dyDescent="0.3">
-      <c r="B7" s="53"/>
-[...2 lines deleted...]
-      <c r="E7" s="56" t="s">
+      <c r="B7" s="95"/>
+      <c r="C7" s="95"/>
+      <c r="D7" s="95"/>
+      <c r="E7" s="98" t="s">
         <v>17</v>
       </c>
-      <c r="F7" s="56"/>
-[...1 lines deleted...]
-      <c r="H7" s="56" t="s">
+      <c r="F7" s="98"/>
+      <c r="G7" s="99"/>
+      <c r="H7" s="98" t="s">
         <v>17</v>
       </c>
-      <c r="I7" s="56"/>
-[...1 lines deleted...]
-      <c r="K7" s="55" t="s">
+      <c r="I7" s="98"/>
+      <c r="J7" s="98"/>
+      <c r="K7" s="97" t="s">
         <v>17</v>
       </c>
-      <c r="L7" s="56"/>
-[...1 lines deleted...]
-      <c r="N7" s="56" t="s">
+      <c r="L7" s="98"/>
+      <c r="M7" s="99"/>
+      <c r="N7" s="98" t="s">
         <v>17</v>
       </c>
-      <c r="O7" s="56"/>
-[...1 lines deleted...]
-      <c r="Q7" s="55" t="s">
+      <c r="O7" s="98"/>
+      <c r="P7" s="98"/>
+      <c r="Q7" s="97" t="s">
         <v>17</v>
       </c>
-      <c r="R7" s="56"/>
-[...1 lines deleted...]
-      <c r="T7" s="56" t="s">
+      <c r="R7" s="98"/>
+      <c r="S7" s="99"/>
+      <c r="T7" s="98" t="s">
         <v>17</v>
       </c>
-      <c r="U7" s="56"/>
-[...1 lines deleted...]
-      <c r="W7" s="55" t="s">
+      <c r="U7" s="98"/>
+      <c r="V7" s="98"/>
+      <c r="W7" s="97" t="s">
         <v>17</v>
       </c>
-      <c r="X7" s="56"/>
-[...3 lines deleted...]
-      <c r="AB7" s="77"/>
+      <c r="X7" s="98"/>
+      <c r="Y7" s="99"/>
+      <c r="Z7" s="124"/>
+      <c r="AA7" s="127"/>
+      <c r="AB7" s="130"/>
     </row>
     <row r="8" spans="2:28" ht="55.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B8" s="54"/>
-[...1 lines deleted...]
-      <c r="D8" s="54"/>
+      <c r="B8" s="96"/>
+      <c r="C8" s="96"/>
+      <c r="D8" s="96"/>
       <c r="E8" s="40" t="s">
         <v>18</v>
       </c>
       <c r="F8" s="41" t="s">
         <v>19</v>
       </c>
       <c r="G8" s="42" t="s">
         <v>20</v>
       </c>
       <c r="H8" s="40" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="41" t="s">
         <v>19</v>
       </c>
       <c r="J8" s="43" t="s">
         <v>20</v>
       </c>
       <c r="K8" s="44" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="41" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="42" t="s">
@@ -1951,4820 +2017,4978 @@
       </c>
       <c r="R8" s="41" t="s">
         <v>19</v>
       </c>
       <c r="S8" s="42" t="s">
         <v>20</v>
       </c>
       <c r="T8" s="40" t="s">
         <v>18</v>
       </c>
       <c r="U8" s="41" t="s">
         <v>19</v>
       </c>
       <c r="V8" s="43" t="s">
         <v>20</v>
       </c>
       <c r="W8" s="44" t="s">
         <v>18</v>
       </c>
       <c r="X8" s="41" t="s">
         <v>19</v>
       </c>
       <c r="Y8" s="42" t="s">
         <v>20</v>
       </c>
-      <c r="Z8" s="72"/>
-[...1 lines deleted...]
-      <c r="AB8" s="78"/>
+      <c r="Z8" s="125"/>
+      <c r="AA8" s="128"/>
+      <c r="AB8" s="131"/>
     </row>
     <row r="9" spans="2:28" ht="40.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B9" s="66" t="s">
+      <c r="B9" s="116" t="s">
         <v>21</v>
       </c>
-      <c r="C9" s="67"/>
-[...24 lines deleted...]
-      <c r="AB9" s="68"/>
+      <c r="C9" s="117"/>
+      <c r="D9" s="117"/>
+      <c r="E9" s="117"/>
+      <c r="F9" s="117"/>
+      <c r="G9" s="117"/>
+      <c r="H9" s="117"/>
+      <c r="I9" s="117"/>
+      <c r="J9" s="117"/>
+      <c r="K9" s="117"/>
+      <c r="L9" s="117"/>
+      <c r="M9" s="117"/>
+      <c r="N9" s="117"/>
+      <c r="O9" s="117"/>
+      <c r="P9" s="117"/>
+      <c r="Q9" s="117"/>
+      <c r="R9" s="117"/>
+      <c r="S9" s="117"/>
+      <c r="T9" s="117"/>
+      <c r="U9" s="117"/>
+      <c r="V9" s="117"/>
+      <c r="W9" s="117"/>
+      <c r="X9" s="117"/>
+      <c r="Y9" s="117"/>
+      <c r="Z9" s="117"/>
+      <c r="AA9" s="117"/>
+      <c r="AB9" s="118"/>
     </row>
     <row r="10" spans="2:28" ht="64.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B10" s="48" t="s">
+      <c r="B10" s="90" t="s">
         <v>22</v>
       </c>
-      <c r="C10" s="49"/>
-[...24 lines deleted...]
-      <c r="AB10" s="51"/>
+      <c r="C10" s="91"/>
+      <c r="D10" s="92"/>
+      <c r="E10" s="92"/>
+      <c r="F10" s="92"/>
+      <c r="G10" s="92"/>
+      <c r="H10" s="92"/>
+      <c r="I10" s="92"/>
+      <c r="J10" s="92"/>
+      <c r="K10" s="92"/>
+      <c r="L10" s="92"/>
+      <c r="M10" s="92"/>
+      <c r="N10" s="92"/>
+      <c r="O10" s="92"/>
+      <c r="P10" s="92"/>
+      <c r="Q10" s="92"/>
+      <c r="R10" s="92"/>
+      <c r="S10" s="92"/>
+      <c r="T10" s="92"/>
+      <c r="U10" s="92"/>
+      <c r="V10" s="92"/>
+      <c r="W10" s="92"/>
+      <c r="X10" s="92"/>
+      <c r="Y10" s="92"/>
+      <c r="Z10" s="92"/>
+      <c r="AA10" s="92"/>
+      <c r="AB10" s="93"/>
     </row>
     <row r="11" spans="2:28" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="7"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="7"/>
       <c r="I11" s="7"/>
       <c r="J11" s="7"/>
       <c r="K11" s="7"/>
       <c r="L11" s="7"/>
       <c r="M11" s="7"/>
       <c r="N11" s="7"/>
       <c r="O11" s="7"/>
       <c r="P11" s="7"/>
       <c r="Q11" s="7"/>
       <c r="R11" s="7"/>
       <c r="S11" s="7"/>
       <c r="T11" s="7"/>
       <c r="U11" s="7"/>
       <c r="V11" s="7"/>
       <c r="W11" s="7"/>
       <c r="X11" s="7"/>
       <c r="Y11" s="7"/>
-      <c r="Z11" s="7"/>
+      <c r="Z11" s="151"/>
       <c r="AA11" s="7"/>
       <c r="AB11" s="8"/>
     </row>
-    <row r="12" spans="2:28" ht="27.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="2:28" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B12" s="7"/>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
       <c r="E12" s="7"/>
       <c r="F12" s="7"/>
       <c r="G12" s="7"/>
       <c r="H12" s="7"/>
       <c r="I12" s="7"/>
       <c r="J12" s="7"/>
       <c r="K12" s="7"/>
       <c r="L12" s="7"/>
       <c r="M12" s="7"/>
       <c r="N12" s="7"/>
       <c r="O12" s="7"/>
       <c r="P12" s="7"/>
       <c r="Q12" s="7"/>
       <c r="R12" s="7"/>
       <c r="S12" s="7"/>
       <c r="T12" s="7"/>
       <c r="U12" s="7"/>
       <c r="V12" s="7"/>
       <c r="W12" s="7"/>
       <c r="X12" s="7"/>
       <c r="Y12" s="7"/>
-      <c r="Z12" s="7"/>
+      <c r="Z12" s="151"/>
       <c r="AA12" s="7"/>
       <c r="AB12" s="8"/>
     </row>
-    <row r="13" spans="2:28" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>45903</v>
+    <row r="13" spans="2:28" ht="55.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B13" s="9">
+        <v>45912</v>
+      </c>
+      <c r="C13" s="9">
+        <v>45930</v>
+      </c>
+      <c r="D13" s="9">
+        <v>45930</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G13" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="H13" s="45">
-[...6 lines deleted...]
-        <v>3</v>
+      <c r="H13" s="45" t="s">
+        <v>24</v>
+      </c>
+      <c r="I13" s="45" t="s">
+        <v>24</v>
+      </c>
+      <c r="J13" s="45" t="s">
+        <v>24</v>
       </c>
       <c r="K13" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L13" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M13" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N13" s="45">
-        <v>263</v>
+        <v>50</v>
       </c>
       <c r="O13" s="45">
-        <v>263</v>
+        <v>50</v>
       </c>
       <c r="P13" s="45">
-        <v>263</v>
+        <v>50</v>
       </c>
       <c r="Q13" s="45">
-        <v>6.4000000000000001E-2</v>
+        <v>2E-3</v>
       </c>
       <c r="R13" s="45">
-        <v>6.4000000000000001E-2</v>
+        <v>2E-3</v>
       </c>
       <c r="S13" s="45">
-        <v>6.4000000000000001E-2</v>
-[...8 lines deleted...]
-        <v>3</v>
+        <v>2E-3</v>
+      </c>
+      <c r="T13" s="45" t="s">
+        <v>32</v>
+      </c>
+      <c r="U13" s="45" t="s">
+        <v>32</v>
+      </c>
+      <c r="V13" s="45" t="s">
+        <v>32</v>
       </c>
       <c r="W13" s="45">
-        <v>7</v>
+        <v>7.4</v>
       </c>
       <c r="X13" s="45">
-        <v>7</v>
+        <v>7.4</v>
       </c>
       <c r="Y13" s="45">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>7.4</v>
+      </c>
+      <c r="Z13" s="151" t="s">
+        <v>96</v>
       </c>
       <c r="AA13" s="7"/>
       <c r="AB13" s="8"/>
     </row>
-    <row r="14" spans="2:28" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>45903</v>
+    <row r="14" spans="2:28" ht="51" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B14" s="9">
+        <v>45898</v>
+      </c>
+      <c r="C14" s="9">
+        <v>45930</v>
+      </c>
+      <c r="D14" s="9">
+        <v>45930</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F14" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G14" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="H14" s="45">
-[...6 lines deleted...]
-        <v>8</v>
+      <c r="H14" s="45" t="s">
+        <v>24</v>
+      </c>
+      <c r="I14" s="45" t="s">
+        <v>24</v>
+      </c>
+      <c r="J14" s="45" t="s">
+        <v>24</v>
       </c>
       <c r="K14" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L14" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M14" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N14" s="45">
-        <v>157</v>
+        <v>206</v>
       </c>
       <c r="O14" s="45">
-        <v>157</v>
+        <v>206</v>
       </c>
       <c r="P14" s="45">
-        <v>157</v>
+        <v>206</v>
       </c>
       <c r="Q14" s="45">
-        <v>0.15</v>
+        <v>0.124</v>
       </c>
       <c r="R14" s="45">
-        <v>0.15</v>
+        <v>0.124</v>
       </c>
       <c r="S14" s="45">
-        <v>0.15</v>
+        <v>0.124</v>
       </c>
       <c r="T14" s="45">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="U14" s="45">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="V14" s="45">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="W14" s="45">
-        <v>7</v>
+        <v>6.6</v>
       </c>
       <c r="X14" s="45">
-        <v>7</v>
+        <v>6.6</v>
       </c>
       <c r="Y14" s="45">
-        <v>7</v>
+        <v>6.6</v>
       </c>
       <c r="Z14" s="10" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="AA14" s="7"/>
       <c r="AB14" s="8"/>
     </row>
-    <row r="15" spans="2:28" ht="31.95" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>45832</v>
+    <row r="15" spans="2:28" ht="51" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B15" s="9">
+        <v>45861</v>
+      </c>
+      <c r="C15" s="9">
+        <v>45863</v>
+      </c>
+      <c r="D15" s="9">
+        <v>45903</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F15" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G15" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H15" s="45">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="I15" s="45">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="J15" s="45">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="K15" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L15" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M15" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N15" s="45">
-        <v>229</v>
+        <v>263</v>
       </c>
       <c r="O15" s="45">
-        <v>229</v>
+        <v>263</v>
       </c>
       <c r="P15" s="45">
-        <v>229</v>
+        <v>263</v>
       </c>
       <c r="Q15" s="45">
-        <v>0.21199999999999999</v>
+        <v>6.4000000000000001E-2</v>
       </c>
       <c r="R15" s="45">
-        <v>0.21199999999999999</v>
+        <v>6.4000000000000001E-2</v>
       </c>
       <c r="S15" s="45">
-        <v>0.21199999999999999</v>
+        <v>6.4000000000000001E-2</v>
       </c>
       <c r="T15" s="45">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="U15" s="45">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="V15" s="45">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="W15" s="45">
-        <v>6.4</v>
+        <v>7</v>
       </c>
       <c r="X15" s="45">
-        <v>6.4</v>
+        <v>7</v>
       </c>
       <c r="Y15" s="45">
-        <v>6.4</v>
+        <v>7</v>
       </c>
       <c r="Z15" s="10" t="s">
-        <v>91</v>
+        <v>81</v>
       </c>
       <c r="AA15" s="7"/>
       <c r="AB15" s="8"/>
     </row>
-    <row r="16" spans="2:28" ht="33.6" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>45716</v>
+    <row r="16" spans="2:28" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B16" s="9">
+        <v>45832</v>
+      </c>
+      <c r="C16" s="9">
+        <v>45833</v>
+      </c>
+      <c r="D16" s="9">
+        <v>45903</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F16" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G16" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H16" s="45">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="I16" s="45">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="J16" s="45">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="K16" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L16" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M16" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N16" s="45">
-        <v>252</v>
+        <v>157</v>
       </c>
       <c r="O16" s="45">
-        <v>252</v>
+        <v>157</v>
       </c>
       <c r="P16" s="45">
-        <v>252</v>
+        <v>157</v>
       </c>
       <c r="Q16" s="45">
-        <v>7.4999999999999997E-2</v>
+        <v>0.15</v>
       </c>
       <c r="R16" s="45">
-        <v>7.4999999999999997E-2</v>
+        <v>0.15</v>
       </c>
       <c r="S16" s="45">
-        <v>7.4999999999999997E-2</v>
+        <v>0.15</v>
       </c>
       <c r="T16" s="45">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="U16" s="45">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="V16" s="45">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="W16" s="45">
-        <v>6.7</v>
+        <v>7</v>
       </c>
       <c r="X16" s="45">
-        <v>6.7</v>
+        <v>7</v>
       </c>
       <c r="Y16" s="45">
-        <v>6.7</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>7</v>
+      </c>
+      <c r="Z16" s="10" t="s">
+        <v>94</v>
       </c>
       <c r="AA16" s="7"/>
       <c r="AB16" s="8"/>
     </row>
-    <row r="17" spans="2:28" ht="58.95" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>45708</v>
+    <row r="17" spans="2:28" ht="57.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B17" s="9">
+        <v>45800</v>
+      </c>
+      <c r="C17" s="9">
+        <v>45828</v>
+      </c>
+      <c r="D17" s="9">
+        <v>45832</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F17" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G17" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H17" s="45">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="I17" s="45">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="J17" s="45">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="K17" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L17" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M17" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N17" s="45">
-        <v>275</v>
+        <v>229</v>
       </c>
       <c r="O17" s="45">
-        <v>275</v>
+        <v>229</v>
       </c>
       <c r="P17" s="45">
-        <v>275</v>
+        <v>229</v>
       </c>
       <c r="Q17" s="45">
-        <v>0.109</v>
+        <v>0.21199999999999999</v>
       </c>
       <c r="R17" s="45">
-        <v>0.109</v>
+        <v>0.21199999999999999</v>
       </c>
       <c r="S17" s="45">
-        <v>0.109</v>
+        <v>0.21199999999999999</v>
       </c>
       <c r="T17" s="45">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="U17" s="45">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="V17" s="45">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="W17" s="45">
-        <v>6.8</v>
+        <v>6.4</v>
       </c>
       <c r="X17" s="45">
-        <v>6.8</v>
+        <v>6.4</v>
       </c>
       <c r="Y17" s="45">
-        <v>6.8</v>
+        <v>6.4</v>
       </c>
       <c r="Z17" s="10" t="s">
         <v>81</v>
       </c>
       <c r="AA17" s="7"/>
       <c r="AB17" s="8"/>
     </row>
-    <row r="18" spans="2:28" ht="34.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>45561</v>
+    <row r="18" spans="2:28" ht="33.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B18" s="9">
+        <v>45702</v>
+      </c>
+      <c r="C18" s="9">
+        <v>45716</v>
+      </c>
+      <c r="D18" s="9">
+        <v>45716</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F18" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G18" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H18" s="45">
-        <v>3</v>
+        <v>17</v>
       </c>
       <c r="I18" s="45">
-        <v>3</v>
+        <v>17</v>
       </c>
       <c r="J18" s="45">
-        <v>3</v>
+        <v>17</v>
       </c>
       <c r="K18" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L18" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M18" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N18" s="45">
-        <v>97</v>
+        <v>252</v>
       </c>
       <c r="O18" s="45">
-        <v>97</v>
+        <v>252</v>
       </c>
       <c r="P18" s="45">
-        <v>97</v>
+        <v>252</v>
       </c>
       <c r="Q18" s="45">
-        <v>2.3E-2</v>
+        <v>7.4999999999999997E-2</v>
       </c>
       <c r="R18" s="45">
-        <v>2.3E-2</v>
+        <v>7.4999999999999997E-2</v>
       </c>
       <c r="S18" s="45">
-        <v>2.3E-2</v>
-[...8 lines deleted...]
-        <v>32</v>
+        <v>7.4999999999999997E-2</v>
+      </c>
+      <c r="T18" s="45">
+        <v>1</v>
+      </c>
+      <c r="U18" s="45">
+        <v>1</v>
+      </c>
+      <c r="V18" s="45">
+        <v>1</v>
       </c>
       <c r="W18" s="45">
-        <v>7</v>
+        <v>6.7</v>
       </c>
       <c r="X18" s="45">
-        <v>7</v>
+        <v>6.7</v>
       </c>
       <c r="Y18" s="45">
-        <v>7</v>
+        <v>6.7</v>
       </c>
       <c r="Z18" s="10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AA18" s="7"/>
       <c r="AB18" s="8"/>
     </row>
-    <row r="19" spans="2:28" ht="30.6" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>45561</v>
+    <row r="19" spans="2:28" ht="58.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B19" s="9">
+        <v>45627</v>
+      </c>
+      <c r="C19" s="9">
+        <v>45708</v>
+      </c>
+      <c r="D19" s="9">
+        <v>45708</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F19" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G19" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="H19" s="10" t="s">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="H19" s="45">
+        <v>7</v>
+      </c>
+      <c r="I19" s="45">
+        <v>7</v>
+      </c>
+      <c r="J19" s="45">
+        <v>7</v>
       </c>
       <c r="K19" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L19" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M19" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N19" s="45">
-        <v>207</v>
+        <v>275</v>
       </c>
       <c r="O19" s="45">
-        <v>207</v>
+        <v>275</v>
       </c>
       <c r="P19" s="45">
-        <v>207</v>
+        <v>275</v>
       </c>
       <c r="Q19" s="45">
-        <v>4.7E-2</v>
+        <v>0.109</v>
       </c>
       <c r="R19" s="45">
-        <v>4.7E-2</v>
+        <v>0.109</v>
       </c>
       <c r="S19" s="45">
-        <v>4.7E-2</v>
+        <v>0.109</v>
       </c>
       <c r="T19" s="45">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U19" s="45">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V19" s="45">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W19" s="45">
-        <v>7.2</v>
+        <v>6.8</v>
       </c>
       <c r="X19" s="45">
-        <v>7.2</v>
+        <v>6.8</v>
       </c>
       <c r="Y19" s="45">
-        <v>7.2</v>
+        <v>6.8</v>
       </c>
       <c r="Z19" s="10" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="AA19" s="7"/>
       <c r="AB19" s="8"/>
     </row>
-    <row r="20" spans="2:28" ht="31.95" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="C20" s="123">
+    <row r="20" spans="2:28" ht="34.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B20" s="9">
         <v>45561</v>
       </c>
-      <c r="D20" s="123">
+      <c r="C20" s="9">
+        <v>45561</v>
+      </c>
+      <c r="D20" s="9">
         <v>45561</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F20" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G20" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="H20" s="10" t="s">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="H20" s="45">
+        <v>3</v>
+      </c>
+      <c r="I20" s="45">
+        <v>3</v>
+      </c>
+      <c r="J20" s="45">
+        <v>3</v>
       </c>
       <c r="K20" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L20" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M20" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N20" s="45">
-        <v>42</v>
+        <v>97</v>
       </c>
       <c r="O20" s="45">
-        <v>42</v>
+        <v>97</v>
       </c>
       <c r="P20" s="45">
-        <v>42</v>
-[...17 lines deleted...]
-        <v>3</v>
+        <v>97</v>
+      </c>
+      <c r="Q20" s="45">
+        <v>2.3E-2</v>
+      </c>
+      <c r="R20" s="45">
+        <v>2.3E-2</v>
+      </c>
+      <c r="S20" s="45">
+        <v>2.3E-2</v>
+      </c>
+      <c r="T20" s="45" t="s">
+        <v>32</v>
+      </c>
+      <c r="U20" s="45" t="s">
+        <v>32</v>
+      </c>
+      <c r="V20" s="45" t="s">
+        <v>32</v>
       </c>
       <c r="W20" s="45">
-        <v>7.4</v>
+        <v>7</v>
       </c>
       <c r="X20" s="45">
-        <v>7.4</v>
+        <v>7</v>
       </c>
       <c r="Y20" s="45">
-        <v>7.4</v>
+        <v>7</v>
       </c>
       <c r="Z20" s="10" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="AA20" s="7"/>
       <c r="AB20" s="8"/>
     </row>
-    <row r="21" spans="2:28" ht="31.2" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>45531</v>
+    <row r="21" spans="2:28" ht="30.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B21" s="9">
+        <v>45518</v>
+      </c>
+      <c r="C21" s="9">
+        <v>45561</v>
+      </c>
+      <c r="D21" s="9">
+        <v>45561</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F21" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G21" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H21" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I21" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J21" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K21" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L21" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M21" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N21" s="45">
-        <v>58</v>
+        <v>207</v>
       </c>
       <c r="O21" s="45">
-        <v>58</v>
+        <v>207</v>
       </c>
       <c r="P21" s="45">
-        <v>58</v>
+        <v>207</v>
       </c>
       <c r="Q21" s="45">
-        <v>4.9000000000000002E-2</v>
+        <v>4.7E-2</v>
       </c>
       <c r="R21" s="45">
-        <v>4.9000000000000002E-2</v>
+        <v>4.7E-2</v>
       </c>
       <c r="S21" s="45">
-        <v>4.9000000000000002E-2</v>
+        <v>4.7E-2</v>
       </c>
       <c r="T21" s="45">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="U21" s="45">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="V21" s="45">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="W21" s="45">
-        <v>6.8</v>
+        <v>7.2</v>
       </c>
       <c r="X21" s="45">
-        <v>6.8</v>
+        <v>7.2</v>
       </c>
       <c r="Y21" s="45">
-        <v>6.8</v>
+        <v>7.2</v>
       </c>
       <c r="Z21" s="10" t="s">
-        <v>26</v>
+        <v>84</v>
       </c>
       <c r="AA21" s="7"/>
       <c r="AB21" s="8"/>
     </row>
-    <row r="22" spans="2:28" ht="31.2" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>45427</v>
+    <row r="22" spans="2:28" ht="31.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B22" s="9">
+        <v>45503</v>
+      </c>
+      <c r="C22" s="9">
+        <v>45561</v>
+      </c>
+      <c r="D22" s="9">
+        <v>45561</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F22" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G22" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H22" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I22" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J22" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K22" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L22" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M22" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N22" s="45">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="O22" s="45">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="P22" s="45">
-        <v>20</v>
-[...8 lines deleted...]
-        <v>5.2999999999999999E-2</v>
+        <v>42</v>
+      </c>
+      <c r="Q22" s="45" t="s">
+        <v>82</v>
+      </c>
+      <c r="R22" s="45" t="s">
+        <v>82</v>
+      </c>
+      <c r="S22" s="45" t="s">
+        <v>82</v>
       </c>
       <c r="T22" s="45">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="U22" s="45">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="V22" s="45">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="W22" s="45">
-        <v>6.9</v>
+        <v>7.4</v>
       </c>
       <c r="X22" s="45">
-        <v>6.9</v>
+        <v>7.4</v>
       </c>
       <c r="Y22" s="45">
-        <v>6.9</v>
+        <v>7.4</v>
       </c>
       <c r="Z22" s="10" t="s">
-        <v>27</v>
+        <v>83</v>
       </c>
       <c r="AA22" s="7"/>
       <c r="AB22" s="8"/>
     </row>
     <row r="23" spans="2:28" ht="31.2" x14ac:dyDescent="0.3">
-      <c r="B23" s="123">
-[...6 lines deleted...]
-        <v>45163</v>
+      <c r="B23" s="9">
+        <v>45443</v>
+      </c>
+      <c r="C23" s="9">
+        <v>45531</v>
+      </c>
+      <c r="D23" s="9">
+        <v>45531</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F23" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G23" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="H23" s="10">
-[...6 lines deleted...]
-        <v>12</v>
+      <c r="H23" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="I23" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="J23" s="10" t="s">
+        <v>24</v>
       </c>
       <c r="K23" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L23" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M23" s="10" t="s">
         <v>25</v>
       </c>
-      <c r="N23" s="10">
-[...17 lines deleted...]
-      <c r="T23" s="10">
+      <c r="N23" s="45">
+        <v>58</v>
+      </c>
+      <c r="O23" s="45">
+        <v>58</v>
+      </c>
+      <c r="P23" s="45">
+        <v>58</v>
+      </c>
+      <c r="Q23" s="45">
+        <v>4.9000000000000002E-2</v>
+      </c>
+      <c r="R23" s="45">
+        <v>4.9000000000000002E-2</v>
+      </c>
+      <c r="S23" s="45">
+        <v>4.9000000000000002E-2</v>
+      </c>
+      <c r="T23" s="45">
         <v>1</v>
       </c>
-      <c r="U23" s="10">
+      <c r="U23" s="45">
         <v>1</v>
       </c>
-      <c r="V23" s="10">
+      <c r="V23" s="45">
         <v>1</v>
       </c>
-      <c r="W23" s="10">
-[...6 lines deleted...]
-        <v>5.3</v>
+      <c r="W23" s="45">
+        <v>6.8</v>
+      </c>
+      <c r="X23" s="45">
+        <v>6.8</v>
+      </c>
+      <c r="Y23" s="45">
+        <v>6.8</v>
       </c>
       <c r="Z23" s="10" t="s">
-        <v>28</v>
-[...4 lines deleted...]
-    <row r="24" spans="2:28" x14ac:dyDescent="0.3">
+        <v>26</v>
+      </c>
+      <c r="AA23" s="7"/>
+      <c r="AB23" s="8"/>
+    </row>
+    <row r="24" spans="2:28" ht="31.2" x14ac:dyDescent="0.3">
       <c r="B24" s="9">
-        <v>45085</v>
+        <v>45390</v>
       </c>
       <c r="C24" s="9">
-        <v>45163</v>
+        <v>45426</v>
       </c>
       <c r="D24" s="9">
-        <v>45163</v>
+        <v>45427</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F24" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G24" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H24" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I24" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J24" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K24" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L24" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M24" s="10" t="s">
         <v>25</v>
       </c>
-      <c r="N24" s="10">
-[...41 lines deleted...]
-    <row r="25" spans="2:28" x14ac:dyDescent="0.3">
+      <c r="N24" s="45">
+        <v>20</v>
+      </c>
+      <c r="O24" s="45">
+        <v>20</v>
+      </c>
+      <c r="P24" s="45">
+        <v>20</v>
+      </c>
+      <c r="Q24" s="45">
+        <v>5.2999999999999999E-2</v>
+      </c>
+      <c r="R24" s="45">
+        <v>5.2999999999999999E-2</v>
+      </c>
+      <c r="S24" s="45">
+        <v>5.2999999999999999E-2</v>
+      </c>
+      <c r="T24" s="45">
+        <v>1</v>
+      </c>
+      <c r="U24" s="45">
+        <v>1</v>
+      </c>
+      <c r="V24" s="45">
+        <v>1</v>
+      </c>
+      <c r="W24" s="45">
+        <v>6.9</v>
+      </c>
+      <c r="X24" s="45">
+        <v>6.9</v>
+      </c>
+      <c r="Y24" s="45">
+        <v>6.9</v>
+      </c>
+      <c r="Z24" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="AA24" s="7"/>
+      <c r="AB24" s="8"/>
+    </row>
+    <row r="25" spans="2:28" ht="31.2" x14ac:dyDescent="0.3">
       <c r="B25" s="9">
-        <v>44890</v>
+        <v>45125</v>
       </c>
       <c r="C25" s="9">
-        <v>44937</v>
+        <v>45163</v>
       </c>
       <c r="D25" s="9">
-        <v>44937</v>
+        <v>45163</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F25" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G25" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="H25" s="10" t="s">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="H25" s="10">
+        <v>12</v>
+      </c>
+      <c r="I25" s="10">
+        <v>12</v>
+      </c>
+      <c r="J25" s="10">
+        <v>12</v>
       </c>
       <c r="K25" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L25" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M25" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N25" s="10">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="O25" s="10">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="P25" s="10">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="Q25" s="10">
-        <v>3.0000000000000001E-3</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="R25" s="10">
-        <v>3.0000000000000001E-3</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="S25" s="10">
-        <v>3.0000000000000001E-3</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="T25" s="10">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="U25" s="10">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="V25" s="10">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="W25" s="10">
-        <v>8</v>
+        <v>5.3</v>
       </c>
       <c r="X25" s="10">
-        <v>8</v>
+        <v>5.3</v>
       </c>
       <c r="Y25" s="10">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>5.3</v>
+      </c>
+      <c r="Z25" s="10" t="s">
+        <v>28</v>
       </c>
       <c r="AA25" s="10"/>
       <c r="AB25" s="13"/>
     </row>
     <row r="26" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B26" s="9">
-        <v>44862</v>
+        <v>45085</v>
       </c>
       <c r="C26" s="9">
-        <v>44895</v>
+        <v>45163</v>
       </c>
       <c r="D26" s="9">
-        <v>44895</v>
+        <v>45163</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F26" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G26" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H26" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I26" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J26" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K26" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L26" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M26" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N26" s="10">
-        <v>43</v>
+        <v>213</v>
       </c>
       <c r="O26" s="10">
-        <v>43</v>
+        <v>213</v>
       </c>
       <c r="P26" s="10">
-        <v>43</v>
+        <v>213</v>
       </c>
       <c r="Q26" s="10">
-        <v>2E-3</v>
+        <v>7.3999999999999996E-2</v>
       </c>
       <c r="R26" s="10">
-        <v>2E-3</v>
+        <v>7.3999999999999996E-2</v>
       </c>
       <c r="S26" s="10">
-        <v>2E-3</v>
+        <v>7.3999999999999996E-2</v>
       </c>
       <c r="T26" s="10">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="U26" s="10">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="V26" s="10">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="W26" s="10">
-        <v>8.1999999999999993</v>
+        <v>6.4</v>
       </c>
       <c r="X26" s="10">
-        <v>8.1999999999999993</v>
+        <v>6.4</v>
       </c>
       <c r="Y26" s="10">
-        <v>8.1999999999999993</v>
+        <v>6.4</v>
       </c>
       <c r="Z26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="AA26" s="10"/>
       <c r="AB26" s="13"/>
     </row>
     <row r="27" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B27" s="9">
-        <v>44824</v>
+        <v>44890</v>
       </c>
       <c r="C27" s="9">
-        <v>44895</v>
+        <v>44937</v>
       </c>
       <c r="D27" s="9">
-        <v>44895</v>
+        <v>44937</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F27" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G27" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="H27" s="10">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="H27" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="I27" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="J27" s="10" t="s">
+        <v>24</v>
       </c>
       <c r="K27" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L27" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M27" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N27" s="10">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="O27" s="10">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P27" s="10">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="Q27" s="10">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="R27" s="10">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="S27" s="10">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="T27" s="10">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="U27" s="10">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="V27" s="10">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="W27" s="10">
-        <v>6.6</v>
+        <v>8</v>
       </c>
       <c r="X27" s="10">
-        <v>6.6</v>
+        <v>8</v>
       </c>
       <c r="Y27" s="10">
-        <v>6.6</v>
+        <v>8</v>
       </c>
       <c r="Z27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="AA27" s="10"/>
       <c r="AB27" s="13"/>
     </row>
     <row r="28" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B28" s="9">
-        <v>44802</v>
+        <v>44862</v>
       </c>
       <c r="C28" s="9">
         <v>44895</v>
       </c>
       <c r="D28" s="9">
         <v>44895</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F28" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G28" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H28" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I28" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J28" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K28" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L28" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M28" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N28" s="10">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="O28" s="10">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="P28" s="10">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="Q28" s="10">
         <v>2E-3</v>
       </c>
       <c r="R28" s="10">
         <v>2E-3</v>
       </c>
       <c r="S28" s="10">
         <v>2E-3</v>
       </c>
       <c r="T28" s="10">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="U28" s="10">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="V28" s="10">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="W28" s="10">
-        <v>7.9</v>
+        <v>8.1999999999999993</v>
       </c>
       <c r="X28" s="10">
-        <v>7.9</v>
+        <v>8.1999999999999993</v>
       </c>
       <c r="Y28" s="10">
-        <v>7.9</v>
+        <v>8.1999999999999993</v>
       </c>
       <c r="Z28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="AA28" s="10"/>
       <c r="AB28" s="13"/>
     </row>
     <row r="29" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B29" s="9">
-        <v>44776</v>
+        <v>44824</v>
       </c>
       <c r="C29" s="9">
         <v>44895</v>
       </c>
       <c r="D29" s="9">
         <v>44895</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F29" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G29" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="H29" s="10" t="s">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="H29" s="10">
+        <v>13</v>
+      </c>
+      <c r="I29" s="10">
+        <v>13</v>
+      </c>
+      <c r="J29" s="10">
+        <v>13</v>
       </c>
       <c r="K29" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L29" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M29" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N29" s="10">
-        <v>121</v>
+        <v>43</v>
       </c>
       <c r="O29" s="10">
-        <v>121</v>
+        <v>43</v>
       </c>
       <c r="P29" s="10">
-        <v>121</v>
+        <v>43</v>
       </c>
       <c r="Q29" s="10">
-        <v>1.7999999999999999E-2</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="R29" s="10">
-        <v>1.7999999999999999E-2</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="S29" s="10">
-        <v>1.7999999999999999E-2</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="T29" s="10">
         <v>1</v>
       </c>
       <c r="U29" s="10">
         <v>1</v>
       </c>
       <c r="V29" s="10">
         <v>1</v>
       </c>
       <c r="W29" s="10">
-        <v>7.7</v>
+        <v>6.6</v>
       </c>
       <c r="X29" s="10">
-        <v>7.7</v>
+        <v>6.6</v>
       </c>
       <c r="Y29" s="10">
-        <v>7.7</v>
+        <v>6.6</v>
       </c>
       <c r="Z29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="AA29" s="10"/>
       <c r="AB29" s="13"/>
     </row>
     <row r="30" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B30" s="9">
-        <v>44712</v>
+        <v>44802</v>
       </c>
       <c r="C30" s="9">
-        <v>44817</v>
+        <v>44895</v>
       </c>
       <c r="D30" s="9">
-        <v>44817</v>
+        <v>44895</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F30" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G30" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="H30" s="10">
-[...6 lines deleted...]
-        <v>3</v>
+      <c r="H30" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="I30" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="J30" s="10" t="s">
+        <v>24</v>
       </c>
       <c r="K30" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L30" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M30" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N30" s="10">
-        <v>212</v>
+        <v>34</v>
       </c>
       <c r="O30" s="10">
-        <v>212</v>
+        <v>34</v>
       </c>
       <c r="P30" s="10">
-        <v>212</v>
+        <v>34</v>
       </c>
       <c r="Q30" s="10">
-        <v>0.11</v>
+        <v>2E-3</v>
       </c>
       <c r="R30" s="10">
-        <v>0.11</v>
+        <v>2E-3</v>
       </c>
       <c r="S30" s="10">
-        <v>0.11</v>
+        <v>2E-3</v>
       </c>
       <c r="T30" s="10">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="U30" s="10">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="V30" s="10">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="W30" s="10">
-        <v>7.6</v>
+        <v>7.9</v>
       </c>
       <c r="X30" s="10">
-        <v>7.6</v>
+        <v>7.9</v>
       </c>
       <c r="Y30" s="10">
-        <v>7.6</v>
+        <v>7.9</v>
       </c>
       <c r="Z30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="AA30" s="10"/>
       <c r="AB30" s="13"/>
     </row>
     <row r="31" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B31" s="9">
-        <v>44508</v>
+        <v>44776</v>
       </c>
       <c r="C31" s="9">
-        <v>44538</v>
+        <v>44895</v>
       </c>
       <c r="D31" s="9">
-        <v>44539</v>
+        <v>44895</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F31" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G31" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H31" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I31" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J31" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K31" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L31" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M31" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N31" s="10">
-        <v>150</v>
+        <v>121</v>
       </c>
       <c r="O31" s="10">
-        <v>150</v>
+        <v>121</v>
       </c>
       <c r="P31" s="10">
-        <v>150</v>
+        <v>121</v>
       </c>
       <c r="Q31" s="10">
-        <v>5.0000000000000001E-3</v>
+        <v>1.7999999999999999E-2</v>
       </c>
       <c r="R31" s="10">
-        <v>5.0000000000000001E-3</v>
+        <v>1.7999999999999999E-2</v>
       </c>
       <c r="S31" s="10">
-        <v>5.0000000000000001E-3</v>
+        <v>1.7999999999999999E-2</v>
       </c>
       <c r="T31" s="10">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="U31" s="10">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="V31" s="10">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="W31" s="10">
-        <v>7.5</v>
+        <v>7.7</v>
       </c>
       <c r="X31" s="10">
-        <v>7.5</v>
+        <v>7.7</v>
       </c>
       <c r="Y31" s="10">
-        <v>7.5</v>
+        <v>7.7</v>
       </c>
       <c r="Z31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="AA31" s="10"/>
       <c r="AB31" s="13"/>
     </row>
     <row r="32" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B32" s="9">
-        <v>44476</v>
+        <v>44712</v>
       </c>
       <c r="C32" s="9">
-        <v>44538</v>
+        <v>44817</v>
       </c>
       <c r="D32" s="9">
-        <v>44539</v>
+        <v>44817</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F32" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G32" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="H32" s="10" t="s">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="H32" s="10">
+        <v>3</v>
+      </c>
+      <c r="I32" s="10">
+        <v>3</v>
+      </c>
+      <c r="J32" s="10">
+        <v>3</v>
       </c>
       <c r="K32" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L32" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M32" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N32" s="10">
-        <v>142</v>
+        <v>212</v>
       </c>
       <c r="O32" s="10">
-        <v>142</v>
+        <v>212</v>
       </c>
       <c r="P32" s="10">
-        <v>142</v>
+        <v>212</v>
       </c>
       <c r="Q32" s="10">
-        <v>7.0000000000000001E-3</v>
+        <v>0.11</v>
       </c>
       <c r="R32" s="10">
-        <v>7.0000000000000001E-3</v>
+        <v>0.11</v>
       </c>
       <c r="S32" s="10">
-        <v>7.0000000000000001E-3</v>
+        <v>0.11</v>
       </c>
       <c r="T32" s="10">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="U32" s="10">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="V32" s="10">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="W32" s="10">
-        <v>8</v>
+        <v>7.6</v>
       </c>
       <c r="X32" s="10">
-        <v>8</v>
+        <v>7.6</v>
       </c>
       <c r="Y32" s="10">
-        <v>8</v>
+        <v>7.6</v>
       </c>
       <c r="Z32" s="15" t="s">
         <v>29</v>
       </c>
       <c r="AA32" s="10"/>
       <c r="AB32" s="13"/>
     </row>
     <row r="33" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B33" s="9">
-        <v>44475</v>
+        <v>44508</v>
       </c>
       <c r="C33" s="9">
         <v>44538</v>
       </c>
       <c r="D33" s="9">
         <v>44539</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F33" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G33" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H33" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I33" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J33" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K33" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L33" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M33" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N33" s="10">
-        <v>40</v>
+        <v>150</v>
       </c>
       <c r="O33" s="10">
-        <v>40</v>
+        <v>150</v>
       </c>
       <c r="P33" s="10">
-        <v>40</v>
+        <v>150</v>
       </c>
       <c r="Q33" s="10">
-        <v>3.0000000000000001E-3</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="R33" s="10">
-        <v>3.0000000000000001E-3</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="S33" s="10">
-        <v>3.0000000000000001E-3</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="T33" s="10">
         <v>2</v>
       </c>
       <c r="U33" s="10">
         <v>2</v>
       </c>
       <c r="V33" s="10">
         <v>2</v>
       </c>
       <c r="W33" s="10">
-        <v>6.5</v>
+        <v>7.5</v>
       </c>
       <c r="X33" s="10">
-        <v>6.5</v>
+        <v>7.5</v>
       </c>
       <c r="Y33" s="10">
-        <v>6.5</v>
+        <v>7.5</v>
       </c>
       <c r="Z33" s="15" t="s">
         <v>29</v>
       </c>
       <c r="AA33" s="10"/>
       <c r="AB33" s="13"/>
     </row>
     <row r="34" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B34" s="9">
-        <v>44469</v>
+        <v>44476</v>
       </c>
       <c r="C34" s="9">
         <v>44538</v>
       </c>
       <c r="D34" s="9">
         <v>44539</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F34" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G34" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H34" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I34" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J34" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K34" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L34" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M34" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N34" s="10">
-        <v>224</v>
+        <v>142</v>
       </c>
       <c r="O34" s="10">
-        <v>224</v>
+        <v>142</v>
       </c>
       <c r="P34" s="10">
-        <v>224</v>
+        <v>142</v>
       </c>
       <c r="Q34" s="10">
-        <v>3.3000000000000002E-2</v>
+        <v>7.0000000000000001E-3</v>
       </c>
       <c r="R34" s="10">
-        <v>3.3000000000000002E-2</v>
+        <v>7.0000000000000001E-3</v>
       </c>
       <c r="S34" s="10">
-        <v>3.3000000000000002E-2</v>
+        <v>7.0000000000000001E-3</v>
       </c>
       <c r="T34" s="10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U34" s="10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V34" s="10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W34" s="10">
-        <v>7.5</v>
+        <v>8</v>
       </c>
       <c r="X34" s="10">
-        <v>7.5</v>
+        <v>8</v>
       </c>
       <c r="Y34" s="10">
-        <v>7.5</v>
+        <v>8</v>
       </c>
       <c r="Z34" s="15" t="s">
         <v>29</v>
       </c>
       <c r="AA34" s="10"/>
       <c r="AB34" s="13"/>
     </row>
     <row r="35" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B35" s="9">
-        <v>44445</v>
+        <v>44475</v>
       </c>
       <c r="C35" s="9">
         <v>44538</v>
       </c>
       <c r="D35" s="9">
         <v>44539</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F35" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G35" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H35" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I35" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J35" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K35" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L35" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M35" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N35" s="10">
-        <v>5</v>
+        <v>40</v>
       </c>
       <c r="O35" s="10">
-        <v>5</v>
+        <v>40</v>
       </c>
       <c r="P35" s="10">
-        <v>5</v>
+        <v>40</v>
       </c>
       <c r="Q35" s="10">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="R35" s="10">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="S35" s="10">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="T35" s="10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U35" s="10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V35" s="10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W35" s="10">
-        <v>7.4</v>
+        <v>6.5</v>
       </c>
       <c r="X35" s="10">
-        <v>7.4</v>
+        <v>6.5</v>
       </c>
       <c r="Y35" s="10">
-        <v>7.4</v>
+        <v>6.5</v>
       </c>
       <c r="Z35" s="15" t="s">
         <v>29</v>
       </c>
       <c r="AA35" s="10"/>
       <c r="AB35" s="13"/>
     </row>
     <row r="36" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B36" s="9">
-        <v>44420</v>
+        <v>44469</v>
       </c>
       <c r="C36" s="9">
         <v>44538</v>
       </c>
       <c r="D36" s="9">
         <v>44539</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F36" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G36" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H36" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I36" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J36" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K36" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L36" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M36" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N36" s="10">
-        <v>116</v>
+        <v>224</v>
       </c>
       <c r="O36" s="10">
-        <v>116</v>
+        <v>224</v>
       </c>
       <c r="P36" s="10">
-        <v>116</v>
+        <v>224</v>
       </c>
       <c r="Q36" s="10">
-        <v>0.12</v>
+        <v>3.3000000000000002E-2</v>
       </c>
       <c r="R36" s="10">
-        <v>0.12</v>
+        <v>3.3000000000000002E-2</v>
       </c>
       <c r="S36" s="10">
-        <v>0.12</v>
+        <v>3.3000000000000002E-2</v>
       </c>
       <c r="T36" s="10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U36" s="10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V36" s="10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W36" s="10">
-        <v>7.2</v>
+        <v>7.5</v>
       </c>
       <c r="X36" s="10">
-        <v>7.2</v>
+        <v>7.5</v>
       </c>
       <c r="Y36" s="10">
-        <v>7.2</v>
+        <v>7.5</v>
       </c>
       <c r="Z36" s="15" t="s">
         <v>29</v>
       </c>
       <c r="AA36" s="10"/>
       <c r="AB36" s="13"/>
     </row>
     <row r="37" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B37" s="9">
-        <v>44396</v>
+        <v>44445</v>
       </c>
       <c r="C37" s="9">
-        <v>44459</v>
+        <v>44538</v>
       </c>
       <c r="D37" s="9">
-        <v>44459</v>
+        <v>44539</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F37" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G37" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H37" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I37" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J37" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K37" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L37" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M37" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N37" s="10">
-        <v>174</v>
+        <v>5</v>
       </c>
       <c r="O37" s="10">
-        <v>174</v>
+        <v>5</v>
       </c>
       <c r="P37" s="10">
-        <v>174</v>
+        <v>5</v>
       </c>
       <c r="Q37" s="10">
-        <v>1.0999999999999999E-2</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="R37" s="10">
-        <v>1.0999999999999999E-2</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="S37" s="10">
-        <v>1.0999999999999999E-2</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="T37" s="10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U37" s="10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V37" s="10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W37" s="10">
-        <v>8</v>
+        <v>7.4</v>
       </c>
       <c r="X37" s="10">
-        <v>8</v>
+        <v>7.4</v>
       </c>
       <c r="Y37" s="10">
-        <v>8</v>
+        <v>7.4</v>
       </c>
       <c r="Z37" s="15" t="s">
         <v>29</v>
       </c>
       <c r="AA37" s="10"/>
       <c r="AB37" s="13"/>
     </row>
     <row r="38" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B38" s="9">
-        <v>44382</v>
+        <v>44420</v>
       </c>
       <c r="C38" s="9">
-        <v>44459</v>
+        <v>44538</v>
       </c>
       <c r="D38" s="9">
-        <v>44459</v>
+        <v>44539</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F38" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G38" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H38" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I38" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J38" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K38" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L38" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M38" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N38" s="10">
-        <v>138</v>
+        <v>116</v>
       </c>
       <c r="O38" s="10">
-        <v>138</v>
+        <v>116</v>
       </c>
       <c r="P38" s="10">
-        <v>138</v>
+        <v>116</v>
       </c>
       <c r="Q38" s="10">
-        <v>0.01</v>
+        <v>0.12</v>
       </c>
       <c r="R38" s="10">
-        <v>0.01</v>
+        <v>0.12</v>
       </c>
       <c r="S38" s="10">
-        <v>0.01</v>
+        <v>0.12</v>
       </c>
       <c r="T38" s="10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U38" s="10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V38" s="10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W38" s="10">
-        <v>6.2</v>
+        <v>7.2</v>
       </c>
       <c r="X38" s="10">
-        <v>6.2</v>
+        <v>7.2</v>
       </c>
       <c r="Y38" s="10">
-        <v>6.2</v>
+        <v>7.2</v>
       </c>
       <c r="Z38" s="15" t="s">
         <v>29</v>
       </c>
       <c r="AA38" s="10"/>
       <c r="AB38" s="13"/>
     </row>
     <row r="39" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B39" s="9">
-        <v>44371</v>
+        <v>44396</v>
       </c>
       <c r="C39" s="9">
         <v>44459</v>
       </c>
       <c r="D39" s="9">
         <v>44459</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F39" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G39" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H39" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I39" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J39" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K39" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L39" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M39" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N39" s="10">
-        <v>130</v>
+        <v>174</v>
       </c>
       <c r="O39" s="10">
-        <v>130</v>
+        <v>174</v>
       </c>
       <c r="P39" s="10">
-        <v>130</v>
+        <v>174</v>
       </c>
       <c r="Q39" s="10">
-        <v>4.0000000000000001E-3</v>
+        <v>1.0999999999999999E-2</v>
       </c>
       <c r="R39" s="10">
-        <v>4.0000000000000001E-3</v>
+        <v>1.0999999999999999E-2</v>
       </c>
       <c r="S39" s="10">
-        <v>4.0000000000000001E-3</v>
+        <v>1.0999999999999999E-2</v>
       </c>
       <c r="T39" s="10">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="U39" s="10">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="V39" s="10">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="W39" s="10">
-        <v>7.6</v>
+        <v>8</v>
       </c>
       <c r="X39" s="10">
-        <v>7.6</v>
+        <v>8</v>
       </c>
       <c r="Y39" s="10">
-        <v>7.6</v>
+        <v>8</v>
       </c>
       <c r="Z39" s="15" t="s">
         <v>29</v>
       </c>
       <c r="AA39" s="10"/>
       <c r="AB39" s="13"/>
     </row>
     <row r="40" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B40" s="9">
-        <v>44235</v>
+        <v>44382</v>
       </c>
       <c r="C40" s="9">
-        <v>44280</v>
+        <v>44459</v>
       </c>
       <c r="D40" s="9">
-        <v>44280</v>
+        <v>44459</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F40" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G40" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H40" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I40" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J40" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K40" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L40" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M40" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N40" s="10">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="O40" s="10">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="P40" s="10">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="Q40" s="10">
-        <v>2E-3</v>
+        <v>0.01</v>
       </c>
       <c r="R40" s="10">
-        <v>2E-3</v>
+        <v>0.01</v>
       </c>
       <c r="S40" s="10">
-        <v>2E-3</v>
+        <v>0.01</v>
       </c>
       <c r="T40" s="10">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="U40" s="10">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V40" s="10">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="W40" s="10">
-        <v>7.4</v>
+        <v>6.2</v>
       </c>
       <c r="X40" s="10">
-        <v>7.4</v>
+        <v>6.2</v>
       </c>
       <c r="Y40" s="10">
-        <v>7.4</v>
+        <v>6.2</v>
       </c>
       <c r="Z40" s="15" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AA40" s="10"/>
       <c r="AB40" s="13"/>
     </row>
     <row r="41" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B41" s="9">
-        <v>44182</v>
+        <v>44371</v>
       </c>
       <c r="C41" s="9">
-        <v>44280</v>
+        <v>44459</v>
       </c>
       <c r="D41" s="9">
-        <v>44280</v>
+        <v>44459</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F41" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G41" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H41" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I41" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J41" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K41" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L41" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M41" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N41" s="10">
-        <v>334</v>
+        <v>130</v>
       </c>
       <c r="O41" s="10">
-        <v>334</v>
+        <v>130</v>
       </c>
       <c r="P41" s="10">
-        <v>334</v>
+        <v>130</v>
       </c>
       <c r="Q41" s="10">
-        <v>2E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="R41" s="10">
-        <v>2E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="S41" s="10">
-        <v>2E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="T41" s="10">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U41" s="10">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="V41" s="10">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W41" s="10">
-        <v>6.2</v>
+        <v>7.6</v>
       </c>
       <c r="X41" s="10">
-        <v>6.2</v>
+        <v>7.6</v>
       </c>
       <c r="Y41" s="10">
-        <v>6.2</v>
+        <v>7.6</v>
       </c>
       <c r="Z41" s="15" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AA41" s="10"/>
       <c r="AB41" s="13"/>
     </row>
-    <row r="42" spans="2:28" ht="31.2" x14ac:dyDescent="0.3">
+    <row r="42" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B42" s="9">
-        <v>44140</v>
+        <v>44235</v>
       </c>
       <c r="C42" s="9">
-        <v>44216</v>
+        <v>44280</v>
       </c>
       <c r="D42" s="9">
-        <v>44216</v>
-[...8 lines deleted...]
-        <v>0.03</v>
+        <v>44280</v>
+      </c>
+      <c r="E42" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F42" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="G42" s="10" t="s">
+        <v>23</v>
       </c>
       <c r="H42" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I42" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J42" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K42" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L42" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M42" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N42" s="10">
-        <v>74</v>
+        <v>136</v>
       </c>
       <c r="O42" s="10">
-        <v>74</v>
+        <v>136</v>
       </c>
       <c r="P42" s="10">
-        <v>74</v>
+        <v>136</v>
       </c>
       <c r="Q42" s="10">
-        <v>8.0000000000000002E-3</v>
+        <v>2E-3</v>
       </c>
       <c r="R42" s="10">
-        <v>8.0000000000000002E-3</v>
+        <v>2E-3</v>
       </c>
       <c r="S42" s="10">
-        <v>8.0000000000000002E-3</v>
+        <v>2E-3</v>
       </c>
       <c r="T42" s="10">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="U42" s="10">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="V42" s="10">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="W42" s="10">
-        <v>7.5</v>
+        <v>7.4</v>
       </c>
       <c r="X42" s="10">
-        <v>7.5</v>
+        <v>7.4</v>
       </c>
       <c r="Y42" s="10">
-        <v>7.5</v>
+        <v>7.4</v>
       </c>
       <c r="Z42" s="15" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="AA42" s="10"/>
       <c r="AB42" s="13"/>
     </row>
     <row r="43" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B43" s="9">
-        <v>44131</v>
+        <v>44182</v>
       </c>
       <c r="C43" s="9">
-        <v>44216</v>
+        <v>44280</v>
       </c>
       <c r="D43" s="9">
-        <v>44216</v>
-[...8 lines deleted...]
-        <v>0.05</v>
+        <v>44280</v>
+      </c>
+      <c r="E43" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F43" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="G43" s="10" t="s">
+        <v>23</v>
       </c>
       <c r="H43" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I43" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J43" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K43" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L43" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M43" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N43" s="10">
-        <v>87</v>
+        <v>334</v>
       </c>
       <c r="O43" s="10">
-        <v>87</v>
+        <v>334</v>
       </c>
       <c r="P43" s="10">
-        <v>87</v>
+        <v>334</v>
       </c>
       <c r="Q43" s="10">
-        <v>0.01</v>
+        <v>2E-3</v>
       </c>
       <c r="R43" s="10">
-        <v>0.01</v>
+        <v>2E-3</v>
       </c>
       <c r="S43" s="10">
-        <v>0.01</v>
+        <v>2E-3</v>
       </c>
       <c r="T43" s="10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U43" s="10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V43" s="10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W43" s="10">
         <v>6.2</v>
       </c>
       <c r="X43" s="10">
         <v>6.2</v>
       </c>
       <c r="Y43" s="10">
         <v>6.2</v>
       </c>
       <c r="Z43" s="15" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA43" s="10"/>
       <c r="AB43" s="13"/>
     </row>
-    <row r="44" spans="2:28" x14ac:dyDescent="0.3">
+    <row r="44" spans="2:28" ht="31.2" x14ac:dyDescent="0.3">
       <c r="B44" s="9">
-        <v>44111</v>
+        <v>44140</v>
       </c>
       <c r="C44" s="9">
-        <v>44149</v>
+        <v>44216</v>
       </c>
       <c r="D44" s="9">
-        <v>44158</v>
+        <v>44216</v>
       </c>
       <c r="E44" s="10">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="F44" s="10">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="G44" s="10">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="H44" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I44" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J44" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K44" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L44" s="10" t="s">
         <v>25</v>
       </c>
       <c r="M44" s="10" t="s">
         <v>25</v>
       </c>
       <c r="N44" s="10">
-        <v>35</v>
+        <v>74</v>
       </c>
       <c r="O44" s="10">
-        <v>35</v>
+        <v>74</v>
       </c>
       <c r="P44" s="10">
-        <v>35</v>
+        <v>74</v>
       </c>
       <c r="Q44" s="10">
-        <v>2E-3</v>
+        <v>8.0000000000000002E-3</v>
       </c>
       <c r="R44" s="10">
-        <v>2E-3</v>
+        <v>8.0000000000000002E-3</v>
       </c>
       <c r="S44" s="10">
-        <v>2E-3</v>
-[...8 lines deleted...]
-        <v>32</v>
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="T44" s="10">
+        <v>9</v>
+      </c>
+      <c r="U44" s="10">
+        <v>9</v>
+      </c>
+      <c r="V44" s="10">
+        <v>9</v>
       </c>
       <c r="W44" s="10">
-        <v>7.2</v>
+        <v>7.5</v>
       </c>
       <c r="X44" s="10">
-        <v>7.2</v>
+        <v>7.5</v>
       </c>
       <c r="Y44" s="10">
-        <v>7.2</v>
+        <v>7.5</v>
       </c>
       <c r="Z44" s="15" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="AA44" s="10"/>
       <c r="AB44" s="13"/>
     </row>
-    <row r="45" spans="2:28" ht="31.2" x14ac:dyDescent="0.3">
+    <row r="45" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B45" s="9">
-        <v>44062</v>
+        <v>44131</v>
       </c>
       <c r="C45" s="9">
-        <v>44149</v>
+        <v>44216</v>
       </c>
       <c r="D45" s="9">
-        <v>44158</v>
+        <v>44216</v>
       </c>
       <c r="E45" s="10">
-        <v>0.21</v>
+        <v>0.05</v>
       </c>
       <c r="F45" s="10">
-        <v>0.21</v>
+        <v>0.05</v>
       </c>
       <c r="G45" s="10">
-        <v>0.21</v>
-[...17 lines deleted...]
-        <v>0.31</v>
+        <v>0.05</v>
+      </c>
+      <c r="H45" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="I45" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="J45" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="K45" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="L45" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="M45" s="10" t="s">
+        <v>25</v>
       </c>
       <c r="N45" s="10">
-        <v>184</v>
+        <v>87</v>
       </c>
       <c r="O45" s="10">
-        <v>184</v>
+        <v>87</v>
       </c>
       <c r="P45" s="10">
-        <v>184</v>
+        <v>87</v>
       </c>
       <c r="Q45" s="10">
-        <v>0.23699999999999999</v>
+        <v>0.01</v>
       </c>
       <c r="R45" s="10">
-        <v>0.23699999999999999</v>
+        <v>0.01</v>
       </c>
       <c r="S45" s="10">
-        <v>0.23699999999999999</v>
+        <v>0.01</v>
       </c>
       <c r="T45" s="10">
         <v>3</v>
       </c>
       <c r="U45" s="10">
         <v>3</v>
       </c>
       <c r="V45" s="10">
         <v>3</v>
       </c>
       <c r="W45" s="10">
-        <v>6.6</v>
+        <v>6.2</v>
       </c>
       <c r="X45" s="10">
-        <v>6.6</v>
+        <v>6.2</v>
       </c>
       <c r="Y45" s="10">
-        <v>6.6</v>
+        <v>6.2</v>
       </c>
       <c r="Z45" s="15" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="AA45" s="10"/>
       <c r="AB45" s="13"/>
     </row>
-    <row r="46" spans="2:28" ht="31.2" x14ac:dyDescent="0.3">
+    <row r="46" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B46" s="9">
-        <v>44060</v>
+        <v>44111</v>
       </c>
       <c r="C46" s="9">
         <v>44149</v>
       </c>
       <c r="D46" s="9">
         <v>44158</v>
       </c>
       <c r="E46" s="10">
-        <v>0.05</v>
+        <v>0.02</v>
       </c>
       <c r="F46" s="10">
-        <v>0.05</v>
+        <v>0.02</v>
       </c>
       <c r="G46" s="10">
-        <v>0.05</v>
-[...1 lines deleted...]
-      <c r="H46" s="10">
+        <v>0.02</v>
+      </c>
+      <c r="H46" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="I46" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="J46" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="K46" s="10" t="s">
         <v>25</v>
       </c>
-      <c r="I46" s="10">
+      <c r="L46" s="10" t="s">
         <v>25</v>
       </c>
-      <c r="J46" s="10">
+      <c r="M46" s="10" t="s">
         <v>25</v>
       </c>
-      <c r="K46" s="10">
-[...7 lines deleted...]
-      </c>
       <c r="N46" s="10">
-        <v>6</v>
+        <v>35</v>
       </c>
       <c r="O46" s="10">
-        <v>6</v>
+        <v>35</v>
       </c>
       <c r="P46" s="10">
-        <v>6</v>
+        <v>35</v>
       </c>
       <c r="Q46" s="10">
-        <v>1.4E-2</v>
+        <v>2E-3</v>
       </c>
       <c r="R46" s="10">
-        <v>1.4E-2</v>
+        <v>2E-3</v>
       </c>
       <c r="S46" s="10">
-        <v>1.4E-2</v>
-[...8 lines deleted...]
-        <v>10</v>
+        <v>2E-3</v>
+      </c>
+      <c r="T46" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="U46" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="V46" s="10" t="s">
+        <v>32</v>
       </c>
       <c r="W46" s="10">
-        <v>6.2</v>
+        <v>7.2</v>
       </c>
       <c r="X46" s="10">
-        <v>6.2</v>
+        <v>7.2</v>
       </c>
       <c r="Y46" s="10">
-        <v>6.2</v>
+        <v>7.2</v>
       </c>
       <c r="Z46" s="15" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="AA46" s="10"/>
       <c r="AB46" s="13"/>
     </row>
-    <row r="47" spans="2:28" x14ac:dyDescent="0.3">
-[...28 lines deleted...]
-      <c r="AB47" s="65"/>
+    <row r="47" spans="2:28" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="B47" s="9">
+        <v>44062</v>
+      </c>
+      <c r="C47" s="9">
+        <v>44149</v>
+      </c>
+      <c r="D47" s="9">
+        <v>44158</v>
+      </c>
+      <c r="E47" s="10">
+        <v>0.21</v>
+      </c>
+      <c r="F47" s="10">
+        <v>0.21</v>
+      </c>
+      <c r="G47" s="10">
+        <v>0.21</v>
+      </c>
+      <c r="H47" s="10">
+        <v>5</v>
+      </c>
+      <c r="I47" s="10">
+        <v>5</v>
+      </c>
+      <c r="J47" s="10">
+        <v>5</v>
+      </c>
+      <c r="K47" s="10">
+        <v>0.31</v>
+      </c>
+      <c r="L47" s="10">
+        <v>0.31</v>
+      </c>
+      <c r="M47" s="10">
+        <v>0.31</v>
+      </c>
+      <c r="N47" s="10">
+        <v>184</v>
+      </c>
+      <c r="O47" s="10">
+        <v>184</v>
+      </c>
+      <c r="P47" s="10">
+        <v>184</v>
+      </c>
+      <c r="Q47" s="10">
+        <v>0.23699999999999999</v>
+      </c>
+      <c r="R47" s="10">
+        <v>0.23699999999999999</v>
+      </c>
+      <c r="S47" s="10">
+        <v>0.23699999999999999</v>
+      </c>
+      <c r="T47" s="10">
+        <v>3</v>
+      </c>
+      <c r="U47" s="10">
+        <v>3</v>
+      </c>
+      <c r="V47" s="10">
+        <v>3</v>
+      </c>
+      <c r="W47" s="10">
+        <v>6.6</v>
+      </c>
+      <c r="X47" s="10">
+        <v>6.6</v>
+      </c>
+      <c r="Y47" s="10">
+        <v>6.6</v>
+      </c>
+      <c r="Z47" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="AA47" s="10"/>
+      <c r="AB47" s="13"/>
     </row>
     <row r="48" spans="2:28" ht="31.2" x14ac:dyDescent="0.3">
-      <c r="B48" s="14">
-[...11 lines deleted...]
-        <v>35</v>
+      <c r="B48" s="9">
+        <v>44060</v>
+      </c>
+      <c r="C48" s="9">
+        <v>44149</v>
+      </c>
+      <c r="D48" s="9">
+        <v>44158</v>
+      </c>
+      <c r="E48" s="10">
+        <v>0.05</v>
+      </c>
+      <c r="F48" s="10">
+        <v>0.05</v>
+      </c>
+      <c r="G48" s="10">
+        <v>0.05</v>
       </c>
       <c r="H48" s="10">
-        <v>7</v>
+        <v>25</v>
       </c>
       <c r="I48" s="10">
-        <v>7</v>
+        <v>25</v>
       </c>
       <c r="J48" s="10">
-        <v>7</v>
-[...8 lines deleted...]
-        <v>36</v>
+        <v>25</v>
+      </c>
+      <c r="K48" s="10">
+        <v>0.02</v>
+      </c>
+      <c r="L48" s="10">
+        <v>0.02</v>
+      </c>
+      <c r="M48" s="10">
+        <v>0.02</v>
       </c>
       <c r="N48" s="10">
-        <v>78</v>
+        <v>6</v>
       </c>
       <c r="O48" s="10">
-        <v>78</v>
+        <v>6</v>
       </c>
       <c r="P48" s="10">
-        <v>78</v>
+        <v>6</v>
       </c>
       <c r="Q48" s="10">
-        <v>2.4E-2</v>
+        <v>1.4E-2</v>
       </c>
       <c r="R48" s="10">
-        <v>2.4E-2</v>
+        <v>1.4E-2</v>
       </c>
       <c r="S48" s="10">
-        <v>2.4E-2</v>
+        <v>1.4E-2</v>
       </c>
       <c r="T48" s="10">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="U48" s="10">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="V48" s="10">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="W48" s="10">
-        <v>6.1</v>
+        <v>6.2</v>
       </c>
       <c r="X48" s="10">
-        <v>6.1</v>
+        <v>6.2</v>
       </c>
       <c r="Y48" s="10">
-        <v>6.1</v>
+        <v>6.2</v>
       </c>
       <c r="Z48" s="15" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="AA48" s="10"/>
       <c r="AB48" s="13"/>
     </row>
-    <row r="49" spans="2:30" ht="31.2" x14ac:dyDescent="0.3">
-[...72 lines deleted...]
-      <c r="AB49" s="13"/>
+    <row r="49" spans="2:30" x14ac:dyDescent="0.3">
+      <c r="B49" s="109" t="s">
+        <v>34</v>
+      </c>
+      <c r="C49" s="109"/>
+      <c r="D49" s="109"/>
+      <c r="E49" s="109"/>
+      <c r="F49" s="109"/>
+      <c r="G49" s="109"/>
+      <c r="H49" s="109"/>
+      <c r="I49" s="109"/>
+      <c r="J49" s="109"/>
+      <c r="K49" s="109"/>
+      <c r="L49" s="109"/>
+      <c r="M49" s="109"/>
+      <c r="N49" s="109"/>
+      <c r="O49" s="109"/>
+      <c r="P49" s="109"/>
+      <c r="Q49" s="109"/>
+      <c r="R49" s="109"/>
+      <c r="S49" s="109"/>
+      <c r="T49" s="109"/>
+      <c r="U49" s="109"/>
+      <c r="V49" s="109"/>
+      <c r="W49" s="109"/>
+      <c r="X49" s="109"/>
+      <c r="Y49" s="109"/>
+      <c r="Z49" s="109"/>
+      <c r="AA49" s="109"/>
+      <c r="AB49" s="109"/>
     </row>
     <row r="50" spans="2:30" ht="31.2" x14ac:dyDescent="0.3">
       <c r="B50" s="14">
-        <v>43435</v>
+        <v>43983</v>
       </c>
       <c r="C50" s="14"/>
       <c r="D50" s="14"/>
-      <c r="E50" s="10">
-[...15 lines deleted...]
-        <v>24</v>
+      <c r="E50" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="F50" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="G50" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H50" s="10">
+        <v>7</v>
+      </c>
+      <c r="I50" s="10">
+        <v>7</v>
+      </c>
+      <c r="J50" s="10">
+        <v>7</v>
       </c>
       <c r="K50" s="10" t="s">
         <v>36</v>
       </c>
       <c r="L50" s="10" t="s">
         <v>36</v>
       </c>
       <c r="M50" s="10" t="s">
         <v>36</v>
       </c>
       <c r="N50" s="10">
-        <v>340</v>
+        <v>78</v>
       </c>
       <c r="O50" s="10">
-        <v>340</v>
+        <v>78</v>
       </c>
       <c r="P50" s="10">
-        <v>340</v>
+        <v>78</v>
       </c>
       <c r="Q50" s="10">
-        <v>0.52</v>
+        <v>2.4E-2</v>
       </c>
       <c r="R50" s="10">
-        <v>0.52</v>
+        <v>2.4E-2</v>
       </c>
       <c r="S50" s="10">
-        <v>0.52</v>
-[...8 lines deleted...]
-        <v>32</v>
+        <v>2.4E-2</v>
+      </c>
+      <c r="T50" s="10">
+        <v>5</v>
+      </c>
+      <c r="U50" s="10">
+        <v>5</v>
+      </c>
+      <c r="V50" s="10">
+        <v>5</v>
       </c>
       <c r="W50" s="10">
-        <v>6.9</v>
+        <v>6.1</v>
       </c>
       <c r="X50" s="10">
-        <v>6.9</v>
+        <v>6.1</v>
       </c>
       <c r="Y50" s="10">
-        <v>6.9</v>
+        <v>6.1</v>
       </c>
       <c r="Z50" s="15" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="AA50" s="10"/>
       <c r="AB50" s="13"/>
     </row>
-    <row r="51" spans="2:30" ht="46.8" x14ac:dyDescent="0.3">
-      <c r="B51" s="14"/>
+    <row r="51" spans="2:30" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="B51" s="14">
+        <v>43586</v>
+      </c>
       <c r="C51" s="14"/>
       <c r="D51" s="14"/>
-      <c r="E51" s="10"/>
-[...21 lines deleted...]
-      <c r="AA51" s="10" t="s">
+      <c r="E51" s="10">
+        <v>0.05</v>
+      </c>
+      <c r="F51" s="10">
+        <v>0.05</v>
+      </c>
+      <c r="G51" s="10">
+        <v>0.05</v>
+      </c>
+      <c r="H51" s="10">
+        <v>8</v>
+      </c>
+      <c r="I51" s="10">
+        <v>8</v>
+      </c>
+      <c r="J51" s="10">
+        <v>8</v>
+      </c>
+      <c r="K51" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L51" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M51" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="N51" s="10">
+        <v>480</v>
+      </c>
+      <c r="O51" s="10">
+        <v>480</v>
+      </c>
+      <c r="P51" s="10">
+        <v>480</v>
+      </c>
+      <c r="Q51" s="10">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="R51" s="10">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="S51" s="10">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="T51" s="10">
+        <v>5</v>
+      </c>
+      <c r="U51" s="10">
+        <v>5</v>
+      </c>
+      <c r="V51" s="10">
+        <v>5</v>
+      </c>
+      <c r="W51" s="10">
+        <v>7.6</v>
+      </c>
+      <c r="X51" s="10">
+        <v>7.6</v>
+      </c>
+      <c r="Y51" s="10">
+        <v>7.6</v>
+      </c>
+      <c r="Z51" s="15" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA51" s="10"/>
+      <c r="AB51" s="13"/>
+    </row>
+    <row r="52" spans="2:30" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="B52" s="14">
+        <v>43435</v>
+      </c>
+      <c r="C52" s="14"/>
+      <c r="D52" s="14"/>
+      <c r="E52" s="10">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="F52" s="10">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="G52" s="10">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="H52" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="I52" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="J52" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="K52" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L52" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M52" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="N52" s="10">
+        <v>340</v>
+      </c>
+      <c r="O52" s="10">
+        <v>340</v>
+      </c>
+      <c r="P52" s="10">
+        <v>340</v>
+      </c>
+      <c r="Q52" s="10">
+        <v>0.52</v>
+      </c>
+      <c r="R52" s="10">
+        <v>0.52</v>
+      </c>
+      <c r="S52" s="10">
+        <v>0.52</v>
+      </c>
+      <c r="T52" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="U52" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="V52" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="W52" s="10">
+        <v>6.9</v>
+      </c>
+      <c r="X52" s="10">
+        <v>6.9</v>
+      </c>
+      <c r="Y52" s="10">
+        <v>6.9</v>
+      </c>
+      <c r="Z52" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="AA52" s="10"/>
+      <c r="AB52" s="13"/>
+    </row>
+    <row r="53" spans="2:30" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="B53" s="14"/>
+      <c r="C53" s="14"/>
+      <c r="D53" s="14"/>
+      <c r="E53" s="10"/>
+      <c r="F53" s="10"/>
+      <c r="G53" s="10"/>
+      <c r="H53" s="10"/>
+      <c r="I53" s="10"/>
+      <c r="J53" s="10"/>
+      <c r="K53" s="10"/>
+      <c r="L53" s="10"/>
+      <c r="M53" s="10"/>
+      <c r="N53" s="10"/>
+      <c r="O53" s="10"/>
+      <c r="P53" s="10"/>
+      <c r="Q53" s="10"/>
+      <c r="R53" s="10"/>
+      <c r="S53" s="10"/>
+      <c r="T53" s="10"/>
+      <c r="U53" s="10"/>
+      <c r="V53" s="10"/>
+      <c r="W53" s="10"/>
+      <c r="X53" s="10"/>
+      <c r="Y53" s="10"/>
+      <c r="Z53" s="15"/>
+      <c r="AA53" s="10" t="s">
         <v>40</v>
       </c>
-      <c r="AB51" s="13" t="s">
+      <c r="AB53" s="13" t="s">
         <v>41</v>
       </c>
-    </row>
-[...150 lines deleted...]
-      <c r="AD53" s="11"/>
     </row>
     <row r="54" spans="2:30" x14ac:dyDescent="0.3">
       <c r="B54" s="19">
-        <v>42917</v>
+        <v>43070</v>
       </c>
       <c r="C54" s="19"/>
       <c r="D54" s="19"/>
-      <c r="E54" s="16">
-[...24 lines deleted...]
-        <v>44</v>
+      <c r="E54" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F54" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="G54" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="H54" s="16" t="s">
+        <v>24</v>
+      </c>
+      <c r="I54" s="16" t="s">
+        <v>24</v>
+      </c>
+      <c r="J54" s="16" t="s">
+        <v>24</v>
+      </c>
+      <c r="K54" s="16">
+        <v>0.1</v>
+      </c>
+      <c r="L54" s="16">
+        <v>0.1</v>
+      </c>
+      <c r="M54" s="16">
+        <v>0.1</v>
       </c>
       <c r="N54" s="16">
-        <v>141</v>
+        <v>98</v>
       </c>
       <c r="O54" s="16">
-        <v>141</v>
+        <v>98</v>
       </c>
       <c r="P54" s="16">
-        <v>141</v>
+        <v>98</v>
       </c>
       <c r="Q54" s="16">
-        <v>7.8E-2</v>
+        <v>2E-3</v>
       </c>
       <c r="R54" s="16">
-        <v>7.8E-2</v>
+        <v>2E-3</v>
       </c>
       <c r="S54" s="16">
-        <v>7.8E-2</v>
+        <v>2E-3</v>
       </c>
       <c r="T54" s="16">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="U54" s="16">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="V54" s="16">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="W54" s="16">
-        <v>6.9</v>
+        <v>7.9</v>
       </c>
       <c r="X54" s="16">
-        <v>6.9</v>
+        <v>7.9</v>
       </c>
       <c r="Y54" s="16">
-        <v>6.9</v>
+        <v>7.9</v>
       </c>
       <c r="Z54" s="17"/>
-      <c r="AA54" s="16"/>
-      <c r="AB54" s="18"/>
+      <c r="AA54" s="16" t="s">
+        <v>42</v>
+      </c>
+      <c r="AB54" s="18" t="s">
+        <v>43</v>
+      </c>
       <c r="AD54" s="11"/>
     </row>
     <row r="55" spans="2:30" x14ac:dyDescent="0.3">
       <c r="B55" s="19">
-        <v>42856</v>
+        <v>42948</v>
       </c>
       <c r="C55" s="19"/>
       <c r="D55" s="19"/>
       <c r="E55" s="16">
-        <v>0.04</v>
+        <v>0.02</v>
       </c>
       <c r="F55" s="16">
-        <v>0.04</v>
+        <v>0.02</v>
       </c>
       <c r="G55" s="16">
-        <v>0.04</v>
+        <v>0.02</v>
       </c>
       <c r="H55" s="16">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="I55" s="16">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="J55" s="16">
-        <v>15</v>
-[...8 lines deleted...]
-        <v>0.01</v>
+        <v>3</v>
+      </c>
+      <c r="K55" s="16" t="s">
+        <v>44</v>
+      </c>
+      <c r="L55" s="16" t="s">
+        <v>44</v>
+      </c>
+      <c r="M55" s="16" t="s">
+        <v>44</v>
       </c>
       <c r="N55" s="16">
+        <v>120</v>
+      </c>
+      <c r="O55" s="16">
+        <v>120</v>
+      </c>
+      <c r="P55" s="16">
+        <v>120</v>
+      </c>
+      <c r="Q55" s="16">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="R55" s="16">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="S55" s="16">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="T55" s="16" t="s">
         <v>32</v>
       </c>
-      <c r="O55" s="16">
+      <c r="U55" s="16" t="s">
         <v>32</v>
       </c>
-      <c r="P55" s="16">
+      <c r="V55" s="16" t="s">
         <v>32</v>
       </c>
-      <c r="Q55" s="16">
-[...16 lines deleted...]
-      </c>
       <c r="W55" s="16">
-        <v>6.5</v>
+        <v>6.8</v>
       </c>
       <c r="X55" s="16">
-        <v>6.5</v>
+        <v>6.8</v>
       </c>
       <c r="Y55" s="16">
-        <v>6.5</v>
+        <v>6.8</v>
       </c>
       <c r="Z55" s="17"/>
       <c r="AA55" s="16"/>
       <c r="AB55" s="18"/>
       <c r="AD55" s="11"/>
     </row>
     <row r="56" spans="2:30" x14ac:dyDescent="0.3">
-      <c r="B56" s="20">
-[...49 lines deleted...]
-      <c r="T56" s="10" t="s">
+      <c r="B56" s="19">
+        <v>42917</v>
+      </c>
+      <c r="C56" s="19"/>
+      <c r="D56" s="19"/>
+      <c r="E56" s="16">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="F56" s="16">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="G56" s="16">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="H56" s="16">
+        <v>44</v>
+      </c>
+      <c r="I56" s="16">
+        <v>44</v>
+      </c>
+      <c r="J56" s="16">
+        <v>44</v>
+      </c>
+      <c r="K56" s="16" t="s">
+        <v>44</v>
+      </c>
+      <c r="L56" s="16" t="s">
+        <v>44</v>
+      </c>
+      <c r="M56" s="16" t="s">
+        <v>44</v>
+      </c>
+      <c r="N56" s="16">
+        <v>141</v>
+      </c>
+      <c r="O56" s="16">
+        <v>141</v>
+      </c>
+      <c r="P56" s="16">
+        <v>141</v>
+      </c>
+      <c r="Q56" s="16">
+        <v>7.8E-2</v>
+      </c>
+      <c r="R56" s="16">
+        <v>7.8E-2</v>
+      </c>
+      <c r="S56" s="16">
+        <v>7.8E-2</v>
+      </c>
+      <c r="T56" s="16">
+        <v>5</v>
+      </c>
+      <c r="U56" s="16">
+        <v>5</v>
+      </c>
+      <c r="V56" s="16">
+        <v>5</v>
+      </c>
+      <c r="W56" s="16">
+        <v>6.9</v>
+      </c>
+      <c r="X56" s="16">
+        <v>6.9</v>
+      </c>
+      <c r="Y56" s="16">
+        <v>6.9</v>
+      </c>
+      <c r="Z56" s="17"/>
+      <c r="AA56" s="16"/>
+      <c r="AB56" s="18"/>
+      <c r="AD56" s="11"/>
+    </row>
+    <row r="57" spans="2:30" x14ac:dyDescent="0.3">
+      <c r="B57" s="19">
+        <v>42856</v>
+      </c>
+      <c r="C57" s="19"/>
+      <c r="D57" s="19"/>
+      <c r="E57" s="16">
+        <v>0.04</v>
+      </c>
+      <c r="F57" s="16">
+        <v>0.04</v>
+      </c>
+      <c r="G57" s="16">
+        <v>0.04</v>
+      </c>
+      <c r="H57" s="16">
+        <v>15</v>
+      </c>
+      <c r="I57" s="16">
+        <v>15</v>
+      </c>
+      <c r="J57" s="16">
+        <v>15</v>
+      </c>
+      <c r="K57" s="16">
+        <v>0.01</v>
+      </c>
+      <c r="L57" s="16">
+        <v>0.01</v>
+      </c>
+      <c r="M57" s="16">
+        <v>0.01</v>
+      </c>
+      <c r="N57" s="16">
         <v>32</v>
       </c>
-      <c r="U56" s="10" t="s">
+      <c r="O57" s="16">
         <v>32</v>
       </c>
-      <c r="V56" s="10" t="s">
+      <c r="P57" s="16">
         <v>32</v>
       </c>
-      <c r="W56" s="10">
-[...85 lines deleted...]
-      <c r="AD57" s="12"/>
+      <c r="Q57" s="16">
+        <v>4.7E-2</v>
+      </c>
+      <c r="R57" s="16">
+        <v>4.7E-2</v>
+      </c>
+      <c r="S57" s="16">
+        <v>4.7E-2</v>
+      </c>
+      <c r="T57" s="16">
+        <v>5</v>
+      </c>
+      <c r="U57" s="16">
+        <v>5</v>
+      </c>
+      <c r="V57" s="16">
+        <v>5</v>
+      </c>
+      <c r="W57" s="16">
+        <v>6.5</v>
+      </c>
+      <c r="X57" s="16">
+        <v>6.5</v>
+      </c>
+      <c r="Y57" s="16">
+        <v>6.5</v>
+      </c>
+      <c r="Z57" s="17"/>
+      <c r="AA57" s="16"/>
+      <c r="AB57" s="18"/>
+      <c r="AD57" s="11"/>
     </row>
     <row r="58" spans="2:30" x14ac:dyDescent="0.3">
       <c r="B58" s="20">
-        <v>42583</v>
+        <v>42644</v>
       </c>
       <c r="C58" s="20"/>
       <c r="D58" s="20"/>
       <c r="E58" s="10" t="s">
         <v>35</v>
       </c>
       <c r="F58" s="10" t="s">
         <v>35</v>
       </c>
       <c r="G58" s="10" t="s">
         <v>35</v>
       </c>
       <c r="H58" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I58" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J58" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K58" s="10" t="s">
         <v>36</v>
       </c>
       <c r="L58" s="10" t="s">
         <v>36</v>
       </c>
       <c r="M58" s="10" t="s">
         <v>36</v>
       </c>
       <c r="N58" s="10">
-        <v>125</v>
+        <v>30</v>
       </c>
       <c r="O58" s="10">
-        <v>125</v>
+        <v>30</v>
       </c>
       <c r="P58" s="10">
-        <v>125</v>
+        <v>30</v>
       </c>
       <c r="Q58" s="10" t="s">
         <v>45</v>
       </c>
       <c r="R58" s="10" t="s">
         <v>45</v>
       </c>
       <c r="S58" s="10" t="s">
         <v>45</v>
       </c>
-      <c r="T58" s="10">
-[...6 lines deleted...]
-        <v>2</v>
+      <c r="T58" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="U58" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="V58" s="10" t="s">
+        <v>32</v>
       </c>
       <c r="W58" s="10">
-        <v>7.3</v>
+        <v>8.4</v>
       </c>
       <c r="X58" s="10">
-        <v>7.3</v>
+        <v>8.4</v>
       </c>
       <c r="Y58" s="10">
-        <v>7.3</v>
+        <v>8.4</v>
       </c>
       <c r="Z58" s="15"/>
       <c r="AA58" s="10"/>
       <c r="AB58" s="13"/>
       <c r="AD58" s="12"/>
     </row>
     <row r="59" spans="2:30" x14ac:dyDescent="0.3">
       <c r="B59" s="20">
-        <v>42552</v>
+        <v>42614</v>
       </c>
       <c r="C59" s="20"/>
       <c r="D59" s="20"/>
       <c r="E59" s="10" t="s">
         <v>35</v>
       </c>
       <c r="F59" s="10" t="s">
         <v>35</v>
       </c>
       <c r="G59" s="10" t="s">
         <v>35</v>
       </c>
       <c r="H59" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I59" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J59" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K59" s="10" t="s">
         <v>36</v>
       </c>
       <c r="L59" s="10" t="s">
         <v>36</v>
       </c>
       <c r="M59" s="10" t="s">
         <v>36</v>
       </c>
       <c r="N59" s="10">
-        <v>125</v>
+        <v>60</v>
       </c>
       <c r="O59" s="10">
-        <v>125</v>
+        <v>60</v>
       </c>
       <c r="P59" s="10">
-        <v>125</v>
+        <v>60</v>
       </c>
       <c r="Q59" s="10" t="s">
         <v>45</v>
       </c>
       <c r="R59" s="10" t="s">
         <v>45</v>
       </c>
       <c r="S59" s="10" t="s">
         <v>45</v>
       </c>
       <c r="T59" s="10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U59" s="10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V59" s="10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W59" s="10">
         <v>7.6</v>
       </c>
       <c r="X59" s="10">
         <v>7.6</v>
       </c>
       <c r="Y59" s="10">
         <v>7.6</v>
       </c>
       <c r="Z59" s="15"/>
       <c r="AA59" s="10"/>
       <c r="AB59" s="13"/>
       <c r="AD59" s="12"/>
     </row>
     <row r="60" spans="2:30" x14ac:dyDescent="0.3">
       <c r="B60" s="20">
-        <v>42522</v>
+        <v>42583</v>
       </c>
       <c r="C60" s="20"/>
       <c r="D60" s="20"/>
-      <c r="E60" s="10">
-[...15 lines deleted...]
-        <v>39</v>
+      <c r="E60" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="F60" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="G60" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H60" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="I60" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="J60" s="10" t="s">
+        <v>24</v>
       </c>
       <c r="K60" s="10" t="s">
         <v>36</v>
       </c>
       <c r="L60" s="10" t="s">
         <v>36</v>
       </c>
       <c r="M60" s="10" t="s">
         <v>36</v>
       </c>
       <c r="N60" s="10">
         <v>125</v>
       </c>
       <c r="O60" s="10">
         <v>125</v>
       </c>
       <c r="P60" s="10">
         <v>125</v>
       </c>
-      <c r="Q60" s="10">
-[...6 lines deleted...]
-        <v>0.17599999999999999</v>
+      <c r="Q60" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="R60" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="S60" s="10" t="s">
+        <v>45</v>
       </c>
       <c r="T60" s="10">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="U60" s="10">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="V60" s="10">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W60" s="10">
-        <v>6.9</v>
+        <v>7.3</v>
       </c>
       <c r="X60" s="10">
-        <v>6.9</v>
+        <v>7.3</v>
       </c>
       <c r="Y60" s="10">
-        <v>6.9</v>
+        <v>7.3</v>
       </c>
       <c r="Z60" s="15"/>
       <c r="AA60" s="10"/>
       <c r="AB60" s="13"/>
       <c r="AD60" s="12"/>
     </row>
-    <row r="61" spans="2:30" ht="31.2" x14ac:dyDescent="0.3">
+    <row r="61" spans="2:30" x14ac:dyDescent="0.3">
       <c r="B61" s="20">
-        <v>42430</v>
+        <v>42552</v>
       </c>
       <c r="C61" s="20"/>
       <c r="D61" s="20"/>
-      <c r="E61" s="10">
-[...24 lines deleted...]
-        <v>0.39</v>
+      <c r="E61" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="F61" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="G61" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H61" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="I61" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="J61" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="K61" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L61" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M61" s="10" t="s">
+        <v>36</v>
       </c>
       <c r="N61" s="10">
-        <v>100</v>
+        <v>125</v>
       </c>
       <c r="O61" s="10">
-        <v>100</v>
+        <v>125</v>
       </c>
       <c r="P61" s="10">
-        <v>100</v>
-[...17 lines deleted...]
-        <v>32</v>
+        <v>125</v>
+      </c>
+      <c r="Q61" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="R61" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="S61" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="T61" s="10">
+        <v>3</v>
+      </c>
+      <c r="U61" s="10">
+        <v>3</v>
+      </c>
+      <c r="V61" s="10">
+        <v>3</v>
       </c>
       <c r="W61" s="10">
-        <v>6.5</v>
+        <v>7.6</v>
       </c>
       <c r="X61" s="10">
-        <v>6.5</v>
+        <v>7.6</v>
       </c>
       <c r="Y61" s="10">
-        <v>6.5</v>
+        <v>7.6</v>
       </c>
       <c r="Z61" s="15"/>
-      <c r="AA61" s="10" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="AA61" s="10"/>
+      <c r="AB61" s="13"/>
       <c r="AD61" s="12"/>
     </row>
     <row r="62" spans="2:30" x14ac:dyDescent="0.3">
-      <c r="B62" s="19">
-[...3 lines deleted...]
-      <c r="D62" s="19"/>
+      <c r="B62" s="20">
+        <v>42522</v>
+      </c>
+      <c r="C62" s="20"/>
+      <c r="D62" s="20"/>
       <c r="E62" s="10">
-        <v>0.11</v>
+        <v>0.15</v>
       </c>
       <c r="F62" s="10">
-        <v>0.11</v>
+        <v>0.15</v>
       </c>
       <c r="G62" s="10">
-        <v>0.11</v>
+        <v>0.15</v>
       </c>
       <c r="H62" s="10">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="I62" s="10">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="J62" s="10">
-        <v>17</v>
-[...8 lines deleted...]
-        <v>0.09</v>
+        <v>39</v>
+      </c>
+      <c r="K62" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L62" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M62" s="10" t="s">
+        <v>36</v>
       </c>
       <c r="N62" s="10">
-        <v>250</v>
+        <v>125</v>
       </c>
       <c r="O62" s="10">
-        <v>250</v>
+        <v>125</v>
       </c>
       <c r="P62" s="10">
-        <v>250</v>
+        <v>125</v>
       </c>
       <c r="Q62" s="10">
-        <v>9.7000000000000003E-2</v>
+        <v>0.17599999999999999</v>
       </c>
       <c r="R62" s="10">
-        <v>9.7000000000000003E-2</v>
+        <v>0.17599999999999999</v>
       </c>
       <c r="S62" s="10">
-        <v>9.7000000000000003E-2</v>
+        <v>0.17599999999999999</v>
       </c>
       <c r="T62" s="10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U62" s="10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V62" s="10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W62" s="10">
-        <v>6.7</v>
+        <v>6.9</v>
       </c>
       <c r="X62" s="10">
-        <v>6.7</v>
+        <v>6.9</v>
       </c>
       <c r="Y62" s="10">
-        <v>6.7</v>
+        <v>6.9</v>
       </c>
       <c r="Z62" s="15"/>
       <c r="AA62" s="10"/>
       <c r="AB62" s="13"/>
-      <c r="AD62" s="11"/>
-[...6 lines deleted...]
-      <c r="D63" s="19"/>
+      <c r="AD62" s="12"/>
+    </row>
+    <row r="63" spans="2:30" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="B63" s="20">
+        <v>42430</v>
+      </c>
+      <c r="C63" s="20"/>
+      <c r="D63" s="20"/>
       <c r="E63" s="10">
-        <v>0.03</v>
+        <v>0.21</v>
       </c>
       <c r="F63" s="10">
-        <v>0.03</v>
+        <v>0.21</v>
       </c>
       <c r="G63" s="10">
-        <v>0.03</v>
+        <v>0.21</v>
       </c>
       <c r="H63" s="10">
-        <v>4</v>
+        <v>28</v>
       </c>
       <c r="I63" s="10">
-        <v>4</v>
+        <v>28</v>
       </c>
       <c r="J63" s="10">
-        <v>4</v>
-[...8 lines deleted...]
-        <v>36</v>
+        <v>28</v>
+      </c>
+      <c r="K63" s="10">
+        <v>0.39</v>
+      </c>
+      <c r="L63" s="10">
+        <v>0.39</v>
+      </c>
+      <c r="M63" s="10">
+        <v>0.39</v>
       </c>
       <c r="N63" s="10">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="O63" s="10">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="P63" s="10">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="Q63" s="10">
-        <v>6.9000000000000006E-2</v>
+        <v>0.28000000000000003</v>
       </c>
       <c r="R63" s="10">
-        <v>6.9000000000000006E-2</v>
+        <v>0.28000000000000003</v>
       </c>
       <c r="S63" s="10">
-        <v>6.9000000000000006E-2</v>
-[...8 lines deleted...]
-        <v>7</v>
+        <v>0.28000000000000003</v>
+      </c>
+      <c r="T63" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="U63" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="V63" s="10" t="s">
+        <v>32</v>
       </c>
       <c r="W63" s="10">
-        <v>6.8</v>
+        <v>6.5</v>
       </c>
       <c r="X63" s="10">
-        <v>6.8</v>
+        <v>6.5</v>
       </c>
       <c r="Y63" s="10">
-        <v>6.8</v>
+        <v>6.5</v>
       </c>
       <c r="Z63" s="15"/>
-      <c r="AA63" s="10"/>
-[...1 lines deleted...]
-      <c r="AD63" s="11"/>
+      <c r="AA63" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="AB63" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="AD63" s="12"/>
     </row>
     <row r="64" spans="2:30" x14ac:dyDescent="0.3">
       <c r="B64" s="19">
-        <v>42258</v>
+        <v>42319</v>
       </c>
       <c r="C64" s="19"/>
       <c r="D64" s="19"/>
       <c r="E64" s="10">
-        <v>0.05</v>
+        <v>0.11</v>
       </c>
       <c r="F64" s="10">
-        <v>0.05</v>
+        <v>0.11</v>
       </c>
       <c r="G64" s="10">
-        <v>0.05</v>
+        <v>0.11</v>
       </c>
       <c r="H64" s="10">
+        <v>17</v>
+      </c>
+      <c r="I64" s="10">
+        <v>17</v>
+      </c>
+      <c r="J64" s="10">
+        <v>17</v>
+      </c>
+      <c r="K64" s="10">
+        <v>0.09</v>
+      </c>
+      <c r="L64" s="10">
+        <v>0.09</v>
+      </c>
+      <c r="M64" s="10">
+        <v>0.09</v>
+      </c>
+      <c r="N64" s="10">
+        <v>250</v>
+      </c>
+      <c r="O64" s="10">
+        <v>250</v>
+      </c>
+      <c r="P64" s="10">
+        <v>250</v>
+      </c>
+      <c r="Q64" s="10">
+        <v>9.7000000000000003E-2</v>
+      </c>
+      <c r="R64" s="10">
+        <v>9.7000000000000003E-2</v>
+      </c>
+      <c r="S64" s="10">
+        <v>9.7000000000000003E-2</v>
+      </c>
+      <c r="T64" s="10">
         <v>3</v>
       </c>
-      <c r="I64" s="10">
+      <c r="U64" s="10">
         <v>3</v>
       </c>
-      <c r="J64" s="10">
+      <c r="V64" s="10">
         <v>3</v>
       </c>
-      <c r="K64" s="10">
-[...34 lines deleted...]
-      </c>
       <c r="W64" s="10">
-        <v>7.5</v>
+        <v>6.7</v>
       </c>
       <c r="X64" s="10">
-        <v>7.5</v>
+        <v>6.7</v>
       </c>
       <c r="Y64" s="10">
-        <v>7.5</v>
+        <v>6.7</v>
       </c>
       <c r="Z64" s="15"/>
       <c r="AA64" s="10"/>
       <c r="AB64" s="13"/>
       <c r="AD64" s="11"/>
     </row>
     <row r="65" spans="2:30" x14ac:dyDescent="0.3">
       <c r="B65" s="19">
-        <v>42227</v>
+        <v>42288</v>
       </c>
       <c r="C65" s="19"/>
       <c r="D65" s="19"/>
-      <c r="E65" s="10" t="s">
-[...15 lines deleted...]
-        <v>24</v>
+      <c r="E65" s="10">
+        <v>0.03</v>
+      </c>
+      <c r="F65" s="10">
+        <v>0.03</v>
+      </c>
+      <c r="G65" s="10">
+        <v>0.03</v>
+      </c>
+      <c r="H65" s="10">
+        <v>4</v>
+      </c>
+      <c r="I65" s="10">
+        <v>4</v>
+      </c>
+      <c r="J65" s="10">
+        <v>4</v>
       </c>
       <c r="K65" s="10" t="s">
         <v>36</v>
       </c>
       <c r="L65" s="10" t="s">
         <v>36</v>
       </c>
       <c r="M65" s="10" t="s">
         <v>36</v>
       </c>
       <c r="N65" s="10">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="O65" s="10">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="P65" s="10">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="Q65" s="10">
-        <v>1.2E-2</v>
+        <v>6.9000000000000006E-2</v>
       </c>
       <c r="R65" s="10">
-        <v>1.2E-2</v>
+        <v>6.9000000000000006E-2</v>
       </c>
       <c r="S65" s="10">
-        <v>1.2E-2</v>
+        <v>6.9000000000000006E-2</v>
       </c>
       <c r="T65" s="10">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="U65" s="10">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="V65" s="10">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="W65" s="10">
-        <v>7.4</v>
+        <v>6.8</v>
       </c>
       <c r="X65" s="10">
-        <v>7.4</v>
+        <v>6.8</v>
       </c>
       <c r="Y65" s="10">
-        <v>7.4</v>
+        <v>6.8</v>
       </c>
       <c r="Z65" s="15"/>
       <c r="AA65" s="10"/>
       <c r="AB65" s="13"/>
       <c r="AD65" s="11"/>
     </row>
     <row r="66" spans="2:30" x14ac:dyDescent="0.3">
       <c r="B66" s="19">
-        <v>42196</v>
+        <v>42258</v>
       </c>
       <c r="C66" s="19"/>
       <c r="D66" s="19"/>
-      <c r="E66" s="10" t="s">
-[...24 lines deleted...]
-        <v>36</v>
+      <c r="E66" s="10">
+        <v>0.05</v>
+      </c>
+      <c r="F66" s="10">
+        <v>0.05</v>
+      </c>
+      <c r="G66" s="10">
+        <v>0.05</v>
+      </c>
+      <c r="H66" s="10">
+        <v>3</v>
+      </c>
+      <c r="I66" s="10">
+        <v>3</v>
+      </c>
+      <c r="J66" s="10">
+        <v>3</v>
+      </c>
+      <c r="K66" s="10">
+        <v>0.06</v>
+      </c>
+      <c r="L66" s="10">
+        <v>0.06</v>
+      </c>
+      <c r="M66" s="10">
+        <v>0.06</v>
       </c>
       <c r="N66" s="10">
-        <v>30</v>
+        <v>180</v>
       </c>
       <c r="O66" s="10">
-        <v>30</v>
+        <v>180</v>
       </c>
       <c r="P66" s="10">
-        <v>30</v>
+        <v>180</v>
       </c>
       <c r="Q66" s="10">
-        <v>4.0000000000000001E-3</v>
+        <v>8.1000000000000003E-2</v>
       </c>
       <c r="R66" s="10">
-        <v>4.0000000000000001E-3</v>
+        <v>8.1000000000000003E-2</v>
       </c>
       <c r="S66" s="10">
-        <v>4.0000000000000001E-3</v>
+        <v>8.1000000000000003E-2</v>
       </c>
       <c r="T66" s="10">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="U66" s="10">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="V66" s="10">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="W66" s="10">
-        <v>6.8</v>
+        <v>7.5</v>
       </c>
       <c r="X66" s="10">
-        <v>6.8</v>
+        <v>7.5</v>
       </c>
       <c r="Y66" s="10">
-        <v>6.8</v>
+        <v>7.5</v>
       </c>
       <c r="Z66" s="15"/>
       <c r="AA66" s="10"/>
       <c r="AB66" s="13"/>
       <c r="AD66" s="11"/>
     </row>
     <row r="67" spans="2:30" x14ac:dyDescent="0.3">
       <c r="B67" s="19">
-        <v>42166</v>
+        <v>42227</v>
       </c>
       <c r="C67" s="19"/>
       <c r="D67" s="19"/>
-      <c r="E67" s="10">
-[...24 lines deleted...]
-        <v>0.4</v>
+      <c r="E67" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="F67" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="G67" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H67" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="I67" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="J67" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="K67" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L67" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M67" s="10" t="s">
+        <v>36</v>
       </c>
       <c r="N67" s="10">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="O67" s="10">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="P67" s="10">
-        <v>1000</v>
-[...8 lines deleted...]
-        <v>45</v>
+        <v>50</v>
+      </c>
+      <c r="Q67" s="10">
+        <v>1.2E-2</v>
+      </c>
+      <c r="R67" s="10">
+        <v>1.2E-2</v>
+      </c>
+      <c r="S67" s="10">
+        <v>1.2E-2</v>
       </c>
       <c r="T67" s="10">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="U67" s="10">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="V67" s="10">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="W67" s="10">
-        <v>6.8</v>
+        <v>7.4</v>
       </c>
       <c r="X67" s="10">
-        <v>6.8</v>
+        <v>7.4</v>
       </c>
       <c r="Y67" s="10">
-        <v>6.8</v>
+        <v>7.4</v>
       </c>
       <c r="Z67" s="15"/>
       <c r="AA67" s="10"/>
       <c r="AB67" s="13"/>
       <c r="AD67" s="11"/>
     </row>
     <row r="68" spans="2:30" x14ac:dyDescent="0.3">
       <c r="B68" s="19">
-        <v>42135</v>
+        <v>42196</v>
       </c>
       <c r="C68" s="19"/>
       <c r="D68" s="19"/>
       <c r="E68" s="10" t="s">
         <v>35</v>
       </c>
       <c r="F68" s="10" t="s">
         <v>35</v>
       </c>
       <c r="G68" s="10" t="s">
         <v>35</v>
       </c>
       <c r="H68" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I68" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J68" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K68" s="10" t="s">
         <v>36</v>
       </c>
       <c r="L68" s="10" t="s">
         <v>36</v>
       </c>
       <c r="M68" s="10" t="s">
         <v>36</v>
       </c>
       <c r="N68" s="10">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="O68" s="10">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="P68" s="10">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="Q68" s="10">
-        <v>1.6E-2</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="R68" s="10">
-        <v>1.6E-2</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="S68" s="10">
-        <v>1.6E-2</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="T68" s="10">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="U68" s="10">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="V68" s="10">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="W68" s="10">
-        <v>6.9</v>
+        <v>6.8</v>
       </c>
       <c r="X68" s="10">
-        <v>6.9</v>
+        <v>6.8</v>
       </c>
       <c r="Y68" s="10">
-        <v>6.9</v>
+        <v>6.8</v>
       </c>
       <c r="Z68" s="15"/>
       <c r="AA68" s="10"/>
       <c r="AB68" s="13"/>
       <c r="AD68" s="11"/>
     </row>
     <row r="69" spans="2:30" x14ac:dyDescent="0.3">
-      <c r="B69" s="20">
-[...29 lines deleted...]
-        <v>36</v>
+      <c r="B69" s="19">
+        <v>42166</v>
+      </c>
+      <c r="C69" s="19"/>
+      <c r="D69" s="19"/>
+      <c r="E69" s="10">
+        <v>0.33</v>
+      </c>
+      <c r="F69" s="10">
+        <v>0.33</v>
+      </c>
+      <c r="G69" s="10">
+        <v>0.33</v>
+      </c>
+      <c r="H69" s="10">
+        <v>11</v>
+      </c>
+      <c r="I69" s="10">
+        <v>11</v>
+      </c>
+      <c r="J69" s="10">
+        <v>11</v>
+      </c>
+      <c r="K69" s="10">
+        <v>0.4</v>
+      </c>
+      <c r="L69" s="10">
+        <v>0.4</v>
+      </c>
+      <c r="M69" s="10">
+        <v>0.4</v>
       </c>
       <c r="N69" s="10">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="O69" s="10">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="P69" s="10">
-        <v>200</v>
-[...17 lines deleted...]
-        <v>32</v>
+        <v>1000</v>
+      </c>
+      <c r="Q69" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="R69" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="S69" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="T69" s="10">
+        <v>9</v>
+      </c>
+      <c r="U69" s="10">
+        <v>9</v>
+      </c>
+      <c r="V69" s="10">
+        <v>9</v>
       </c>
       <c r="W69" s="10">
-        <v>2.9</v>
+        <v>6.8</v>
       </c>
       <c r="X69" s="10">
-        <v>2.9</v>
+        <v>6.8</v>
       </c>
       <c r="Y69" s="10">
-        <v>2.9</v>
+        <v>6.8</v>
       </c>
       <c r="Z69" s="15"/>
       <c r="AA69" s="10"/>
       <c r="AB69" s="13"/>
-      <c r="AD69" s="12"/>
+      <c r="AD69" s="11"/>
     </row>
     <row r="70" spans="2:30" x14ac:dyDescent="0.3">
-      <c r="B70" s="20">
-[...3 lines deleted...]
-      <c r="D70" s="20"/>
+      <c r="B70" s="19">
+        <v>42135</v>
+      </c>
+      <c r="C70" s="19"/>
+      <c r="D70" s="19"/>
       <c r="E70" s="10" t="s">
         <v>35</v>
       </c>
       <c r="F70" s="10" t="s">
         <v>35</v>
       </c>
       <c r="G70" s="10" t="s">
         <v>35</v>
       </c>
       <c r="H70" s="10" t="s">
         <v>24</v>
       </c>
       <c r="I70" s="10" t="s">
         <v>24</v>
       </c>
       <c r="J70" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K70" s="10" t="s">
         <v>36</v>
       </c>
       <c r="L70" s="10" t="s">
         <v>36</v>
       </c>
       <c r="M70" s="10" t="s">
         <v>36</v>
       </c>
       <c r="N70" s="10">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="O70" s="10">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="P70" s="10">
-        <v>40</v>
-[...17 lines deleted...]
-        <v>32</v>
+        <v>100</v>
+      </c>
+      <c r="Q70" s="10">
+        <v>1.6E-2</v>
+      </c>
+      <c r="R70" s="10">
+        <v>1.6E-2</v>
+      </c>
+      <c r="S70" s="10">
+        <v>1.6E-2</v>
+      </c>
+      <c r="T70" s="10">
+        <v>1</v>
+      </c>
+      <c r="U70" s="10">
+        <v>1</v>
+      </c>
+      <c r="V70" s="10">
+        <v>1</v>
       </c>
       <c r="W70" s="10">
-        <v>7.6</v>
+        <v>6.9</v>
       </c>
       <c r="X70" s="10">
-        <v>7.6</v>
+        <v>6.9</v>
       </c>
       <c r="Y70" s="10">
-        <v>7.6</v>
+        <v>6.9</v>
       </c>
       <c r="Z70" s="15"/>
       <c r="AA70" s="10"/>
       <c r="AB70" s="13"/>
-      <c r="AD70" s="12"/>
+      <c r="AD70" s="11"/>
+    </row>
+    <row r="71" spans="2:30" x14ac:dyDescent="0.3">
+      <c r="B71" s="20">
+        <v>42105</v>
+      </c>
+      <c r="C71" s="20"/>
+      <c r="D71" s="20"/>
+      <c r="E71" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="F71" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="G71" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H71" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="I71" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="J71" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="K71" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L71" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M71" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="N71" s="10">
+        <v>200</v>
+      </c>
+      <c r="O71" s="10">
+        <v>200</v>
+      </c>
+      <c r="P71" s="10">
+        <v>200</v>
+      </c>
+      <c r="Q71" s="10">
+        <v>7.3999999999999996E-2</v>
+      </c>
+      <c r="R71" s="10">
+        <v>7.3999999999999996E-2</v>
+      </c>
+      <c r="S71" s="10">
+        <v>7.3999999999999996E-2</v>
+      </c>
+      <c r="T71" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="U71" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="V71" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="W71" s="10">
+        <v>2.9</v>
+      </c>
+      <c r="X71" s="10">
+        <v>2.9</v>
+      </c>
+      <c r="Y71" s="10">
+        <v>2.9</v>
+      </c>
+      <c r="Z71" s="15"/>
+      <c r="AA71" s="10"/>
+      <c r="AB71" s="13"/>
+      <c r="AD71" s="12"/>
+    </row>
+    <row r="72" spans="2:30" x14ac:dyDescent="0.3">
+      <c r="B72" s="20">
+        <v>41824</v>
+      </c>
+      <c r="C72" s="20"/>
+      <c r="D72" s="20"/>
+      <c r="E72" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="F72" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="G72" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H72" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="I72" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="J72" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="K72" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L72" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="M72" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="N72" s="10">
+        <v>40</v>
+      </c>
+      <c r="O72" s="10">
+        <v>40</v>
+      </c>
+      <c r="P72" s="10">
+        <v>40</v>
+      </c>
+      <c r="Q72" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="R72" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="S72" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="T72" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="U72" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="V72" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="W72" s="10">
+        <v>7.6</v>
+      </c>
+      <c r="X72" s="10">
+        <v>7.6</v>
+      </c>
+      <c r="Y72" s="10">
+        <v>7.6</v>
+      </c>
+      <c r="Z72" s="15"/>
+      <c r="AA72" s="10"/>
+      <c r="AB72" s="13"/>
+      <c r="AD72" s="12"/>
     </row>
   </sheetData>
   <mergeCells count="27">
-    <mergeCell ref="B47:AB47"/>
+    <mergeCell ref="B49:AB49"/>
     <mergeCell ref="D6:D8"/>
     <mergeCell ref="B3:AB3"/>
     <mergeCell ref="B5:Z5"/>
     <mergeCell ref="B9:AB9"/>
     <mergeCell ref="B4:AB4"/>
     <mergeCell ref="T7:V7"/>
     <mergeCell ref="W7:Y7"/>
     <mergeCell ref="B6:B8"/>
     <mergeCell ref="T6:V6"/>
     <mergeCell ref="W6:Y6"/>
     <mergeCell ref="Z6:Z8"/>
     <mergeCell ref="AA6:AA8"/>
     <mergeCell ref="AB6:AB8"/>
     <mergeCell ref="E7:G7"/>
     <mergeCell ref="H7:J7"/>
     <mergeCell ref="AA5:AB5"/>
     <mergeCell ref="E6:G6"/>
     <mergeCell ref="H6:J6"/>
     <mergeCell ref="K6:M6"/>
     <mergeCell ref="N6:P6"/>
     <mergeCell ref="Q6:S6"/>
     <mergeCell ref="B10:AB10"/>
     <mergeCell ref="C6:C8"/>
     <mergeCell ref="K7:M7"/>
     <mergeCell ref="N7:P7"/>
     <mergeCell ref="Q7:S7"/>
   </mergeCells>
-  <phoneticPr fontId="4" type="noConversion"/>
+  <phoneticPr fontId="5" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="B4:AB4" r:id="rId1" display="Link to EPA Public Registers     https://www.epa.nsw.gov.au/licensing-and-regulation/public-registers" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="35" fitToHeight="0" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="B2:AB86"/>
+  <dimension ref="B2:AB88"/>
   <sheetViews>
-    <sheetView zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
-      <selection activeCell="B3" sqref="B3:AB5"/>
+    <sheetView topLeftCell="G4" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
+      <selection activeCell="Z13" sqref="Z13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="1"/>
     <col min="2" max="2" width="14.44140625" customWidth="1"/>
     <col min="3" max="3" width="13.88671875" customWidth="1"/>
     <col min="4" max="4" width="14" customWidth="1"/>
     <col min="5" max="25" width="11.6640625" customWidth="1"/>
-    <col min="26" max="26" width="59.33203125" customWidth="1"/>
+    <col min="26" max="26" width="59.33203125" style="3" customWidth="1"/>
     <col min="27" max="27" width="25.109375" customWidth="1"/>
     <col min="28" max="28" width="29.44140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:28" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="3" spans="2:28" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B3" s="125" t="s">
+      <c r="B3" s="48" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="126"/>
-[...27 lines deleted...]
-      <c r="B4" s="128" t="s">
+      <c r="C3" s="49"/>
+      <c r="D3" s="49"/>
+      <c r="E3" s="49"/>
+      <c r="F3" s="49"/>
+      <c r="G3" s="49"/>
+      <c r="H3" s="49"/>
+      <c r="I3" s="49"/>
+      <c r="J3" s="49"/>
+      <c r="K3" s="49"/>
+      <c r="L3" s="49"/>
+      <c r="M3" s="49"/>
+      <c r="N3" s="49"/>
+      <c r="O3" s="49"/>
+      <c r="P3" s="49"/>
+      <c r="Q3" s="49"/>
+      <c r="R3" s="49"/>
+      <c r="S3" s="49"/>
+      <c r="T3" s="49"/>
+      <c r="U3" s="49"/>
+      <c r="V3" s="49"/>
+      <c r="W3" s="49"/>
+      <c r="X3" s="49"/>
+      <c r="Y3" s="49"/>
+      <c r="Z3" s="49"/>
+      <c r="AA3" s="49"/>
+      <c r="AB3" s="50"/>
+    </row>
+    <row r="4" spans="2:28" ht="24" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B4" s="51" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="129"/>
-[...27 lines deleted...]
-      <c r="B5" s="131" t="s">
+      <c r="C4" s="52"/>
+      <c r="D4" s="52"/>
+      <c r="E4" s="52"/>
+      <c r="F4" s="52"/>
+      <c r="G4" s="52"/>
+      <c r="H4" s="52"/>
+      <c r="I4" s="52"/>
+      <c r="J4" s="52"/>
+      <c r="K4" s="52"/>
+      <c r="L4" s="52"/>
+      <c r="M4" s="52"/>
+      <c r="N4" s="52"/>
+      <c r="O4" s="52"/>
+      <c r="P4" s="52"/>
+      <c r="Q4" s="52"/>
+      <c r="R4" s="52"/>
+      <c r="S4" s="52"/>
+      <c r="T4" s="52"/>
+      <c r="U4" s="52"/>
+      <c r="V4" s="52"/>
+      <c r="W4" s="52"/>
+      <c r="X4" s="52"/>
+      <c r="Y4" s="52"/>
+      <c r="Z4" s="52"/>
+      <c r="AA4" s="52"/>
+      <c r="AB4" s="53"/>
+    </row>
+    <row r="5" spans="2:28" ht="26.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B5" s="54" t="s">
         <v>47</v>
       </c>
-      <c r="C5" s="132"/>
-[...23 lines deleted...]
-      <c r="AA5" s="134" t="s">
+      <c r="C5" s="55"/>
+      <c r="D5" s="55"/>
+      <c r="E5" s="55"/>
+      <c r="F5" s="55"/>
+      <c r="G5" s="55"/>
+      <c r="H5" s="55"/>
+      <c r="I5" s="55"/>
+      <c r="J5" s="55"/>
+      <c r="K5" s="55"/>
+      <c r="L5" s="55"/>
+      <c r="M5" s="55"/>
+      <c r="N5" s="55"/>
+      <c r="O5" s="55"/>
+      <c r="P5" s="55"/>
+      <c r="Q5" s="55"/>
+      <c r="R5" s="55"/>
+      <c r="S5" s="55"/>
+      <c r="T5" s="55"/>
+      <c r="U5" s="55"/>
+      <c r="V5" s="55"/>
+      <c r="W5" s="55"/>
+      <c r="X5" s="55"/>
+      <c r="Y5" s="55"/>
+      <c r="Z5" s="56"/>
+      <c r="AA5" s="57" t="s">
         <v>3</v>
       </c>
-      <c r="AB5" s="135"/>
+      <c r="AB5" s="58"/>
     </row>
     <row r="6" spans="2:28" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B6" s="79" t="s">
+      <c r="B6" s="59" t="s">
         <v>4</v>
       </c>
-      <c r="C6" s="79" t="s">
+      <c r="C6" s="59" t="s">
         <v>5</v>
       </c>
-      <c r="D6" s="79" t="s">
+      <c r="D6" s="59" t="s">
         <v>6</v>
       </c>
-      <c r="E6" s="82" t="s">
+      <c r="E6" s="62" t="s">
         <v>7</v>
       </c>
-      <c r="F6" s="83"/>
-[...1 lines deleted...]
-      <c r="H6" s="85" t="s">
+      <c r="F6" s="63"/>
+      <c r="G6" s="64"/>
+      <c r="H6" s="65" t="s">
         <v>8</v>
       </c>
-      <c r="I6" s="85"/>
-[...1 lines deleted...]
-      <c r="K6" s="86" t="s">
+      <c r="I6" s="65"/>
+      <c r="J6" s="65"/>
+      <c r="K6" s="66" t="s">
         <v>9</v>
       </c>
-      <c r="L6" s="85"/>
-[...1 lines deleted...]
-      <c r="N6" s="85" t="s">
+      <c r="L6" s="65"/>
+      <c r="M6" s="67"/>
+      <c r="N6" s="65" t="s">
         <v>10</v>
       </c>
-      <c r="O6" s="85"/>
-[...1 lines deleted...]
-      <c r="Q6" s="88" t="s">
+      <c r="O6" s="65"/>
+      <c r="P6" s="65"/>
+      <c r="Q6" s="68" t="s">
         <v>11</v>
       </c>
-      <c r="R6" s="83"/>
-[...1 lines deleted...]
-      <c r="T6" s="82" t="s">
+      <c r="R6" s="63"/>
+      <c r="S6" s="64"/>
+      <c r="T6" s="62" t="s">
         <v>12</v>
       </c>
-      <c r="U6" s="83"/>
-[...1 lines deleted...]
-      <c r="W6" s="88" t="s">
+      <c r="U6" s="63"/>
+      <c r="V6" s="76"/>
+      <c r="W6" s="68" t="s">
         <v>13</v>
       </c>
-      <c r="X6" s="83"/>
-[...1 lines deleted...]
-      <c r="Z6" s="97" t="s">
+      <c r="X6" s="63"/>
+      <c r="Y6" s="64"/>
+      <c r="Z6" s="77" t="s">
         <v>14</v>
       </c>
-      <c r="AA6" s="100" t="s">
+      <c r="AA6" s="80" t="s">
         <v>15</v>
       </c>
-      <c r="AB6" s="103" t="s">
+      <c r="AB6" s="83" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="2:28" x14ac:dyDescent="0.3">
-      <c r="B7" s="80"/>
-[...2 lines deleted...]
-      <c r="E7" s="89" t="s">
+      <c r="B7" s="60"/>
+      <c r="C7" s="60"/>
+      <c r="D7" s="60"/>
+      <c r="E7" s="69" t="s">
         <v>17</v>
       </c>
-      <c r="F7" s="89"/>
-[...1 lines deleted...]
-      <c r="H7" s="89" t="s">
+      <c r="F7" s="69"/>
+      <c r="G7" s="71"/>
+      <c r="H7" s="69" t="s">
         <v>17</v>
       </c>
-      <c r="I7" s="89"/>
-[...1 lines deleted...]
-      <c r="K7" s="90" t="s">
+      <c r="I7" s="69"/>
+      <c r="J7" s="69"/>
+      <c r="K7" s="70" t="s">
         <v>17</v>
       </c>
-      <c r="L7" s="89"/>
-[...1 lines deleted...]
-      <c r="N7" s="89" t="s">
+      <c r="L7" s="69"/>
+      <c r="M7" s="71"/>
+      <c r="N7" s="69" t="s">
         <v>17</v>
       </c>
-      <c r="O7" s="89"/>
-[...1 lines deleted...]
-      <c r="Q7" s="90" t="s">
+      <c r="O7" s="69"/>
+      <c r="P7" s="69"/>
+      <c r="Q7" s="70" t="s">
         <v>17</v>
       </c>
-      <c r="R7" s="89"/>
-[...1 lines deleted...]
-      <c r="T7" s="89" t="s">
+      <c r="R7" s="69"/>
+      <c r="S7" s="71"/>
+      <c r="T7" s="69" t="s">
         <v>17</v>
       </c>
-      <c r="U7" s="89"/>
-[...1 lines deleted...]
-      <c r="W7" s="90" t="s">
+      <c r="U7" s="69"/>
+      <c r="V7" s="69"/>
+      <c r="W7" s="70" t="s">
         <v>17</v>
       </c>
-      <c r="X7" s="89"/>
-[...3 lines deleted...]
-      <c r="AB7" s="104"/>
+      <c r="X7" s="69"/>
+      <c r="Y7" s="71"/>
+      <c r="Z7" s="78"/>
+      <c r="AA7" s="81"/>
+      <c r="AB7" s="84"/>
     </row>
     <row r="8" spans="2:28" ht="51" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B8" s="81"/>
-[...1 lines deleted...]
-      <c r="D8" s="81"/>
+      <c r="B8" s="61"/>
+      <c r="C8" s="61"/>
+      <c r="D8" s="61"/>
       <c r="E8" s="33" t="s">
         <v>18</v>
       </c>
       <c r="F8" s="34" t="s">
         <v>19</v>
       </c>
       <c r="G8" s="35" t="s">
         <v>20</v>
       </c>
       <c r="H8" s="33" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="34" t="s">
         <v>19</v>
       </c>
       <c r="J8" s="36" t="s">
         <v>20</v>
       </c>
       <c r="K8" s="37" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="34" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="35" t="s">
@@ -6784,5567 +7008,5727 @@
       </c>
       <c r="R8" s="34" t="s">
         <v>19</v>
       </c>
       <c r="S8" s="35" t="s">
         <v>20</v>
       </c>
       <c r="T8" s="33" t="s">
         <v>18</v>
       </c>
       <c r="U8" s="34" t="s">
         <v>19</v>
       </c>
       <c r="V8" s="36" t="s">
         <v>20</v>
       </c>
       <c r="W8" s="37" t="s">
         <v>18</v>
       </c>
       <c r="X8" s="34" t="s">
         <v>19</v>
       </c>
       <c r="Y8" s="35" t="s">
         <v>20</v>
       </c>
-      <c r="Z8" s="99"/>
-[...1 lines deleted...]
-      <c r="AB8" s="105"/>
+      <c r="Z8" s="79"/>
+      <c r="AA8" s="82"/>
+      <c r="AB8" s="85"/>
     </row>
     <row r="9" spans="2:28" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B9" s="93" t="s">
+      <c r="B9" s="73" t="s">
         <v>21</v>
       </c>
-      <c r="C9" s="94"/>
-[...24 lines deleted...]
-      <c r="AB9" s="95"/>
+      <c r="C9" s="74"/>
+      <c r="D9" s="74"/>
+      <c r="E9" s="74"/>
+      <c r="F9" s="74"/>
+      <c r="G9" s="74"/>
+      <c r="H9" s="74"/>
+      <c r="I9" s="74"/>
+      <c r="J9" s="74"/>
+      <c r="K9" s="74"/>
+      <c r="L9" s="74"/>
+      <c r="M9" s="74"/>
+      <c r="N9" s="74"/>
+      <c r="O9" s="74"/>
+      <c r="P9" s="74"/>
+      <c r="Q9" s="74"/>
+      <c r="R9" s="74"/>
+      <c r="S9" s="74"/>
+      <c r="T9" s="74"/>
+      <c r="U9" s="74"/>
+      <c r="V9" s="74"/>
+      <c r="W9" s="74"/>
+      <c r="X9" s="74"/>
+      <c r="Y9" s="74"/>
+      <c r="Z9" s="74"/>
+      <c r="AA9" s="74"/>
+      <c r="AB9" s="75"/>
     </row>
     <row r="10" spans="2:28" ht="70.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B10" s="106" t="s">
+      <c r="B10" s="86" t="s">
         <v>22</v>
       </c>
-      <c r="C10" s="107"/>
-[...24 lines deleted...]
-      <c r="AB10" s="109"/>
+      <c r="C10" s="87"/>
+      <c r="D10" s="88"/>
+      <c r="E10" s="88"/>
+      <c r="F10" s="88"/>
+      <c r="G10" s="88"/>
+      <c r="H10" s="88"/>
+      <c r="I10" s="88"/>
+      <c r="J10" s="88"/>
+      <c r="K10" s="88"/>
+      <c r="L10" s="88"/>
+      <c r="M10" s="88"/>
+      <c r="N10" s="88"/>
+      <c r="O10" s="88"/>
+      <c r="P10" s="88"/>
+      <c r="Q10" s="88"/>
+      <c r="R10" s="88"/>
+      <c r="S10" s="88"/>
+      <c r="T10" s="88"/>
+      <c r="U10" s="88"/>
+      <c r="V10" s="88"/>
+      <c r="W10" s="88"/>
+      <c r="X10" s="88"/>
+      <c r="Y10" s="88"/>
+      <c r="Z10" s="88"/>
+      <c r="AA10" s="88"/>
+      <c r="AB10" s="89"/>
     </row>
     <row r="11" spans="2:28" ht="36.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B11" s="9"/>
       <c r="C11" s="9"/>
       <c r="D11" s="9"/>
       <c r="E11" s="23"/>
       <c r="F11" s="23"/>
       <c r="G11" s="23"/>
       <c r="H11" s="23"/>
       <c r="I11" s="23"/>
       <c r="J11" s="23"/>
       <c r="K11" s="23"/>
       <c r="L11" s="23"/>
       <c r="M11" s="23"/>
       <c r="N11" s="23"/>
       <c r="O11" s="23"/>
       <c r="P11" s="23"/>
       <c r="Q11" s="23"/>
       <c r="R11" s="47"/>
       <c r="S11" s="47"/>
       <c r="T11" s="23"/>
       <c r="U11" s="23"/>
       <c r="V11" s="23"/>
       <c r="W11" s="23"/>
       <c r="X11" s="23"/>
       <c r="Y11" s="23"/>
-      <c r="Z11" s="46"/>
+      <c r="Z11" s="24"/>
       <c r="AA11" s="23"/>
       <c r="AB11" s="25"/>
     </row>
     <row r="12" spans="2:28" ht="36.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B12" s="9"/>
       <c r="C12" s="9"/>
       <c r="D12" s="9"/>
       <c r="E12" s="23"/>
       <c r="F12" s="23"/>
       <c r="G12" s="23"/>
       <c r="H12" s="23"/>
       <c r="I12" s="23"/>
-      <c r="J12" s="23"/>
+      <c r="J12" s="23" t="s">
+        <v>64</v>
+      </c>
       <c r="K12" s="23"/>
       <c r="L12" s="23"/>
       <c r="M12" s="23"/>
       <c r="N12" s="23"/>
       <c r="O12" s="23"/>
       <c r="P12" s="23"/>
       <c r="Q12" s="23"/>
       <c r="R12" s="47"/>
       <c r="S12" s="47"/>
       <c r="T12" s="23"/>
       <c r="U12" s="23"/>
       <c r="V12" s="23"/>
       <c r="W12" s="23"/>
       <c r="X12" s="23"/>
       <c r="Y12" s="23"/>
-      <c r="Z12" s="46"/>
+      <c r="Z12" s="24"/>
       <c r="AA12" s="23"/>
       <c r="AB12" s="25"/>
     </row>
     <row r="13" spans="2:28" ht="36.6" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B13" s="123">
-[...6 lines deleted...]
-        <v>45903</v>
+      <c r="B13" s="9">
+        <v>45912</v>
+      </c>
+      <c r="C13" s="9">
+        <v>45930</v>
+      </c>
+      <c r="D13" s="9">
+        <v>45930</v>
       </c>
       <c r="E13" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F13" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G13" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H13" s="23">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="I13" s="23">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="J13" s="23">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="K13" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L13" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M13" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N13" s="23">
-        <v>233</v>
+        <v>49</v>
       </c>
       <c r="O13" s="23">
-        <v>233</v>
+        <v>49</v>
       </c>
       <c r="P13" s="23">
-        <v>233</v>
+        <v>49</v>
       </c>
       <c r="Q13" s="23">
-        <v>2.4E-2</v>
-[...5 lines deleted...]
-        <v>2.4E-2</v>
+        <v>0.01</v>
+      </c>
+      <c r="R13" s="47">
+        <v>0.01</v>
+      </c>
+      <c r="S13" s="47">
+        <v>0.01</v>
       </c>
       <c r="T13" s="23">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="U13" s="23">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="V13" s="23">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="W13" s="23">
-        <v>7.1</v>
+        <v>7.6</v>
       </c>
       <c r="X13" s="23">
-        <v>7.1</v>
+        <v>7.6</v>
       </c>
       <c r="Y13" s="23">
-        <v>7.1</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>7.6</v>
+      </c>
+      <c r="Z13" s="24" t="s">
+        <v>91</v>
       </c>
       <c r="AA13" s="23"/>
       <c r="AB13" s="25"/>
     </row>
     <row r="14" spans="2:28" ht="36.6" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B14" s="123">
-[...6 lines deleted...]
-        <v>45903</v>
+      <c r="B14" s="9">
+        <v>45898</v>
+      </c>
+      <c r="C14" s="9">
+        <v>45930</v>
+      </c>
+      <c r="D14" s="9">
+        <v>45930</v>
       </c>
       <c r="E14" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F14" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G14" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H14" s="23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I14" s="23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J14" s="23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="K14" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L14" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M14" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N14" s="23">
-        <v>157</v>
+        <v>275</v>
       </c>
       <c r="O14" s="23">
-        <v>157</v>
+        <v>275</v>
       </c>
       <c r="P14" s="23">
-        <v>157</v>
+        <v>275</v>
       </c>
       <c r="Q14" s="23">
-        <v>9.7000000000000003E-2</v>
-[...5 lines deleted...]
-        <v>9.7000000000000003E-2</v>
+        <v>1.2E-2</v>
+      </c>
+      <c r="R14" s="47">
+        <v>1.2E-2</v>
+      </c>
+      <c r="S14" s="47">
+        <v>1.2E-2</v>
       </c>
       <c r="T14" s="23">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="U14" s="23">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="V14" s="23">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="W14" s="23">
-        <v>7.4</v>
+        <v>6.9</v>
       </c>
       <c r="X14" s="23">
-        <v>7.4</v>
+        <v>6.9</v>
       </c>
       <c r="Y14" s="23">
-        <v>7.4</v>
-[...1 lines deleted...]
-      <c r="Z14" s="10" t="s">
+        <v>6.9</v>
+      </c>
+      <c r="Z14" s="24" t="s">
         <v>92</v>
       </c>
       <c r="AA14" s="23"/>
       <c r="AB14" s="25"/>
     </row>
-    <row r="15" spans="2:28" ht="36.6" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D15" s="123"/>
+    <row r="15" spans="2:28" ht="36.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B15" s="9">
+        <v>45861</v>
+      </c>
+      <c r="C15" s="9">
+        <v>45903</v>
+      </c>
+      <c r="D15" s="9">
+        <v>45903</v>
+      </c>
       <c r="E15" s="23" t="s">
-        <v>90</v>
-[...21 lines deleted...]
-      <c r="Z15" s="47"/>
+        <v>35</v>
+      </c>
+      <c r="F15" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="G15" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="H15" s="23">
+        <v>3</v>
+      </c>
+      <c r="I15" s="23">
+        <v>3</v>
+      </c>
+      <c r="J15" s="23">
+        <v>3</v>
+      </c>
+      <c r="K15" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L15" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="M15" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="N15" s="23">
+        <v>233</v>
+      </c>
+      <c r="O15" s="23">
+        <v>233</v>
+      </c>
+      <c r="P15" s="23">
+        <v>233</v>
+      </c>
+      <c r="Q15" s="23">
+        <v>2.4E-2</v>
+      </c>
+      <c r="R15" s="23">
+        <v>2.4E-2</v>
+      </c>
+      <c r="S15" s="23">
+        <v>2.4E-2</v>
+      </c>
+      <c r="T15" s="23">
+        <v>4</v>
+      </c>
+      <c r="U15" s="23">
+        <v>4</v>
+      </c>
+      <c r="V15" s="23">
+        <v>4</v>
+      </c>
+      <c r="W15" s="23">
+        <v>7.1</v>
+      </c>
+      <c r="X15" s="23">
+        <v>7.1</v>
+      </c>
+      <c r="Y15" s="23">
+        <v>7.1</v>
+      </c>
+      <c r="Z15" s="24" t="s">
+        <v>92</v>
+      </c>
       <c r="AA15" s="23"/>
       <c r="AB15" s="25"/>
     </row>
     <row r="16" spans="2:28" ht="36.6" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B16" s="123">
-[...5 lines deleted...]
-      <c r="D16" s="123">
+      <c r="B16" s="9">
         <v>45832</v>
       </c>
+      <c r="C16" s="9">
+        <v>45903</v>
+      </c>
+      <c r="D16" s="9">
+        <v>45903</v>
+      </c>
       <c r="E16" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F16" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G16" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H16" s="23">
-        <v>19</v>
+        <v>3</v>
       </c>
       <c r="I16" s="23">
-        <v>19</v>
+        <v>3</v>
       </c>
       <c r="J16" s="23">
-        <v>19</v>
+        <v>3</v>
       </c>
       <c r="K16" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L16" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M16" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N16" s="23">
-        <v>443</v>
+        <v>157</v>
       </c>
       <c r="O16" s="23">
-        <v>443</v>
+        <v>157</v>
       </c>
       <c r="P16" s="23">
-        <v>443</v>
+        <v>157</v>
       </c>
       <c r="Q16" s="23">
-        <v>6.8000000000000005E-2</v>
-[...14 lines deleted...]
-        <v>32</v>
+        <v>9.7000000000000003E-2</v>
+      </c>
+      <c r="R16" s="23">
+        <v>9.7000000000000003E-2</v>
+      </c>
+      <c r="S16" s="23">
+        <v>9.7000000000000003E-2</v>
+      </c>
+      <c r="T16" s="23">
+        <v>6</v>
+      </c>
+      <c r="U16" s="23">
+        <v>6</v>
+      </c>
+      <c r="V16" s="23">
+        <v>6</v>
       </c>
       <c r="W16" s="23">
-        <v>6.8</v>
+        <v>7.4</v>
       </c>
       <c r="X16" s="23">
-        <v>6.8</v>
+        <v>7.4</v>
       </c>
       <c r="Y16" s="23">
-        <v>6.8</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>7.4</v>
+      </c>
+      <c r="Z16" s="24" t="s">
+        <v>93</v>
       </c>
       <c r="AA16" s="23"/>
       <c r="AB16" s="25"/>
     </row>
-    <row r="17" spans="2:28" ht="36.6" customHeight="1" x14ac:dyDescent="0.3">
-[...8 lines deleted...]
-      </c>
+    <row r="17" spans="2:28" ht="36.6" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B17" s="9"/>
+      <c r="C17" s="9"/>
+      <c r="D17" s="9"/>
       <c r="E17" s="23" t="s">
-        <v>35</v>
-[...63 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="F17" s="23"/>
+      <c r="G17" s="23"/>
+      <c r="H17" s="23"/>
+      <c r="I17" s="23"/>
+      <c r="J17" s="23"/>
+      <c r="K17" s="23"/>
+      <c r="L17" s="23"/>
+      <c r="M17" s="23"/>
+      <c r="N17" s="23"/>
+      <c r="O17" s="23"/>
+      <c r="P17" s="23"/>
+      <c r="Q17" s="23"/>
+      <c r="R17" s="47"/>
+      <c r="S17" s="47"/>
+      <c r="T17" s="23"/>
+      <c r="U17" s="23"/>
+      <c r="V17" s="23"/>
+      <c r="W17" s="23"/>
+      <c r="X17" s="23"/>
+      <c r="Y17" s="23"/>
+      <c r="Z17" s="24"/>
       <c r="AA17" s="23"/>
       <c r="AB17" s="25"/>
     </row>
     <row r="18" spans="2:28" ht="36.6" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B18" s="123">
-[...6 lines deleted...]
-        <v>45708</v>
+      <c r="B18" s="9">
+        <v>45800</v>
+      </c>
+      <c r="C18" s="9">
+        <v>45828</v>
+      </c>
+      <c r="D18" s="9">
+        <v>45832</v>
       </c>
       <c r="E18" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F18" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G18" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H18" s="23">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="I18" s="23">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="J18" s="23">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="K18" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L18" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M18" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N18" s="23">
-        <v>275</v>
+        <v>443</v>
       </c>
       <c r="O18" s="23">
-        <v>275</v>
+        <v>443</v>
       </c>
       <c r="P18" s="23">
-        <v>275</v>
+        <v>443</v>
       </c>
       <c r="Q18" s="23">
-        <v>0.106</v>
-[...14 lines deleted...]
-        <v>1</v>
+        <v>6.8000000000000005E-2</v>
+      </c>
+      <c r="R18" s="47">
+        <v>6.8000000000000005E-2</v>
+      </c>
+      <c r="S18" s="47">
+        <v>6.8000000000000005E-2</v>
+      </c>
+      <c r="T18" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="U18" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="V18" s="23" t="s">
+        <v>32</v>
       </c>
       <c r="W18" s="23">
         <v>6.8</v>
       </c>
       <c r="X18" s="23">
         <v>6.8</v>
       </c>
       <c r="Y18" s="23">
         <v>6.8</v>
       </c>
-      <c r="Z18" s="10" t="s">
-        <v>81</v>
+      <c r="Z18" s="24" t="s">
+        <v>89</v>
       </c>
       <c r="AA18" s="23"/>
       <c r="AB18" s="25"/>
     </row>
     <row r="19" spans="2:28" ht="36.6" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B19" s="123">
-[...6 lines deleted...]
-        <v>45561</v>
+      <c r="B19" s="9">
+        <v>45702</v>
+      </c>
+      <c r="C19" s="9">
+        <v>45716</v>
+      </c>
+      <c r="D19" s="9">
+        <v>45716</v>
       </c>
       <c r="E19" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F19" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G19" s="23" t="s">
         <v>35</v>
       </c>
-      <c r="H19" s="23">
-[...6 lines deleted...]
-        <v>8</v>
+      <c r="H19" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="I19" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="J19" s="23" t="s">
+        <v>24</v>
       </c>
       <c r="K19" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L19" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M19" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N19" s="23">
-        <v>137</v>
+        <v>443</v>
       </c>
       <c r="O19" s="23">
-        <v>137</v>
+        <v>443</v>
       </c>
       <c r="P19" s="23">
-        <v>137</v>
+        <v>443</v>
       </c>
       <c r="Q19" s="23">
-        <v>2.4E-2</v>
+        <v>2.9000000000000001E-2</v>
       </c>
       <c r="R19" s="23">
-        <v>2.4E-2</v>
+        <v>2.9000000000000001E-2</v>
       </c>
       <c r="S19" s="23">
-        <v>2.4E-2</v>
+        <v>2.9000000000000001E-2</v>
       </c>
       <c r="T19" s="23">
         <v>1</v>
       </c>
       <c r="U19" s="23">
         <v>1</v>
       </c>
       <c r="V19" s="23">
         <v>1</v>
       </c>
       <c r="W19" s="23">
-        <v>7.3</v>
+        <v>6.5</v>
       </c>
       <c r="X19" s="23">
-        <v>7.3</v>
+        <v>6.5</v>
       </c>
       <c r="Y19" s="23">
-        <v>7.3</v>
+        <v>6.5</v>
       </c>
       <c r="Z19" s="10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AA19" s="23"/>
       <c r="AB19" s="25"/>
     </row>
     <row r="20" spans="2:28" ht="36.6" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B20" s="123">
-[...6 lines deleted...]
-        <v>45561</v>
+      <c r="B20" s="9">
+        <v>45627</v>
+      </c>
+      <c r="C20" s="9">
+        <v>45708</v>
+      </c>
+      <c r="D20" s="9">
+        <v>45708</v>
       </c>
       <c r="E20" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F20" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G20" s="23" t="s">
         <v>35</v>
       </c>
-      <c r="H20" s="23" t="s">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="H20" s="23">
+        <v>6</v>
+      </c>
+      <c r="I20" s="23">
+        <v>6</v>
+      </c>
+      <c r="J20" s="23">
+        <v>6</v>
       </c>
       <c r="K20" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L20" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M20" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N20" s="23">
-        <v>231</v>
+        <v>275</v>
       </c>
       <c r="O20" s="23">
-        <v>231</v>
+        <v>275</v>
       </c>
       <c r="P20" s="23">
-        <v>231</v>
+        <v>275</v>
       </c>
       <c r="Q20" s="23">
-        <v>3.5000000000000003E-2</v>
+        <v>0.106</v>
       </c>
       <c r="R20" s="23">
-        <v>3.5000000000000003E-2</v>
+        <v>0.106</v>
       </c>
       <c r="S20" s="23">
-        <v>3.5000000000000003E-2</v>
+        <v>0.106</v>
       </c>
       <c r="T20" s="23">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="U20" s="23">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="V20" s="23">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="W20" s="23">
-        <v>7.2</v>
+        <v>6.8</v>
       </c>
       <c r="X20" s="23">
-        <v>7.2</v>
+        <v>6.8</v>
       </c>
       <c r="Y20" s="23">
-        <v>7.2</v>
+        <v>6.8</v>
       </c>
       <c r="Z20" s="10" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="AA20" s="23"/>
       <c r="AB20" s="25"/>
     </row>
     <row r="21" spans="2:28" ht="36.6" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B21" s="123">
-[...2 lines deleted...]
-      <c r="C21" s="123">
+      <c r="B21" s="9">
         <v>45561</v>
       </c>
-      <c r="D21" s="123">
+      <c r="C21" s="9">
         <v>45561</v>
       </c>
+      <c r="D21" s="9">
+        <v>45561</v>
+      </c>
       <c r="E21" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F21" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G21" s="23" t="s">
         <v>35</v>
       </c>
-      <c r="H21" s="23" t="s">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="H21" s="23">
+        <v>8</v>
+      </c>
+      <c r="I21" s="23">
+        <v>8</v>
+      </c>
+      <c r="J21" s="23">
+        <v>8</v>
       </c>
       <c r="K21" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L21" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M21" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N21" s="23">
-        <v>41</v>
+        <v>137</v>
       </c>
       <c r="O21" s="23">
-        <v>41</v>
+        <v>137</v>
       </c>
       <c r="P21" s="23">
-        <v>41</v>
-[...8 lines deleted...]
-        <v>88</v>
+        <v>137</v>
+      </c>
+      <c r="Q21" s="23">
+        <v>2.4E-2</v>
+      </c>
+      <c r="R21" s="23">
+        <v>2.4E-2</v>
+      </c>
+      <c r="S21" s="23">
+        <v>2.4E-2</v>
       </c>
       <c r="T21" s="23">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="U21" s="23">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="V21" s="23">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="W21" s="23">
-        <v>7.6</v>
+        <v>7.3</v>
       </c>
       <c r="X21" s="23">
-        <v>7.6</v>
+        <v>7.3</v>
       </c>
       <c r="Y21" s="23">
-        <v>7.6</v>
+        <v>7.3</v>
       </c>
       <c r="Z21" s="10" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="AA21" s="23"/>
       <c r="AB21" s="25"/>
     </row>
-    <row r="22" spans="2:28" ht="28.8" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>45531</v>
+    <row r="22" spans="2:28" ht="36.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B22" s="9">
+        <v>45518</v>
+      </c>
+      <c r="C22" s="9">
+        <v>45561</v>
+      </c>
+      <c r="D22" s="9">
+        <v>45561</v>
       </c>
       <c r="E22" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F22" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G22" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H22" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I22" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J22" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K22" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L22" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M22" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N22" s="23">
-        <v>48</v>
+        <v>231</v>
       </c>
       <c r="O22" s="23">
-        <v>48</v>
+        <v>231</v>
       </c>
       <c r="P22" s="23">
-        <v>48</v>
+        <v>231</v>
       </c>
       <c r="Q22" s="23">
-        <v>5.1999999999999998E-2</v>
+        <v>3.5000000000000003E-2</v>
       </c>
       <c r="R22" s="23">
-        <v>5.1999999999999998E-2</v>
+        <v>3.5000000000000003E-2</v>
       </c>
       <c r="S22" s="23">
-        <v>5.1999999999999998E-2</v>
+        <v>3.5000000000000003E-2</v>
       </c>
       <c r="T22" s="23">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="U22" s="23">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="V22" s="23">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="W22" s="23">
-        <v>7</v>
+        <v>7.2</v>
       </c>
       <c r="X22" s="23">
-        <v>7</v>
+        <v>7.2</v>
       </c>
       <c r="Y22" s="23">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>7.2</v>
+      </c>
+      <c r="Z22" s="10" t="s">
+        <v>84</v>
       </c>
       <c r="AA22" s="23"/>
       <c r="AB22" s="25"/>
     </row>
-    <row r="23" spans="2:28" ht="28.8" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>45427</v>
+    <row r="23" spans="2:28" ht="36.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B23" s="9">
+        <v>45503</v>
+      </c>
+      <c r="C23" s="9">
+        <v>45561</v>
+      </c>
+      <c r="D23" s="9">
+        <v>45561</v>
       </c>
       <c r="E23" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F23" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G23" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H23" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I23" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J23" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K23" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L23" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M23" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N23" s="23">
-        <v>116</v>
+        <v>41</v>
       </c>
       <c r="O23" s="23">
-        <v>116</v>
+        <v>41</v>
       </c>
       <c r="P23" s="23">
-        <v>116</v>
-[...17 lines deleted...]
-        <v>32</v>
+        <v>41</v>
+      </c>
+      <c r="Q23" s="23" t="s">
+        <v>82</v>
+      </c>
+      <c r="R23" s="23" t="s">
+        <v>87</v>
+      </c>
+      <c r="S23" s="23" t="s">
+        <v>88</v>
+      </c>
+      <c r="T23" s="23">
+        <v>2</v>
+      </c>
+      <c r="U23" s="23">
+        <v>2</v>
+      </c>
+      <c r="V23" s="23">
+        <v>2</v>
       </c>
       <c r="W23" s="23">
-        <v>7.3</v>
+        <v>7.6</v>
       </c>
       <c r="X23" s="23">
-        <v>7.3</v>
+        <v>7.6</v>
       </c>
       <c r="Y23" s="23">
-        <v>7.3</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>7.6</v>
+      </c>
+      <c r="Z23" s="10" t="s">
+        <v>83</v>
       </c>
       <c r="AA23" s="23"/>
       <c r="AB23" s="25"/>
     </row>
     <row r="24" spans="2:28" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B24" s="27">
-[...6 lines deleted...]
-        <v>44943</v>
+      <c r="B24" s="46">
+        <v>45443</v>
+      </c>
+      <c r="C24" s="46">
+        <v>45531</v>
+      </c>
+      <c r="D24" s="46">
+        <v>45531</v>
       </c>
       <c r="E24" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F24" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G24" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H24" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I24" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J24" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K24" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L24" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M24" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N24" s="23">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="O24" s="23">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="P24" s="23">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="Q24" s="23">
-        <v>8.9999999999999993E-3</v>
+        <v>5.1999999999999998E-2</v>
       </c>
       <c r="R24" s="23">
-        <v>8.9999999999999993E-3</v>
+        <v>5.1999999999999998E-2</v>
       </c>
       <c r="S24" s="23">
-        <v>8.9999999999999993E-3</v>
-[...8 lines deleted...]
-        <v>32</v>
+        <v>5.1999999999999998E-2</v>
+      </c>
+      <c r="T24" s="23">
+        <v>1</v>
+      </c>
+      <c r="U24" s="23">
+        <v>1</v>
+      </c>
+      <c r="V24" s="23">
+        <v>1</v>
       </c>
       <c r="W24" s="23">
-        <v>5.9</v>
+        <v>7</v>
       </c>
       <c r="X24" s="23">
-        <v>5.9</v>
+        <v>7</v>
       </c>
       <c r="Y24" s="23">
-        <v>5.9</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>7</v>
+      </c>
+      <c r="Z24" s="24" t="s">
+        <v>48</v>
       </c>
       <c r="AA24" s="23"/>
       <c r="AB24" s="25"/>
     </row>
-    <row r="25" spans="2:28" x14ac:dyDescent="0.3">
+    <row r="25" spans="2:28" ht="28.8" x14ac:dyDescent="0.3">
       <c r="B25" s="22">
-        <v>45125</v>
+        <v>45390</v>
       </c>
       <c r="C25" s="22">
-        <v>45163</v>
+        <v>45426</v>
       </c>
       <c r="D25" s="22">
-        <v>45163</v>
+        <v>45427</v>
       </c>
       <c r="E25" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F25" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G25" s="23" t="s">
         <v>35</v>
       </c>
-      <c r="H25" s="23">
-[...6 lines deleted...]
-        <v>15</v>
+      <c r="H25" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="I25" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="J25" s="23" t="s">
+        <v>24</v>
       </c>
       <c r="K25" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L25" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M25" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N25" s="23">
-        <v>43</v>
+        <v>116</v>
       </c>
       <c r="O25" s="23">
-        <v>43</v>
+        <v>116</v>
       </c>
       <c r="P25" s="23">
-        <v>43</v>
+        <v>116</v>
       </c>
       <c r="Q25" s="23">
-        <v>6.0000000000000001E-3</v>
+        <v>4.3999999999999997E-2</v>
       </c>
       <c r="R25" s="23">
-        <v>6.0000000000000001E-3</v>
+        <v>4.3999999999999997E-2</v>
       </c>
       <c r="S25" s="23">
-        <v>6.0000000000000001E-3</v>
-[...8 lines deleted...]
-        <v>1</v>
+        <v>4.3999999999999997E-2</v>
+      </c>
+      <c r="T25" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="U25" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="V25" s="23" t="s">
+        <v>32</v>
       </c>
       <c r="W25" s="23">
-        <v>5.5</v>
+        <v>7.3</v>
       </c>
       <c r="X25" s="23">
-        <v>5.5</v>
+        <v>7.3</v>
       </c>
       <c r="Y25" s="23">
-        <v>5.5</v>
+        <v>7.3</v>
       </c>
       <c r="Z25" s="24" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
       <c r="AA25" s="23"/>
       <c r="AB25" s="25"/>
     </row>
-    <row r="26" spans="2:28" x14ac:dyDescent="0.3">
+    <row r="26" spans="2:28" ht="28.8" x14ac:dyDescent="0.3">
       <c r="B26" s="22">
-        <v>45085</v>
+        <v>45134</v>
       </c>
       <c r="C26" s="22">
-        <v>45163</v>
+        <v>44943</v>
       </c>
       <c r="D26" s="22">
-        <v>45163</v>
+        <v>44943</v>
       </c>
       <c r="E26" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F26" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G26" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H26" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I26" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J26" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K26" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L26" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M26" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N26" s="23">
-        <v>326</v>
+        <v>42</v>
       </c>
       <c r="O26" s="23">
-        <v>326</v>
+        <v>42</v>
       </c>
       <c r="P26" s="23">
-        <v>326</v>
+        <v>42</v>
       </c>
       <c r="Q26" s="23">
-        <v>6.0999999999999999E-2</v>
+        <v>8.9999999999999993E-3</v>
       </c>
       <c r="R26" s="23">
-        <v>6.0999999999999999E-2</v>
+        <v>8.9999999999999993E-3</v>
       </c>
       <c r="S26" s="23">
-        <v>6.0999999999999999E-2</v>
-[...8 lines deleted...]
-        <v>5</v>
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="T26" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="U26" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="V26" s="23" t="s">
+        <v>32</v>
       </c>
       <c r="W26" s="23">
-        <v>6.4</v>
+        <v>5.9</v>
       </c>
       <c r="X26" s="23">
-        <v>6.4</v>
+        <v>5.9</v>
       </c>
       <c r="Y26" s="23">
-        <v>6.4</v>
+        <v>5.9</v>
       </c>
       <c r="Z26" s="24" t="s">
-        <v>31</v>
+        <v>49</v>
       </c>
       <c r="AA26" s="23"/>
       <c r="AB26" s="25"/>
     </row>
     <row r="27" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B27" s="22">
-        <v>44890</v>
+        <v>45125</v>
       </c>
       <c r="C27" s="22">
-        <v>44937</v>
+        <v>45163</v>
       </c>
       <c r="D27" s="22">
-        <v>44937</v>
+        <v>45163</v>
       </c>
       <c r="E27" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F27" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G27" s="23" t="s">
         <v>35</v>
       </c>
-      <c r="H27" s="23" t="s">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="H27" s="23">
+        <v>15</v>
+      </c>
+      <c r="I27" s="23">
+        <v>15</v>
+      </c>
+      <c r="J27" s="23">
+        <v>15</v>
       </c>
       <c r="K27" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L27" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M27" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N27" s="23">
-        <v>20</v>
+        <v>43</v>
       </c>
       <c r="O27" s="23">
-        <v>20</v>
+        <v>43</v>
       </c>
       <c r="P27" s="23">
-        <v>20</v>
+        <v>43</v>
       </c>
       <c r="Q27" s="23">
-        <v>3.0000000000000001E-3</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="R27" s="23">
-        <v>3.0000000000000001E-3</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="S27" s="23">
-        <v>3.0000000000000001E-3</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="T27" s="23">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="U27" s="23">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="V27" s="23">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="W27" s="23">
-        <v>7.9</v>
+        <v>5.5</v>
       </c>
       <c r="X27" s="23">
-        <v>7.9</v>
+        <v>5.5</v>
       </c>
       <c r="Y27" s="23">
-        <v>7.9</v>
+        <v>5.5</v>
       </c>
       <c r="Z27" s="24" t="s">
         <v>31</v>
       </c>
       <c r="AA27" s="23"/>
       <c r="AB27" s="25"/>
     </row>
     <row r="28" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B28" s="22">
-        <v>44862</v>
+        <v>45085</v>
       </c>
       <c r="C28" s="22">
-        <v>44895</v>
+        <v>45163</v>
       </c>
       <c r="D28" s="22">
-        <v>44895</v>
+        <v>45163</v>
       </c>
       <c r="E28" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F28" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G28" s="23" t="s">
         <v>35</v>
       </c>
-      <c r="H28" s="23">
-[...6 lines deleted...]
-        <v>18</v>
+      <c r="H28" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="I28" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="J28" s="23" t="s">
+        <v>24</v>
       </c>
       <c r="K28" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L28" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M28" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N28" s="23">
-        <v>45</v>
+        <v>326</v>
       </c>
       <c r="O28" s="23">
-        <v>45</v>
+        <v>326</v>
       </c>
       <c r="P28" s="23">
-        <v>45</v>
+        <v>326</v>
       </c>
       <c r="Q28" s="23">
-        <v>2E-3</v>
+        <v>6.0999999999999999E-2</v>
       </c>
       <c r="R28" s="23">
-        <v>2E-3</v>
+        <v>6.0999999999999999E-2</v>
       </c>
       <c r="S28" s="23">
-        <v>2E-3</v>
+        <v>6.0999999999999999E-2</v>
       </c>
       <c r="T28" s="23">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="U28" s="23">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="V28" s="23">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="W28" s="23">
-        <v>8.4</v>
+        <v>6.4</v>
       </c>
       <c r="X28" s="23">
-        <v>8.4</v>
+        <v>6.4</v>
       </c>
       <c r="Y28" s="23">
-        <v>8.4</v>
+        <v>6.4</v>
       </c>
       <c r="Z28" s="24" t="s">
         <v>31</v>
       </c>
       <c r="AA28" s="23"/>
       <c r="AB28" s="25"/>
     </row>
     <row r="29" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B29" s="22">
-        <v>44824</v>
+        <v>44890</v>
       </c>
       <c r="C29" s="22">
-        <v>44895</v>
+        <v>44937</v>
       </c>
       <c r="D29" s="22">
-        <v>44895</v>
+        <v>44937</v>
       </c>
       <c r="E29" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F29" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G29" s="23" t="s">
         <v>35</v>
       </c>
-      <c r="H29" s="23">
-[...6 lines deleted...]
-        <v>8</v>
+      <c r="H29" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="I29" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="J29" s="23" t="s">
+        <v>24</v>
       </c>
       <c r="K29" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L29" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M29" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N29" s="23">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="O29" s="23">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="P29" s="23">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="Q29" s="23">
-        <v>4.0000000000000001E-3</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="R29" s="23">
-        <v>4.0000000000000001E-3</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="S29" s="23">
-        <v>4.0000000000000001E-3</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="T29" s="23">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="U29" s="23">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="V29" s="23">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="W29" s="23">
-        <v>6.6</v>
+        <v>7.9</v>
       </c>
       <c r="X29" s="23">
-        <v>6.6</v>
+        <v>7.9</v>
       </c>
       <c r="Y29" s="23">
-        <v>6.6</v>
+        <v>7.9</v>
       </c>
       <c r="Z29" s="24" t="s">
         <v>31</v>
       </c>
       <c r="AA29" s="23"/>
       <c r="AB29" s="25"/>
     </row>
     <row r="30" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B30" s="22">
-        <v>44802</v>
+        <v>44862</v>
       </c>
       <c r="C30" s="22">
         <v>44895</v>
       </c>
       <c r="D30" s="22">
         <v>44895</v>
       </c>
       <c r="E30" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F30" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G30" s="23" t="s">
         <v>35</v>
       </c>
-      <c r="H30" s="23" t="s">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="H30" s="23">
+        <v>18</v>
+      </c>
+      <c r="I30" s="23">
+        <v>18</v>
+      </c>
+      <c r="J30" s="23">
+        <v>18</v>
       </c>
       <c r="K30" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L30" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M30" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N30" s="23">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="O30" s="23">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="P30" s="23">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="Q30" s="23">
         <v>2E-3</v>
       </c>
       <c r="R30" s="23">
         <v>2E-3</v>
       </c>
       <c r="S30" s="23">
         <v>2E-3</v>
       </c>
       <c r="T30" s="23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U30" s="23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V30" s="23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W30" s="23">
-        <v>7.9</v>
+        <v>8.4</v>
       </c>
       <c r="X30" s="23">
-        <v>7.9</v>
+        <v>8.4</v>
       </c>
       <c r="Y30" s="23">
-        <v>7.9</v>
+        <v>8.4</v>
       </c>
       <c r="Z30" s="24" t="s">
         <v>31</v>
       </c>
       <c r="AA30" s="23"/>
       <c r="AB30" s="25"/>
     </row>
     <row r="31" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B31" s="22">
-        <v>44776</v>
+        <v>44824</v>
       </c>
       <c r="C31" s="22">
         <v>44895</v>
       </c>
       <c r="D31" s="22">
         <v>44895</v>
       </c>
       <c r="E31" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F31" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G31" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H31" s="23">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="I31" s="23">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="J31" s="23">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="K31" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L31" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M31" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N31" s="23">
-        <v>109</v>
+        <v>42</v>
       </c>
       <c r="O31" s="23">
-        <v>109</v>
+        <v>42</v>
       </c>
       <c r="P31" s="23">
-        <v>109</v>
+        <v>42</v>
       </c>
       <c r="Q31" s="23">
-        <v>3.0000000000000001E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="R31" s="23">
-        <v>3.0000000000000001E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="S31" s="23">
-        <v>3.0000000000000001E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="T31" s="23">
         <v>1</v>
       </c>
       <c r="U31" s="23">
         <v>1</v>
       </c>
       <c r="V31" s="23">
         <v>1</v>
       </c>
       <c r="W31" s="23">
-        <v>7.7</v>
+        <v>6.6</v>
       </c>
       <c r="X31" s="23">
-        <v>7.7</v>
+        <v>6.6</v>
       </c>
       <c r="Y31" s="23">
-        <v>7.7</v>
+        <v>6.6</v>
       </c>
       <c r="Z31" s="24" t="s">
         <v>31</v>
       </c>
       <c r="AA31" s="23"/>
       <c r="AB31" s="25"/>
     </row>
     <row r="32" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B32" s="22">
-        <v>44712</v>
+        <v>44802</v>
       </c>
       <c r="C32" s="22">
-        <v>44817</v>
+        <v>44895</v>
       </c>
       <c r="D32" s="22">
-        <v>44817</v>
+        <v>44895</v>
       </c>
       <c r="E32" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F32" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G32" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H32" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I32" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J32" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K32" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L32" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M32" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N32" s="23">
-        <v>437</v>
+        <v>34</v>
       </c>
       <c r="O32" s="23">
-        <v>437</v>
+        <v>34</v>
       </c>
       <c r="P32" s="23">
-        <v>437</v>
+        <v>34</v>
       </c>
       <c r="Q32" s="23">
-        <v>0.04</v>
+        <v>2E-3</v>
       </c>
       <c r="R32" s="23">
-        <v>0.04</v>
+        <v>2E-3</v>
       </c>
       <c r="S32" s="23">
-        <v>0.04</v>
+        <v>2E-3</v>
       </c>
       <c r="T32" s="23">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="U32" s="23">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="V32" s="23">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="W32" s="23">
-        <v>7.6</v>
+        <v>7.9</v>
       </c>
       <c r="X32" s="23">
-        <v>7.6</v>
+        <v>7.9</v>
       </c>
       <c r="Y32" s="23">
-        <v>7.6</v>
+        <v>7.9</v>
       </c>
       <c r="Z32" s="24" t="s">
         <v>31</v>
       </c>
       <c r="AA32" s="23"/>
       <c r="AB32" s="25"/>
     </row>
     <row r="33" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B33" s="22">
-        <v>44508</v>
+        <v>44776</v>
       </c>
       <c r="C33" s="22">
-        <v>44538</v>
+        <v>44895</v>
       </c>
       <c r="D33" s="22">
-        <v>44539</v>
+        <v>44895</v>
       </c>
       <c r="E33" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F33" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G33" s="23" t="s">
         <v>35</v>
       </c>
-      <c r="H33" s="23" t="s">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="H33" s="23">
+        <v>3</v>
+      </c>
+      <c r="I33" s="23">
+        <v>3</v>
+      </c>
+      <c r="J33" s="23">
+        <v>3</v>
       </c>
       <c r="K33" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L33" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M33" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N33" s="23">
-        <v>128</v>
+        <v>109</v>
       </c>
       <c r="O33" s="23">
-        <v>128</v>
+        <v>109</v>
       </c>
       <c r="P33" s="23">
-        <v>128</v>
+        <v>109</v>
       </c>
       <c r="Q33" s="23">
-        <v>5.0000000000000001E-3</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="R33" s="23">
-        <v>5.0000000000000001E-3</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="S33" s="23">
-        <v>5.0000000000000001E-3</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="T33" s="23">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="U33" s="23">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="V33" s="23">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="W33" s="23">
-        <v>7.6</v>
+        <v>7.7</v>
       </c>
       <c r="X33" s="23">
-        <v>7.6</v>
+        <v>7.7</v>
       </c>
       <c r="Y33" s="23">
-        <v>7.6</v>
+        <v>7.7</v>
       </c>
       <c r="Z33" s="24" t="s">
         <v>31</v>
       </c>
       <c r="AA33" s="23"/>
       <c r="AB33" s="25"/>
     </row>
     <row r="34" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B34" s="22">
-        <v>44476</v>
+        <v>44712</v>
       </c>
       <c r="C34" s="22">
-        <v>44538</v>
+        <v>44817</v>
       </c>
       <c r="D34" s="22">
-        <v>44539</v>
+        <v>44817</v>
       </c>
       <c r="E34" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F34" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G34" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H34" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I34" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J34" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K34" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L34" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M34" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N34" s="23">
-        <v>35</v>
+        <v>437</v>
       </c>
       <c r="O34" s="23">
-        <v>35</v>
+        <v>437</v>
       </c>
       <c r="P34" s="23">
-        <v>35</v>
+        <v>437</v>
       </c>
       <c r="Q34" s="23">
-        <v>6.0000000000000001E-3</v>
+        <v>0.04</v>
       </c>
       <c r="R34" s="23">
-        <v>6.0000000000000001E-3</v>
+        <v>0.04</v>
       </c>
       <c r="S34" s="23">
-        <v>6.0000000000000001E-3</v>
+        <v>0.04</v>
       </c>
       <c r="T34" s="23">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="U34" s="23">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="V34" s="23">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="W34" s="23">
-        <v>8.1999999999999993</v>
+        <v>7.6</v>
       </c>
       <c r="X34" s="23">
-        <v>8.1999999999999993</v>
+        <v>7.6</v>
       </c>
       <c r="Y34" s="23">
-        <v>8.1999999999999993</v>
+        <v>7.6</v>
       </c>
       <c r="Z34" s="24" t="s">
         <v>31</v>
       </c>
       <c r="AA34" s="23"/>
       <c r="AB34" s="25"/>
     </row>
     <row r="35" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B35" s="22">
-        <v>44475</v>
+        <v>44508</v>
       </c>
       <c r="C35" s="22">
         <v>44538</v>
       </c>
       <c r="D35" s="22">
         <v>44539</v>
       </c>
       <c r="E35" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F35" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G35" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H35" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I35" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J35" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K35" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L35" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M35" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N35" s="23">
-        <v>43</v>
+        <v>128</v>
       </c>
       <c r="O35" s="23">
-        <v>43</v>
+        <v>128</v>
       </c>
       <c r="P35" s="23">
-        <v>43</v>
+        <v>128</v>
       </c>
       <c r="Q35" s="23">
-        <v>4.0000000000000001E-3</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="R35" s="23">
-        <v>4.0000000000000001E-3</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="S35" s="23">
-        <v>4.0000000000000001E-3</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="T35" s="23">
         <v>2</v>
       </c>
       <c r="U35" s="23">
         <v>2</v>
       </c>
       <c r="V35" s="23">
         <v>2</v>
       </c>
       <c r="W35" s="23">
-        <v>6.4</v>
+        <v>7.6</v>
       </c>
       <c r="X35" s="23">
-        <v>6.4</v>
+        <v>7.6</v>
       </c>
       <c r="Y35" s="23">
-        <v>6.4</v>
+        <v>7.6</v>
       </c>
       <c r="Z35" s="24" t="s">
         <v>31</v>
       </c>
       <c r="AA35" s="23"/>
       <c r="AB35" s="25"/>
     </row>
     <row r="36" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B36" s="22">
-        <v>44469</v>
+        <v>44476</v>
       </c>
       <c r="C36" s="22">
         <v>44538</v>
       </c>
       <c r="D36" s="22">
         <v>44539</v>
       </c>
       <c r="E36" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F36" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G36" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H36" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I36" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J36" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K36" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L36" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M36" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N36" s="23">
-        <v>192</v>
+        <v>35</v>
       </c>
       <c r="O36" s="23">
-        <v>192</v>
+        <v>35</v>
       </c>
       <c r="P36" s="23">
-        <v>192</v>
+        <v>35</v>
       </c>
       <c r="Q36" s="23">
-        <v>4.0000000000000001E-3</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="R36" s="23">
-        <v>4.0000000000000001E-3</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="S36" s="23">
-        <v>4.0000000000000001E-3</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="T36" s="23">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="U36" s="23">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="V36" s="23">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="W36" s="23">
-        <v>7.6</v>
+        <v>8.1999999999999993</v>
       </c>
       <c r="X36" s="23">
-        <v>7.6</v>
+        <v>8.1999999999999993</v>
       </c>
       <c r="Y36" s="23">
-        <v>7.6</v>
+        <v>8.1999999999999993</v>
       </c>
       <c r="Z36" s="24" t="s">
         <v>31</v>
       </c>
       <c r="AA36" s="23"/>
       <c r="AB36" s="25"/>
     </row>
     <row r="37" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B37" s="22">
-        <v>44445</v>
+        <v>44475</v>
       </c>
       <c r="C37" s="22">
         <v>44538</v>
       </c>
       <c r="D37" s="22">
         <v>44539</v>
       </c>
       <c r="E37" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F37" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G37" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H37" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I37" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J37" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K37" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L37" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M37" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N37" s="23">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="O37" s="23">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="P37" s="23">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="Q37" s="23">
-        <v>3.0000000000000001E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="R37" s="23">
-        <v>3.0000000000000001E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="S37" s="23">
-        <v>3.0000000000000001E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="T37" s="23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U37" s="23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V37" s="23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W37" s="23">
-        <v>7.4</v>
+        <v>6.4</v>
       </c>
       <c r="X37" s="23">
-        <v>7.4</v>
+        <v>6.4</v>
       </c>
       <c r="Y37" s="23">
-        <v>7.4</v>
+        <v>6.4</v>
       </c>
       <c r="Z37" s="24" t="s">
         <v>31</v>
       </c>
       <c r="AA37" s="23"/>
       <c r="AB37" s="25"/>
     </row>
     <row r="38" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B38" s="22">
-        <v>44420</v>
+        <v>44469</v>
       </c>
       <c r="C38" s="22">
         <v>44538</v>
       </c>
       <c r="D38" s="22">
         <v>44539</v>
       </c>
       <c r="E38" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F38" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G38" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H38" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I38" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J38" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K38" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L38" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M38" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N38" s="23">
-        <v>92</v>
+        <v>192</v>
       </c>
       <c r="O38" s="23">
-        <v>92</v>
+        <v>192</v>
       </c>
       <c r="P38" s="23">
-        <v>92</v>
+        <v>192</v>
       </c>
       <c r="Q38" s="23">
-        <v>8.9999999999999993E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="R38" s="23">
-        <v>8.9999999999999993E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="S38" s="23">
-        <v>8.9999999999999993E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="T38" s="23">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="U38" s="23">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="V38" s="23">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="W38" s="23">
-        <v>7.3</v>
+        <v>7.6</v>
       </c>
       <c r="X38" s="23">
-        <v>7.3</v>
+        <v>7.6</v>
       </c>
       <c r="Y38" s="23">
-        <v>7.3</v>
+        <v>7.6</v>
       </c>
       <c r="Z38" s="24" t="s">
         <v>31</v>
       </c>
       <c r="AA38" s="23"/>
       <c r="AB38" s="25"/>
     </row>
     <row r="39" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B39" s="22">
-        <v>44396</v>
+        <v>44445</v>
       </c>
       <c r="C39" s="22">
-        <v>44459</v>
+        <v>44538</v>
       </c>
       <c r="D39" s="22">
-        <v>44459</v>
+        <v>44539</v>
       </c>
       <c r="E39" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F39" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G39" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H39" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I39" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J39" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K39" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L39" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M39" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N39" s="23">
-        <v>215</v>
+        <v>35</v>
       </c>
       <c r="O39" s="23">
-        <v>215</v>
+        <v>35</v>
       </c>
       <c r="P39" s="23">
-        <v>215</v>
+        <v>35</v>
       </c>
       <c r="Q39" s="23">
-        <v>0.02</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="R39" s="23">
-        <v>0.02</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="S39" s="23">
-        <v>0.02</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="T39" s="23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U39" s="23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V39" s="23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W39" s="23">
-        <v>7.8</v>
+        <v>7.4</v>
       </c>
       <c r="X39" s="23">
-        <v>7.8</v>
+        <v>7.4</v>
       </c>
       <c r="Y39" s="23">
-        <v>7.8</v>
+        <v>7.4</v>
       </c>
       <c r="Z39" s="24" t="s">
-        <v>50</v>
+        <v>31</v>
       </c>
       <c r="AA39" s="23"/>
       <c r="AB39" s="25"/>
     </row>
     <row r="40" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B40" s="22">
-        <v>44382</v>
+        <v>44420</v>
       </c>
       <c r="C40" s="22">
-        <v>44459</v>
+        <v>44538</v>
       </c>
       <c r="D40" s="22">
-        <v>44459</v>
+        <v>44539</v>
       </c>
       <c r="E40" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F40" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G40" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H40" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I40" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J40" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K40" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L40" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M40" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N40" s="23">
-        <v>134</v>
+        <v>92</v>
       </c>
       <c r="O40" s="23">
-        <v>134</v>
+        <v>92</v>
       </c>
       <c r="P40" s="23">
-        <v>134</v>
+        <v>92</v>
       </c>
       <c r="Q40" s="23">
-        <v>1.2E-2</v>
+        <v>8.9999999999999993E-3</v>
       </c>
       <c r="R40" s="23">
-        <v>1.2E-2</v>
+        <v>8.9999999999999993E-3</v>
       </c>
       <c r="S40" s="23">
-        <v>1.2E-2</v>
+        <v>8.9999999999999993E-3</v>
       </c>
       <c r="T40" s="23">
         <v>3</v>
       </c>
       <c r="U40" s="23">
         <v>3</v>
       </c>
       <c r="V40" s="23">
         <v>3</v>
       </c>
       <c r="W40" s="23">
-        <v>6.3</v>
+        <v>7.3</v>
       </c>
       <c r="X40" s="23">
-        <v>6.3</v>
+        <v>7.3</v>
       </c>
       <c r="Y40" s="23">
-        <v>6.3</v>
+        <v>7.3</v>
       </c>
       <c r="Z40" s="24" t="s">
-        <v>50</v>
+        <v>31</v>
       </c>
       <c r="AA40" s="23"/>
       <c r="AB40" s="25"/>
     </row>
     <row r="41" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B41" s="22">
-        <v>44371</v>
+        <v>44396</v>
       </c>
       <c r="C41" s="22">
         <v>44459</v>
       </c>
       <c r="D41" s="22">
         <v>44459</v>
       </c>
       <c r="E41" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F41" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G41" s="23" t="s">
         <v>35</v>
       </c>
-      <c r="H41" s="23">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H41" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="I41" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="J41" s="23" t="s">
+        <v>24</v>
       </c>
       <c r="K41" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L41" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M41" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N41" s="23">
-        <v>141</v>
+        <v>215</v>
       </c>
       <c r="O41" s="23">
-        <v>141</v>
+        <v>215</v>
       </c>
       <c r="P41" s="23">
-        <v>141</v>
+        <v>215</v>
       </c>
       <c r="Q41" s="23">
-        <v>1.2E-2</v>
+        <v>0.02</v>
       </c>
       <c r="R41" s="23">
-        <v>1.2E-2</v>
+        <v>0.02</v>
       </c>
       <c r="S41" s="23">
-        <v>1.2E-2</v>
+        <v>0.02</v>
       </c>
       <c r="T41" s="23">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="U41" s="23">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="V41" s="23">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="W41" s="23">
-        <v>7.2</v>
+        <v>7.8</v>
       </c>
       <c r="X41" s="23">
-        <v>7.2</v>
+        <v>7.8</v>
       </c>
       <c r="Y41" s="23">
-        <v>7.2</v>
+        <v>7.8</v>
       </c>
       <c r="Z41" s="24" t="s">
         <v>50</v>
       </c>
       <c r="AA41" s="23"/>
       <c r="AB41" s="25"/>
     </row>
     <row r="42" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B42" s="22">
-        <v>44235</v>
+        <v>44382</v>
       </c>
       <c r="C42" s="22">
-        <v>44280</v>
+        <v>44459</v>
       </c>
       <c r="D42" s="22">
-        <v>44280</v>
+        <v>44459</v>
       </c>
       <c r="E42" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F42" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G42" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H42" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I42" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J42" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K42" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L42" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M42" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N42" s="23">
-        <v>120</v>
+        <v>134</v>
       </c>
       <c r="O42" s="23">
-        <v>120</v>
+        <v>134</v>
       </c>
       <c r="P42" s="23">
-        <v>120</v>
-[...8 lines deleted...]
-        <v>45</v>
+        <v>134</v>
+      </c>
+      <c r="Q42" s="23">
+        <v>1.2E-2</v>
+      </c>
+      <c r="R42" s="23">
+        <v>1.2E-2</v>
+      </c>
+      <c r="S42" s="23">
+        <v>1.2E-2</v>
       </c>
       <c r="T42" s="23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U42" s="23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V42" s="23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W42" s="23">
-        <v>7.4</v>
+        <v>6.3</v>
       </c>
       <c r="X42" s="23">
-        <v>7.4</v>
+        <v>6.3</v>
       </c>
       <c r="Y42" s="23">
-        <v>7.4</v>
+        <v>6.3</v>
       </c>
       <c r="Z42" s="24" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AA42" s="23"/>
       <c r="AB42" s="25"/>
     </row>
     <row r="43" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B43" s="22">
-        <v>44182</v>
+        <v>44371</v>
       </c>
       <c r="C43" s="22">
-        <v>44280</v>
+        <v>44459</v>
       </c>
       <c r="D43" s="22">
-        <v>44280</v>
+        <v>44459</v>
       </c>
       <c r="E43" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F43" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G43" s="23" t="s">
         <v>35</v>
       </c>
-      <c r="H43" s="23" t="s">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="H43" s="23">
+        <v>25</v>
+      </c>
+      <c r="I43" s="23">
+        <v>25</v>
+      </c>
+      <c r="J43" s="23">
+        <v>25</v>
       </c>
       <c r="K43" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L43" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M43" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N43" s="23">
-        <v>153</v>
+        <v>141</v>
       </c>
       <c r="O43" s="23">
-        <v>153</v>
+        <v>141</v>
       </c>
       <c r="P43" s="23">
-        <v>153</v>
-[...8 lines deleted...]
-        <v>45</v>
+        <v>141</v>
+      </c>
+      <c r="Q43" s="23">
+        <v>1.2E-2</v>
+      </c>
+      <c r="R43" s="23">
+        <v>1.2E-2</v>
+      </c>
+      <c r="S43" s="23">
+        <v>1.2E-2</v>
       </c>
       <c r="T43" s="23">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="U43" s="23">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="V43" s="23">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="W43" s="23">
-        <v>6.7</v>
+        <v>7.2</v>
       </c>
       <c r="X43" s="23">
-        <v>6.7</v>
+        <v>7.2</v>
       </c>
       <c r="Y43" s="23">
-        <v>6.7</v>
+        <v>7.2</v>
       </c>
       <c r="Z43" s="24" t="s">
         <v>50</v>
       </c>
       <c r="AA43" s="23"/>
       <c r="AB43" s="25"/>
     </row>
     <row r="44" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B44" s="22">
-        <v>44505</v>
+        <v>44235</v>
       </c>
       <c r="C44" s="22">
-        <v>44216</v>
+        <v>44280</v>
       </c>
       <c r="D44" s="22">
-        <v>44216</v>
-[...8 lines deleted...]
-        <v>0.04</v>
+        <v>44280</v>
+      </c>
+      <c r="E44" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="F44" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="G44" s="23" t="s">
+        <v>35</v>
       </c>
       <c r="H44" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I44" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J44" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K44" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L44" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M44" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N44" s="23">
-        <v>77</v>
+        <v>120</v>
       </c>
       <c r="O44" s="23">
-        <v>77</v>
+        <v>120</v>
       </c>
       <c r="P44" s="23">
-        <v>77</v>
-[...8 lines deleted...]
-        <v>8.0000000000000002E-3</v>
+        <v>120</v>
+      </c>
+      <c r="Q44" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="R44" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="S44" s="23" t="s">
+        <v>45</v>
       </c>
       <c r="T44" s="23">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="U44" s="23">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="V44" s="23">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="W44" s="23">
         <v>7.4</v>
       </c>
       <c r="X44" s="23">
         <v>7.4</v>
       </c>
       <c r="Y44" s="23">
         <v>7.4</v>
       </c>
       <c r="Z44" s="24" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
       <c r="AA44" s="23"/>
       <c r="AB44" s="25"/>
     </row>
     <row r="45" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B45" s="22">
-        <v>44131</v>
+        <v>44182</v>
       </c>
       <c r="C45" s="22">
-        <v>44216</v>
+        <v>44280</v>
       </c>
       <c r="D45" s="22">
-        <v>44216</v>
+        <v>44280</v>
       </c>
       <c r="E45" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F45" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G45" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H45" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I45" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J45" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K45" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L45" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M45" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N45" s="23">
-        <v>90</v>
+        <v>153</v>
       </c>
       <c r="O45" s="23">
-        <v>90</v>
+        <v>153</v>
       </c>
       <c r="P45" s="23">
-        <v>90</v>
-[...8 lines deleted...]
-        <v>2.8000000000000001E-2</v>
+        <v>153</v>
+      </c>
+      <c r="Q45" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="R45" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="S45" s="23" t="s">
+        <v>45</v>
       </c>
       <c r="T45" s="23">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="U45" s="23">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="V45" s="23">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="W45" s="23">
-        <v>6.3</v>
+        <v>6.7</v>
       </c>
       <c r="X45" s="23">
-        <v>6.3</v>
+        <v>6.7</v>
       </c>
       <c r="Y45" s="23">
-        <v>6.3</v>
+        <v>6.7</v>
       </c>
       <c r="Z45" s="24" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="AA45" s="23"/>
       <c r="AB45" s="25"/>
     </row>
-    <row r="46" spans="2:28" ht="52.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="46" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B46" s="22">
-        <v>44111</v>
+        <v>44505</v>
       </c>
       <c r="C46" s="22">
-        <v>44149</v>
+        <v>44216</v>
       </c>
       <c r="D46" s="22">
         <v>44216</v>
       </c>
-      <c r="E46" s="23" t="s">
-[...6 lines deleted...]
-        <v>35</v>
+      <c r="E46" s="23">
+        <v>0.04</v>
+      </c>
+      <c r="F46" s="23">
+        <v>0.04</v>
+      </c>
+      <c r="G46" s="23">
+        <v>0.04</v>
       </c>
       <c r="H46" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I46" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J46" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K46" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L46" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M46" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N46" s="23">
-        <v>18</v>
+        <v>77</v>
       </c>
       <c r="O46" s="23">
-        <v>18</v>
+        <v>77</v>
       </c>
       <c r="P46" s="23">
-        <v>18</v>
-[...17 lines deleted...]
-        <v>32</v>
+        <v>77</v>
+      </c>
+      <c r="Q46" s="23">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="R46" s="23">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="S46" s="23">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="T46" s="23">
+        <v>8</v>
+      </c>
+      <c r="U46" s="23">
+        <v>8</v>
+      </c>
+      <c r="V46" s="23">
+        <v>8</v>
       </c>
       <c r="W46" s="23">
-        <v>7.2</v>
+        <v>7.4</v>
       </c>
       <c r="X46" s="23">
-        <v>7.2</v>
+        <v>7.4</v>
       </c>
       <c r="Y46" s="23">
-        <v>7.2</v>
+        <v>7.4</v>
       </c>
       <c r="Z46" s="24" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="AA46" s="23"/>
       <c r="AB46" s="25"/>
     </row>
-    <row r="47" spans="2:28" ht="53.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="47" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B47" s="22">
-        <v>44062</v>
+        <v>44131</v>
       </c>
       <c r="C47" s="22">
-        <v>44149</v>
+        <v>44216</v>
       </c>
       <c r="D47" s="22">
         <v>44216</v>
       </c>
       <c r="E47" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F47" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G47" s="23" t="s">
         <v>35</v>
       </c>
-      <c r="H47" s="23">
-[...6 lines deleted...]
-        <v>3</v>
+      <c r="H47" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="I47" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="J47" s="23" t="s">
+        <v>24</v>
       </c>
       <c r="K47" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L47" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M47" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N47" s="23">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="O47" s="23">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="P47" s="23">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="Q47" s="23">
-        <v>8.9999999999999993E-3</v>
+        <v>2.8000000000000001E-2</v>
       </c>
       <c r="R47" s="23">
-        <v>8.9999999999999993E-3</v>
+        <v>2.8000000000000001E-2</v>
       </c>
       <c r="S47" s="23">
-        <v>8.9999999999999993E-3</v>
+        <v>2.8000000000000001E-2</v>
       </c>
       <c r="T47" s="23">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="U47" s="23">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="V47" s="23">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="W47" s="23">
-        <v>6.5</v>
+        <v>6.3</v>
       </c>
       <c r="X47" s="23">
-        <v>6.5</v>
+        <v>6.3</v>
       </c>
       <c r="Y47" s="23">
-        <v>6.5</v>
+        <v>6.3</v>
       </c>
       <c r="Z47" s="24" t="s">
-        <v>52</v>
+        <v>29</v>
       </c>
       <c r="AA47" s="23"/>
       <c r="AB47" s="25"/>
     </row>
-    <row r="48" spans="2:28" ht="58.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="48" spans="2:28" ht="52.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B48" s="22">
-        <v>44060</v>
+        <v>44111</v>
       </c>
       <c r="C48" s="22">
         <v>44149</v>
       </c>
       <c r="D48" s="22">
         <v>44216</v>
       </c>
-      <c r="E48" s="23">
-[...6 lines deleted...]
-        <v>0.03</v>
+      <c r="E48" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="F48" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="G48" s="23" t="s">
+        <v>35</v>
       </c>
       <c r="H48" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I48" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J48" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K48" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L48" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M48" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N48" s="23">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="O48" s="23">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="P48" s="23">
-        <v>13</v>
-[...17 lines deleted...]
-        <v>4</v>
+        <v>18</v>
+      </c>
+      <c r="Q48" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="R48" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="S48" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="T48" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="U48" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="V48" s="23" t="s">
+        <v>32</v>
       </c>
       <c r="W48" s="23">
-        <v>6.4</v>
+        <v>7.2</v>
       </c>
       <c r="X48" s="23">
-        <v>6.4</v>
+        <v>7.2</v>
       </c>
       <c r="Y48" s="23">
-        <v>6.4</v>
+        <v>7.2</v>
       </c>
       <c r="Z48" s="24" t="s">
-        <v>53</v>
+        <v>29</v>
       </c>
       <c r="AA48" s="23"/>
       <c r="AB48" s="25"/>
     </row>
-    <row r="49" spans="2:28" x14ac:dyDescent="0.3">
-[...43 lines deleted...]
-        <v>35</v>
+    <row r="49" spans="2:28" ht="53.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B49" s="22">
+        <v>44062</v>
+      </c>
+      <c r="C49" s="22">
+        <v>44149</v>
+      </c>
+      <c r="D49" s="22">
+        <v>44216</v>
+      </c>
+      <c r="E49" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="F49" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="G49" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="H49" s="23">
+        <v>3</v>
+      </c>
+      <c r="I49" s="23">
+        <v>3</v>
+      </c>
+      <c r="J49" s="23">
+        <v>3</v>
+      </c>
+      <c r="K49" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L49" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="M49" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="N49" s="23">
+        <v>91</v>
+      </c>
+      <c r="O49" s="23">
+        <v>91</v>
+      </c>
+      <c r="P49" s="23">
+        <v>91</v>
+      </c>
+      <c r="Q49" s="23">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="R49" s="23">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="S49" s="23">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="T49" s="23">
+        <v>16</v>
+      </c>
+      <c r="U49" s="23">
+        <v>16</v>
+      </c>
+      <c r="V49" s="23">
+        <v>16</v>
+      </c>
+      <c r="W49" s="23">
+        <v>6.5</v>
+      </c>
+      <c r="X49" s="23">
+        <v>6.5</v>
+      </c>
+      <c r="Y49" s="23">
+        <v>6.5</v>
+      </c>
+      <c r="Z49" s="24" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA49" s="23"/>
+      <c r="AB49" s="25"/>
+    </row>
+    <row r="50" spans="2:28" ht="58.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B50" s="22">
+        <v>44060</v>
+      </c>
+      <c r="C50" s="22">
+        <v>44149</v>
+      </c>
+      <c r="D50" s="22">
+        <v>44216</v>
+      </c>
+      <c r="E50" s="23">
+        <v>0.03</v>
+      </c>
+      <c r="F50" s="23">
+        <v>0.03</v>
+      </c>
+      <c r="G50" s="23">
+        <v>0.03</v>
       </c>
       <c r="H50" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I50" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J50" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K50" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L50" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M50" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N50" s="23">
-        <v>100</v>
+        <v>13</v>
       </c>
       <c r="O50" s="23">
-        <v>100</v>
+        <v>13</v>
       </c>
       <c r="P50" s="23">
-        <v>100</v>
+        <v>13</v>
       </c>
       <c r="Q50" s="23">
-        <v>0.111</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="R50" s="23">
-        <v>0.111</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="S50" s="23">
-        <v>0.111</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="T50" s="23">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U50" s="23">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="V50" s="23">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="W50" s="23">
-        <v>6.5</v>
+        <v>6.4</v>
       </c>
       <c r="X50" s="23">
-        <v>6.5</v>
+        <v>6.4</v>
       </c>
       <c r="Y50" s="23">
-        <v>6.5</v>
+        <v>6.4</v>
       </c>
       <c r="Z50" s="24" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AA50" s="23"/>
       <c r="AB50" s="25"/>
     </row>
     <row r="51" spans="2:28" x14ac:dyDescent="0.3">
-      <c r="B51" s="38">
-[...73 lines deleted...]
-    <row r="52" spans="2:28" x14ac:dyDescent="0.3">
+      <c r="B51" s="72" t="s">
+        <v>34</v>
+      </c>
+      <c r="C51" s="72"/>
+      <c r="D51" s="72"/>
+      <c r="E51" s="72"/>
+      <c r="F51" s="72"/>
+      <c r="G51" s="72"/>
+      <c r="H51" s="72"/>
+      <c r="I51" s="72"/>
+      <c r="J51" s="72"/>
+      <c r="K51" s="72"/>
+      <c r="L51" s="72"/>
+      <c r="M51" s="72"/>
+      <c r="N51" s="72"/>
+      <c r="O51" s="72"/>
+      <c r="P51" s="72"/>
+      <c r="Q51" s="72"/>
+      <c r="R51" s="72"/>
+      <c r="S51" s="72"/>
+      <c r="T51" s="72"/>
+      <c r="U51" s="72"/>
+      <c r="V51" s="72"/>
+      <c r="W51" s="72"/>
+      <c r="X51" s="72"/>
+      <c r="Y51" s="72"/>
+      <c r="Z51" s="72"/>
+      <c r="AA51" s="72"/>
+      <c r="AB51" s="72"/>
+    </row>
+    <row r="52" spans="2:28" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B52" s="38">
-        <v>43435</v>
+        <v>43983</v>
       </c>
       <c r="C52" s="38"/>
       <c r="D52" s="38"/>
-      <c r="E52" s="23">
-[...6 lines deleted...]
-        <v>0.03</v>
+      <c r="E52" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="F52" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="G52" s="23" t="s">
+        <v>35</v>
       </c>
       <c r="H52" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I52" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J52" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K52" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L52" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M52" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N52" s="23">
-        <v>320</v>
+        <v>100</v>
       </c>
       <c r="O52" s="23">
-        <v>320</v>
+        <v>100</v>
       </c>
       <c r="P52" s="23">
-        <v>320</v>
+        <v>100</v>
       </c>
       <c r="Q52" s="23">
-        <v>8.0000000000000002E-3</v>
+        <v>0.111</v>
       </c>
       <c r="R52" s="23">
-        <v>8.0000000000000002E-3</v>
+        <v>0.111</v>
       </c>
       <c r="S52" s="23">
-        <v>8.0000000000000002E-3</v>
+        <v>0.111</v>
       </c>
       <c r="T52" s="23">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="U52" s="23">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="V52" s="23">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="W52" s="23">
-        <v>7</v>
+        <v>6.5</v>
       </c>
       <c r="X52" s="23">
-        <v>7</v>
+        <v>6.5</v>
       </c>
       <c r="Y52" s="23">
-        <v>7</v>
+        <v>6.5</v>
       </c>
       <c r="Z52" s="24" t="s">
         <v>54</v>
       </c>
       <c r="AA52" s="23"/>
       <c r="AB52" s="25"/>
     </row>
-    <row r="53" spans="2:28" ht="28.8" x14ac:dyDescent="0.3">
-[...30 lines deleted...]
-      </c>
+    <row r="53" spans="2:28" x14ac:dyDescent="0.3">
+      <c r="B53" s="38">
+        <v>43586</v>
+      </c>
+      <c r="C53" s="38"/>
+      <c r="D53" s="38"/>
+      <c r="E53" s="23">
+        <v>0.05</v>
+      </c>
+      <c r="F53" s="23">
+        <v>0.05</v>
+      </c>
+      <c r="G53" s="23">
+        <v>0.05</v>
+      </c>
+      <c r="H53" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="I53" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="J53" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="K53" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L53" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="M53" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="N53" s="23">
+        <v>220</v>
+      </c>
+      <c r="O53" s="23">
+        <v>220</v>
+      </c>
+      <c r="P53" s="23">
+        <v>220</v>
+      </c>
+      <c r="Q53" s="23">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="R53" s="23">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="S53" s="23">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="T53" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="U53" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="V53" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="W53" s="23">
+        <v>7.2</v>
+      </c>
+      <c r="X53" s="23">
+        <v>7.2</v>
+      </c>
+      <c r="Y53" s="23">
+        <v>7.2</v>
+      </c>
+      <c r="Z53" s="24" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA53" s="23"/>
+      <c r="AB53" s="25"/>
     </row>
     <row r="54" spans="2:28" x14ac:dyDescent="0.3">
-      <c r="B54" s="39">
-[...11 lines deleted...]
-        <v>35</v>
+      <c r="B54" s="38">
+        <v>43435</v>
+      </c>
+      <c r="C54" s="38"/>
+      <c r="D54" s="38"/>
+      <c r="E54" s="23">
+        <v>0.03</v>
+      </c>
+      <c r="F54" s="23">
+        <v>0.03</v>
+      </c>
+      <c r="G54" s="23">
+        <v>0.03</v>
       </c>
       <c r="H54" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I54" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J54" s="23" t="s">
         <v>24</v>
       </c>
-      <c r="K54" s="23">
-[...6 lines deleted...]
-        <v>7.0000000000000007E-2</v>
+      <c r="K54" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L54" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="M54" s="23" t="s">
+        <v>36</v>
       </c>
       <c r="N54" s="23">
-        <v>114</v>
+        <v>320</v>
       </c>
       <c r="O54" s="23">
-        <v>114</v>
+        <v>320</v>
       </c>
       <c r="P54" s="23">
-        <v>114</v>
-[...8 lines deleted...]
-        <v>45</v>
+        <v>320</v>
+      </c>
+      <c r="Q54" s="23">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="R54" s="23">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="S54" s="23">
+        <v>8.0000000000000002E-3</v>
       </c>
       <c r="T54" s="23">
         <v>2</v>
       </c>
       <c r="U54" s="23">
         <v>2</v>
       </c>
       <c r="V54" s="23">
         <v>2</v>
       </c>
       <c r="W54" s="23">
-        <v>8.4</v>
+        <v>7</v>
       </c>
       <c r="X54" s="23">
-        <v>8.4</v>
+        <v>7</v>
       </c>
       <c r="Y54" s="23">
-        <v>8.4</v>
-[...77 lines deleted...]
-      </c>
+        <v>7</v>
+      </c>
+      <c r="Z54" s="24" t="s">
+        <v>54</v>
+      </c>
+      <c r="AA54" s="23"/>
+      <c r="AB54" s="25"/>
+    </row>
+    <row r="55" spans="2:28" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B55" s="26"/>
+      <c r="C55" s="26"/>
+      <c r="D55" s="26"/>
+      <c r="E55" s="23"/>
+      <c r="F55" s="23"/>
+      <c r="G55" s="23"/>
+      <c r="H55" s="23"/>
+      <c r="I55" s="23"/>
+      <c r="J55" s="23"/>
+      <c r="K55" s="23"/>
+      <c r="L55" s="23"/>
+      <c r="M55" s="23"/>
+      <c r="N55" s="23"/>
+      <c r="O55" s="23"/>
+      <c r="P55" s="23"/>
+      <c r="Q55" s="23"/>
+      <c r="R55" s="23"/>
+      <c r="S55" s="23"/>
+      <c r="T55" s="23"/>
+      <c r="U55" s="23"/>
+      <c r="V55" s="23"/>
+      <c r="W55" s="23"/>
+      <c r="X55" s="23"/>
+      <c r="Y55" s="23"/>
       <c r="Z55" s="24"/>
-      <c r="AA55" s="23"/>
-      <c r="AB55" s="25"/>
+      <c r="AA55" s="23" t="s">
+        <v>40</v>
+      </c>
+      <c r="AB55" s="25" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="56" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B56" s="39">
-        <v>42917</v>
+        <v>43070</v>
       </c>
       <c r="C56" s="39"/>
       <c r="D56" s="39"/>
-      <c r="E56" s="23">
-[...6 lines deleted...]
-        <v>0.08</v>
+      <c r="E56" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="F56" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="G56" s="23" t="s">
+        <v>35</v>
       </c>
       <c r="H56" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I56" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J56" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K56" s="23">
-        <v>0.08</v>
+        <v>7.0000000000000007E-2</v>
       </c>
       <c r="L56" s="23">
-        <v>0.08</v>
+        <v>7.0000000000000007E-2</v>
       </c>
       <c r="M56" s="23">
-        <v>0.08</v>
+        <v>7.0000000000000007E-2</v>
       </c>
       <c r="N56" s="23">
-        <v>87</v>
+        <v>114</v>
       </c>
       <c r="O56" s="23">
-        <v>87</v>
+        <v>114</v>
       </c>
       <c r="P56" s="23">
-        <v>87</v>
-[...8 lines deleted...]
-        <v>4.9000000000000002E-2</v>
+        <v>114</v>
+      </c>
+      <c r="Q56" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="R56" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="S56" s="23" t="s">
+        <v>45</v>
       </c>
       <c r="T56" s="23">
         <v>2</v>
       </c>
       <c r="U56" s="23">
         <v>2</v>
       </c>
       <c r="V56" s="23">
         <v>2</v>
       </c>
       <c r="W56" s="23">
-        <v>7</v>
+        <v>8.4</v>
       </c>
       <c r="X56" s="23">
-        <v>7</v>
+        <v>8.4</v>
       </c>
       <c r="Y56" s="23">
-        <v>7</v>
+        <v>8.4</v>
       </c>
       <c r="Z56" s="24"/>
-      <c r="AA56" s="23"/>
-      <c r="AB56" s="25"/>
+      <c r="AA56" s="29" t="s">
+        <v>42</v>
+      </c>
+      <c r="AB56" s="30" t="s">
+        <v>43</v>
+      </c>
     </row>
     <row r="57" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B57" s="39">
-        <v>42856</v>
+        <v>42948</v>
       </c>
       <c r="C57" s="39"/>
       <c r="D57" s="39"/>
       <c r="E57" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F57" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G57" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H57" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I57" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J57" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K57" s="23" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="L57" s="23" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="M57" s="23" t="s">
-        <v>36</v>
-[...10 lines deleted...]
-      <c r="Q57" s="23">
+        <v>44</v>
+      </c>
+      <c r="N57" s="29">
+        <v>156</v>
+      </c>
+      <c r="O57" s="29">
+        <v>156</v>
+      </c>
+      <c r="P57" s="29">
+        <v>156</v>
+      </c>
+      <c r="Q57" s="29">
         <v>4.0000000000000001E-3</v>
       </c>
-      <c r="R57" s="23">
+      <c r="R57" s="29">
         <v>4.0000000000000001E-3</v>
       </c>
-      <c r="S57" s="23">
+      <c r="S57" s="29">
         <v>4.0000000000000001E-3</v>
       </c>
       <c r="T57" s="23" t="s">
         <v>32</v>
       </c>
       <c r="U57" s="23" t="s">
         <v>32</v>
       </c>
       <c r="V57" s="23" t="s">
         <v>32</v>
       </c>
-      <c r="W57" s="23">
-[...6 lines deleted...]
-        <v>6.7</v>
+      <c r="W57" s="29">
+        <v>6.9</v>
+      </c>
+      <c r="X57" s="29">
+        <v>6.9</v>
+      </c>
+      <c r="Y57" s="29">
+        <v>6.9</v>
       </c>
       <c r="Z57" s="24"/>
       <c r="AA57" s="23"/>
       <c r="AB57" s="25"/>
     </row>
     <row r="58" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B58" s="39">
-        <v>42644</v>
+        <v>42917</v>
       </c>
       <c r="C58" s="39"/>
       <c r="D58" s="39"/>
-      <c r="E58" s="23" t="s">
-[...6 lines deleted...]
-        <v>35</v>
+      <c r="E58" s="23">
+        <v>0.08</v>
+      </c>
+      <c r="F58" s="23">
+        <v>0.08</v>
+      </c>
+      <c r="G58" s="23">
+        <v>0.08</v>
       </c>
       <c r="H58" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I58" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J58" s="23" t="s">
         <v>24</v>
       </c>
-      <c r="K58" s="23" t="s">
-[...6 lines deleted...]
-        <v>36</v>
+      <c r="K58" s="23">
+        <v>0.08</v>
+      </c>
+      <c r="L58" s="23">
+        <v>0.08</v>
+      </c>
+      <c r="M58" s="23">
+        <v>0.08</v>
       </c>
       <c r="N58" s="23">
-        <v>30</v>
+        <v>87</v>
       </c>
       <c r="O58" s="23">
-        <v>30</v>
+        <v>87</v>
       </c>
       <c r="P58" s="23">
-        <v>30</v>
-[...17 lines deleted...]
-        <v>32</v>
+        <v>87</v>
+      </c>
+      <c r="Q58" s="23">
+        <v>4.9000000000000002E-2</v>
+      </c>
+      <c r="R58" s="23">
+        <v>4.9000000000000002E-2</v>
+      </c>
+      <c r="S58" s="23">
+        <v>4.9000000000000002E-2</v>
+      </c>
+      <c r="T58" s="23">
+        <v>2</v>
+      </c>
+      <c r="U58" s="23">
+        <v>2</v>
+      </c>
+      <c r="V58" s="23">
+        <v>2</v>
       </c>
       <c r="W58" s="23">
-        <v>8.6</v>
+        <v>7</v>
       </c>
       <c r="X58" s="23">
-        <v>8.6</v>
+        <v>7</v>
       </c>
       <c r="Y58" s="23">
-        <v>8.6</v>
+        <v>7</v>
       </c>
       <c r="Z58" s="24"/>
       <c r="AA58" s="23"/>
       <c r="AB58" s="25"/>
     </row>
     <row r="59" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B59" s="39">
-        <v>42614</v>
+        <v>42856</v>
       </c>
       <c r="C59" s="39"/>
       <c r="D59" s="39"/>
       <c r="E59" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F59" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G59" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H59" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I59" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J59" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K59" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L59" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M59" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N59" s="23">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="O59" s="23">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="P59" s="23">
-        <v>55</v>
-[...17 lines deleted...]
-        <v>2</v>
+        <v>42</v>
+      </c>
+      <c r="Q59" s="23">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="R59" s="23">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="S59" s="23">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="T59" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="U59" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="V59" s="23" t="s">
+        <v>32</v>
       </c>
       <c r="W59" s="23">
-        <v>7.8</v>
+        <v>6.7</v>
       </c>
       <c r="X59" s="23">
-        <v>7.8</v>
+        <v>6.7</v>
       </c>
       <c r="Y59" s="23">
-        <v>7.8</v>
+        <v>6.7</v>
       </c>
       <c r="Z59" s="24"/>
       <c r="AA59" s="23"/>
       <c r="AB59" s="25"/>
     </row>
     <row r="60" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B60" s="39">
-        <v>42583</v>
+        <v>42644</v>
       </c>
       <c r="C60" s="39"/>
       <c r="D60" s="39"/>
       <c r="E60" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F60" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G60" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H60" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I60" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J60" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K60" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L60" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M60" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N60" s="23">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="O60" s="23">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="P60" s="23">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="Q60" s="23" t="s">
         <v>45</v>
       </c>
       <c r="R60" s="23" t="s">
         <v>45</v>
       </c>
       <c r="S60" s="23" t="s">
         <v>45</v>
       </c>
-      <c r="T60" s="23">
-[...6 lines deleted...]
-        <v>3</v>
+      <c r="T60" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="U60" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="V60" s="23" t="s">
+        <v>32</v>
       </c>
       <c r="W60" s="23">
-        <v>7.5</v>
+        <v>8.6</v>
       </c>
       <c r="X60" s="23">
-        <v>7.5</v>
+        <v>8.6</v>
       </c>
       <c r="Y60" s="23">
-        <v>7.5</v>
+        <v>8.6</v>
       </c>
       <c r="Z60" s="24"/>
       <c r="AA60" s="23"/>
       <c r="AB60" s="25"/>
     </row>
     <row r="61" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B61" s="39">
-        <v>42552</v>
+        <v>42614</v>
       </c>
       <c r="C61" s="39"/>
       <c r="D61" s="39"/>
       <c r="E61" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F61" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G61" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H61" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I61" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J61" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K61" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L61" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M61" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N61" s="23">
-        <v>150</v>
+        <v>55</v>
       </c>
       <c r="O61" s="23">
-        <v>150</v>
+        <v>55</v>
       </c>
       <c r="P61" s="23">
-        <v>150</v>
-[...8 lines deleted...]
-        <v>5.0000000000000001E-3</v>
+        <v>55</v>
+      </c>
+      <c r="Q61" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="R61" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="S61" s="23" t="s">
+        <v>45</v>
       </c>
       <c r="T61" s="23">
         <v>2</v>
       </c>
       <c r="U61" s="23">
         <v>2</v>
       </c>
       <c r="V61" s="23">
         <v>2</v>
       </c>
       <c r="W61" s="23">
-        <v>7.1</v>
+        <v>7.8</v>
       </c>
       <c r="X61" s="23">
-        <v>7.1</v>
+        <v>7.8</v>
       </c>
       <c r="Y61" s="23">
-        <v>7.1</v>
+        <v>7.8</v>
       </c>
       <c r="Z61" s="24"/>
       <c r="AA61" s="23"/>
       <c r="AB61" s="25"/>
     </row>
     <row r="62" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B62" s="39">
-        <v>42522</v>
+        <v>42583</v>
       </c>
       <c r="C62" s="39"/>
       <c r="D62" s="39"/>
       <c r="E62" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F62" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G62" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H62" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I62" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J62" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K62" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L62" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M62" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N62" s="23">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="O62" s="23">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="P62" s="23">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="Q62" s="23" t="s">
         <v>45</v>
       </c>
       <c r="R62" s="23" t="s">
         <v>45</v>
       </c>
       <c r="S62" s="23" t="s">
         <v>45</v>
       </c>
       <c r="T62" s="23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U62" s="23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V62" s="23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W62" s="23">
-        <v>7.2</v>
+        <v>7.5</v>
       </c>
       <c r="X62" s="23">
-        <v>7.2</v>
+        <v>7.5</v>
       </c>
       <c r="Y62" s="23">
-        <v>7.2</v>
-[...3 lines deleted...]
-      <c r="AB62" s="30"/>
+        <v>7.5</v>
+      </c>
+      <c r="Z62" s="24"/>
+      <c r="AA62" s="23"/>
+      <c r="AB62" s="25"/>
     </row>
     <row r="63" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B63" s="39">
-        <v>42430</v>
+        <v>42552</v>
       </c>
       <c r="C63" s="39"/>
       <c r="D63" s="39"/>
       <c r="E63" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F63" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G63" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H63" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I63" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J63" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K63" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L63" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M63" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N63" s="23">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="O63" s="23">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="P63" s="23">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="Q63" s="23">
-        <v>3.0000000000000001E-3</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="R63" s="23">
-        <v>3.0000000000000001E-3</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="S63" s="23">
-        <v>3.0000000000000001E-3</v>
-[...8 lines deleted...]
-        <v>32</v>
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="T63" s="23">
+        <v>2</v>
+      </c>
+      <c r="U63" s="23">
+        <v>2</v>
+      </c>
+      <c r="V63" s="23">
+        <v>2</v>
       </c>
       <c r="W63" s="23">
-        <v>6.4</v>
+        <v>7.1</v>
       </c>
       <c r="X63" s="23">
-        <v>6.4</v>
+        <v>7.1</v>
       </c>
       <c r="Y63" s="23">
-        <v>6.4</v>
-[...7 lines deleted...]
-      </c>
+        <v>7.1</v>
+      </c>
+      <c r="Z63" s="24"/>
+      <c r="AA63" s="23"/>
+      <c r="AB63" s="25"/>
     </row>
     <row r="64" spans="2:28" x14ac:dyDescent="0.3">
-      <c r="B64" s="32">
-[...3 lines deleted...]
-      <c r="D64" s="32"/>
+      <c r="B64" s="39">
+        <v>42522</v>
+      </c>
+      <c r="C64" s="39"/>
+      <c r="D64" s="39"/>
       <c r="E64" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F64" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G64" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H64" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I64" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J64" s="23" t="s">
         <v>24</v>
       </c>
-      <c r="K64" s="23">
-[...6 lines deleted...]
-        <v>0.06</v>
+      <c r="K64" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L64" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="M64" s="23" t="s">
+        <v>36</v>
       </c>
       <c r="N64" s="23">
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="O64" s="23">
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="P64" s="23">
-        <v>300</v>
-[...8 lines deleted...]
-        <v>2.1999999999999999E-2</v>
+        <v>150</v>
+      </c>
+      <c r="Q64" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="R64" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="S64" s="23" t="s">
+        <v>45</v>
       </c>
       <c r="T64" s="23">
         <v>2</v>
       </c>
       <c r="U64" s="23">
         <v>2</v>
       </c>
       <c r="V64" s="23">
         <v>2</v>
       </c>
       <c r="W64" s="23">
-        <v>6.7</v>
+        <v>7.2</v>
       </c>
       <c r="X64" s="23">
-        <v>6.7</v>
+        <v>7.2</v>
       </c>
       <c r="Y64" s="23">
-        <v>6.7</v>
+        <v>7.2</v>
       </c>
       <c r="Z64" s="28"/>
       <c r="AA64" s="29"/>
       <c r="AB64" s="30"/>
     </row>
     <row r="65" spans="2:28" x14ac:dyDescent="0.3">
-      <c r="B65" s="32">
-[...3 lines deleted...]
-      <c r="D65" s="32"/>
+      <c r="B65" s="39">
+        <v>42430</v>
+      </c>
+      <c r="C65" s="39"/>
+      <c r="D65" s="39"/>
       <c r="E65" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F65" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G65" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H65" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I65" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J65" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K65" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L65" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M65" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N65" s="23">
-        <v>25</v>
+        <v>400</v>
       </c>
       <c r="O65" s="23">
-        <v>25</v>
+        <v>400</v>
       </c>
       <c r="P65" s="23">
-        <v>25</v>
+        <v>400</v>
       </c>
       <c r="Q65" s="23">
-        <v>5.0000000000000001E-3</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="R65" s="23">
-        <v>5.0000000000000001E-3</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="S65" s="23">
-        <v>5.0000000000000001E-3</v>
-[...8 lines deleted...]
-        <v>8</v>
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="T65" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="U65" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="V65" s="23" t="s">
+        <v>32</v>
       </c>
       <c r="W65" s="23">
-        <v>6.9</v>
+        <v>6.4</v>
       </c>
       <c r="X65" s="23">
-        <v>6.9</v>
+        <v>6.4</v>
       </c>
       <c r="Y65" s="23">
-        <v>6.9</v>
+        <v>6.4</v>
       </c>
       <c r="Z65" s="28"/>
-      <c r="AA65" s="29"/>
-      <c r="AB65" s="30"/>
+      <c r="AA65" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="AB65" s="25" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="66" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B66" s="32">
-        <v>42288</v>
+        <v>42319</v>
       </c>
       <c r="C66" s="32"/>
       <c r="D66" s="32"/>
-      <c r="E66" s="23">
-[...24 lines deleted...]
-        <v>36</v>
+      <c r="E66" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="F66" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="G66" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="H66" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="I66" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="J66" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="K66" s="23">
+        <v>0.06</v>
+      </c>
+      <c r="L66" s="23">
+        <v>0.06</v>
+      </c>
+      <c r="M66" s="23">
+        <v>0.06</v>
       </c>
       <c r="N66" s="23">
-        <v>40</v>
+        <v>300</v>
       </c>
       <c r="O66" s="23">
-        <v>40</v>
+        <v>300</v>
       </c>
       <c r="P66" s="23">
-        <v>40</v>
+        <v>300</v>
       </c>
       <c r="Q66" s="23">
-        <v>6.9000000000000006E-2</v>
+        <v>2.1999999999999999E-2</v>
       </c>
       <c r="R66" s="23">
-        <v>6.9000000000000006E-2</v>
+        <v>2.1999999999999999E-2</v>
       </c>
       <c r="S66" s="23">
-        <v>6.9000000000000006E-2</v>
+        <v>2.1999999999999999E-2</v>
       </c>
       <c r="T66" s="23">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="U66" s="23">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="V66" s="23">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="W66" s="23">
-        <v>6.8</v>
+        <v>6.7</v>
       </c>
       <c r="X66" s="23">
-        <v>6.8</v>
+        <v>6.7</v>
       </c>
       <c r="Y66" s="23">
-        <v>6.8</v>
-[...3 lines deleted...]
-      <c r="AB66" s="25"/>
+        <v>6.7</v>
+      </c>
+      <c r="Z66" s="28"/>
+      <c r="AA66" s="29"/>
+      <c r="AB66" s="30"/>
     </row>
     <row r="67" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B67" s="32">
-        <v>42258</v>
+        <v>42288</v>
       </c>
       <c r="C67" s="32"/>
       <c r="D67" s="32"/>
       <c r="E67" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F67" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G67" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H67" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I67" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J67" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K67" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L67" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M67" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N67" s="23">
-        <v>80</v>
+        <v>25</v>
       </c>
       <c r="O67" s="23">
-        <v>80</v>
+        <v>25</v>
       </c>
       <c r="P67" s="23">
-        <v>80</v>
+        <v>25</v>
       </c>
       <c r="Q67" s="23">
-        <v>7.0000000000000001E-3</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="R67" s="23">
-        <v>7.0000000000000001E-3</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="S67" s="23">
-        <v>7.0000000000000001E-3</v>
-[...8 lines deleted...]
-        <v>32</v>
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="T67" s="23">
+        <v>8</v>
+      </c>
+      <c r="U67" s="23">
+        <v>8</v>
+      </c>
+      <c r="V67" s="23">
+        <v>8</v>
       </c>
       <c r="W67" s="23">
-        <v>7.7</v>
+        <v>6.9</v>
       </c>
       <c r="X67" s="23">
-        <v>7.7</v>
+        <v>6.9</v>
       </c>
       <c r="Y67" s="23">
-        <v>7.7</v>
-[...3 lines deleted...]
-      <c r="AB67" s="25"/>
+        <v>6.9</v>
+      </c>
+      <c r="Z67" s="28"/>
+      <c r="AA67" s="29"/>
+      <c r="AB67" s="30"/>
     </row>
     <row r="68" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B68" s="32">
-        <v>42258</v>
+        <v>42288</v>
       </c>
       <c r="C68" s="32"/>
       <c r="D68" s="32"/>
       <c r="E68" s="23">
-        <v>0.05</v>
+        <v>0.03</v>
       </c>
       <c r="F68" s="23">
-        <v>0.05</v>
+        <v>0.03</v>
       </c>
       <c r="G68" s="23">
-        <v>0.05</v>
+        <v>0.03</v>
       </c>
       <c r="H68" s="23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I68" s="23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J68" s="23">
-        <v>3</v>
-[...8 lines deleted...]
-        <v>0.06</v>
+        <v>4</v>
+      </c>
+      <c r="K68" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L68" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="M68" s="23" t="s">
+        <v>36</v>
       </c>
       <c r="N68" s="23">
-        <v>180</v>
+        <v>40</v>
       </c>
       <c r="O68" s="23">
-        <v>180</v>
+        <v>40</v>
       </c>
       <c r="P68" s="23">
-        <v>180</v>
+        <v>40</v>
       </c>
       <c r="Q68" s="23">
-        <v>8.1000000000000003E-2</v>
+        <v>6.9000000000000006E-2</v>
       </c>
       <c r="R68" s="23">
-        <v>8.1000000000000003E-2</v>
+        <v>6.9000000000000006E-2</v>
       </c>
       <c r="S68" s="23">
-        <v>8.1000000000000003E-2</v>
+        <v>6.9000000000000006E-2</v>
       </c>
       <c r="T68" s="23">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="U68" s="23">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="V68" s="23">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="W68" s="23">
-        <v>7.5</v>
+        <v>6.8</v>
       </c>
       <c r="X68" s="23">
-        <v>7.5</v>
+        <v>6.8</v>
       </c>
       <c r="Y68" s="23">
-        <v>7.5</v>
+        <v>6.8</v>
       </c>
       <c r="Z68" s="24"/>
       <c r="AA68" s="23"/>
       <c r="AB68" s="25"/>
     </row>
     <row r="69" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B69" s="32">
-        <v>42227</v>
+        <v>42258</v>
       </c>
       <c r="C69" s="32"/>
       <c r="D69" s="32"/>
       <c r="E69" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F69" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G69" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H69" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I69" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J69" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K69" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L69" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M69" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N69" s="23">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="O69" s="23">
-        <v>65</v>
+        <v>80</v>
       </c>
       <c r="P69" s="23">
         <v>80</v>
       </c>
       <c r="Q69" s="23">
-        <v>2E-3</v>
+        <v>7.0000000000000001E-3</v>
       </c>
       <c r="R69" s="23">
-        <v>3.0000000000000001E-3</v>
+        <v>7.0000000000000001E-3</v>
       </c>
       <c r="S69" s="23">
-        <v>4.0000000000000001E-3</v>
-[...8 lines deleted...]
-        <v>4</v>
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="T69" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="U69" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="V69" s="23" t="s">
+        <v>32</v>
       </c>
       <c r="W69" s="23">
-        <v>7.6</v>
+        <v>7.7</v>
       </c>
       <c r="X69" s="23">
-        <v>7.65</v>
+        <v>7.7</v>
       </c>
       <c r="Y69" s="23">
         <v>7.7</v>
       </c>
       <c r="Z69" s="24"/>
       <c r="AA69" s="23"/>
       <c r="AB69" s="25"/>
     </row>
     <row r="70" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B70" s="32">
-        <v>42227</v>
+        <v>42258</v>
       </c>
       <c r="C70" s="32"/>
       <c r="D70" s="32"/>
-      <c r="E70" s="23" t="s">
-[...24 lines deleted...]
-        <v>36</v>
+      <c r="E70" s="23">
+        <v>0.05</v>
+      </c>
+      <c r="F70" s="23">
+        <v>0.05</v>
+      </c>
+      <c r="G70" s="23">
+        <v>0.05</v>
+      </c>
+      <c r="H70" s="23">
+        <v>3</v>
+      </c>
+      <c r="I70" s="23">
+        <v>3</v>
+      </c>
+      <c r="J70" s="23">
+        <v>3</v>
+      </c>
+      <c r="K70" s="23">
+        <v>0.06</v>
+      </c>
+      <c r="L70" s="23">
+        <v>0.06</v>
+      </c>
+      <c r="M70" s="23">
+        <v>0.06</v>
       </c>
       <c r="N70" s="23">
-        <v>50</v>
+        <v>180</v>
       </c>
       <c r="O70" s="23">
-        <v>50</v>
+        <v>180</v>
       </c>
       <c r="P70" s="23">
-        <v>50</v>
+        <v>180</v>
       </c>
       <c r="Q70" s="23">
-        <v>1.2E-2</v>
+        <v>8.1000000000000003E-2</v>
       </c>
       <c r="R70" s="23">
-        <v>1.2E-2</v>
+        <v>8.1000000000000003E-2</v>
       </c>
       <c r="S70" s="23">
-        <v>1.2E-2</v>
+        <v>8.1000000000000003E-2</v>
       </c>
       <c r="T70" s="23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U70" s="23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V70" s="23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W70" s="23">
-        <v>7.4</v>
+        <v>7.5</v>
       </c>
       <c r="X70" s="23">
-        <v>7.4</v>
+        <v>7.5</v>
       </c>
       <c r="Y70" s="23">
-        <v>7.4</v>
+        <v>7.5</v>
       </c>
       <c r="Z70" s="24"/>
       <c r="AA70" s="23"/>
       <c r="AB70" s="25"/>
     </row>
     <row r="71" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B71" s="32">
-        <v>42196</v>
+        <v>42227</v>
       </c>
       <c r="C71" s="32"/>
       <c r="D71" s="32"/>
       <c r="E71" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F71" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G71" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H71" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I71" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J71" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K71" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L71" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M71" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N71" s="23">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="O71" s="23">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="P71" s="23">
-        <v>30</v>
+        <v>80</v>
       </c>
       <c r="Q71" s="23">
-        <v>3.0000000000000001E-3</v>
+        <v>2E-3</v>
       </c>
       <c r="R71" s="23">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="S71" s="23">
-        <v>3.0000000000000001E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="T71" s="23">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="U71" s="23">
-        <v>14</v>
+        <v>3.5</v>
       </c>
       <c r="V71" s="23">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="W71" s="23">
-        <v>6.2</v>
+        <v>7.6</v>
       </c>
       <c r="X71" s="23">
-        <v>6.2</v>
+        <v>7.65</v>
       </c>
       <c r="Y71" s="23">
-        <v>6.2</v>
+        <v>7.7</v>
       </c>
       <c r="Z71" s="24"/>
       <c r="AA71" s="23"/>
       <c r="AB71" s="25"/>
     </row>
     <row r="72" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B72" s="32">
-        <v>42196</v>
+        <v>42227</v>
       </c>
       <c r="C72" s="32"/>
       <c r="D72" s="32"/>
       <c r="E72" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F72" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G72" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H72" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I72" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J72" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K72" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L72" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M72" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N72" s="23">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="O72" s="23">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="P72" s="23">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="Q72" s="23">
-        <v>4.0000000000000001E-3</v>
+        <v>1.2E-2</v>
       </c>
       <c r="R72" s="23">
-        <v>4.0000000000000001E-3</v>
+        <v>1.2E-2</v>
       </c>
       <c r="S72" s="23">
-        <v>4.0000000000000001E-3</v>
+        <v>1.2E-2</v>
       </c>
       <c r="T72" s="23">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="U72" s="23">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="V72" s="23">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="W72" s="23">
-        <v>6.8</v>
+        <v>7.4</v>
       </c>
       <c r="X72" s="23">
-        <v>6.8</v>
+        <v>7.4</v>
       </c>
       <c r="Y72" s="23">
-        <v>6.8</v>
+        <v>7.4</v>
       </c>
       <c r="Z72" s="24"/>
       <c r="AA72" s="23"/>
       <c r="AB72" s="25"/>
     </row>
     <row r="73" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B73" s="32">
-        <v>42166</v>
+        <v>42196</v>
       </c>
       <c r="C73" s="32"/>
       <c r="D73" s="32"/>
       <c r="E73" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F73" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G73" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H73" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I73" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J73" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K73" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L73" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M73" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N73" s="23">
-        <v>300</v>
+        <v>30</v>
       </c>
       <c r="O73" s="23">
-        <v>300</v>
+        <v>30</v>
       </c>
       <c r="P73" s="23">
-        <v>300</v>
+        <v>30</v>
       </c>
       <c r="Q73" s="23">
-        <v>4.0000000000000001E-3</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="R73" s="23">
-        <v>4.0000000000000001E-3</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="S73" s="23">
-        <v>4.0000000000000001E-3</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="T73" s="23">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="U73" s="23">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="V73" s="23">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="W73" s="23">
-        <v>7.3</v>
+        <v>6.2</v>
       </c>
       <c r="X73" s="23">
-        <v>7.3</v>
+        <v>6.2</v>
       </c>
       <c r="Y73" s="23">
-        <v>7.3</v>
+        <v>6.2</v>
       </c>
       <c r="Z73" s="24"/>
       <c r="AA73" s="23"/>
       <c r="AB73" s="25"/>
     </row>
     <row r="74" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B74" s="32">
-        <v>42166</v>
+        <v>42196</v>
       </c>
       <c r="C74" s="32"/>
       <c r="D74" s="32"/>
-      <c r="E74" s="23">
-[...8 lines deleted...]
-      <c r="H74" s="23">
+      <c r="E74" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="F74" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="G74" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="H74" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="I74" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="J74" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="K74" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L74" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="M74" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="N74" s="23">
+        <v>30</v>
+      </c>
+      <c r="O74" s="23">
+        <v>30</v>
+      </c>
+      <c r="P74" s="23">
+        <v>30</v>
+      </c>
+      <c r="Q74" s="23">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="R74" s="23">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="S74" s="23">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="T74" s="23">
         <v>11</v>
       </c>
-      <c r="I74" s="23">
+      <c r="U74" s="23">
         <v>11</v>
       </c>
-      <c r="J74" s="23">
+      <c r="V74" s="23">
         <v>11</v>
-      </c>
-[...34 lines deleted...]
-        <v>9</v>
       </c>
       <c r="W74" s="23">
         <v>6.8</v>
       </c>
       <c r="X74" s="23">
         <v>6.8</v>
       </c>
       <c r="Y74" s="23">
         <v>6.8</v>
       </c>
       <c r="Z74" s="24"/>
       <c r="AA74" s="23"/>
       <c r="AB74" s="25"/>
     </row>
     <row r="75" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B75" s="32">
-        <v>42135</v>
+        <v>42166</v>
       </c>
       <c r="C75" s="32"/>
       <c r="D75" s="32"/>
       <c r="E75" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F75" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G75" s="23" t="s">
         <v>35</v>
       </c>
-      <c r="H75" s="23">
-[...6 lines deleted...]
-        <v>9</v>
+      <c r="H75" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="I75" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="J75" s="23" t="s">
+        <v>24</v>
       </c>
       <c r="K75" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L75" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M75" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N75" s="23">
-        <v>75</v>
+        <v>300</v>
       </c>
       <c r="O75" s="23">
-        <v>75</v>
+        <v>300</v>
       </c>
       <c r="P75" s="23">
-        <v>75</v>
+        <v>300</v>
       </c>
       <c r="Q75" s="23">
-        <v>3.6999999999999998E-2</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="R75" s="23">
-        <v>3.6999999999999998E-2</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="S75" s="23">
-        <v>3.6999999999999998E-2</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="T75" s="23">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="U75" s="23">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="V75" s="23">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="W75" s="23">
-        <v>6.9</v>
+        <v>7.3</v>
       </c>
       <c r="X75" s="23">
-        <v>6.9</v>
+        <v>7.3</v>
       </c>
       <c r="Y75" s="23">
-        <v>6.9</v>
+        <v>7.3</v>
       </c>
       <c r="Z75" s="24"/>
       <c r="AA75" s="23"/>
       <c r="AB75" s="25"/>
     </row>
     <row r="76" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B76" s="32">
-        <v>42135</v>
+        <v>42166</v>
       </c>
       <c r="C76" s="32"/>
       <c r="D76" s="32"/>
-      <c r="E76" s="23" t="s">
-[...24 lines deleted...]
-        <v>36</v>
+      <c r="E76" s="23">
+        <v>0.33</v>
+      </c>
+      <c r="F76" s="23">
+        <v>0.33</v>
+      </c>
+      <c r="G76" s="23">
+        <v>0.33</v>
+      </c>
+      <c r="H76" s="23">
+        <v>11</v>
+      </c>
+      <c r="I76" s="23">
+        <v>11</v>
+      </c>
+      <c r="J76" s="23">
+        <v>11</v>
+      </c>
+      <c r="K76" s="23">
+        <v>0.4</v>
+      </c>
+      <c r="L76" s="23">
+        <v>0.4</v>
+      </c>
+      <c r="M76" s="23">
+        <v>0.4</v>
       </c>
       <c r="N76" s="23">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="O76" s="23">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="P76" s="23">
-        <v>100</v>
-[...8 lines deleted...]
-        <v>1.6E-2</v>
+        <v>1000</v>
+      </c>
+      <c r="Q76" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="R76" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="S76" s="23" t="s">
+        <v>45</v>
       </c>
       <c r="T76" s="23">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="U76" s="23">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="V76" s="23">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="W76" s="23">
-        <v>6.9</v>
+        <v>6.8</v>
       </c>
       <c r="X76" s="23">
-        <v>6.9</v>
+        <v>6.8</v>
       </c>
       <c r="Y76" s="23">
-        <v>6.9</v>
+        <v>6.8</v>
       </c>
       <c r="Z76" s="24"/>
       <c r="AA76" s="23"/>
       <c r="AB76" s="25"/>
     </row>
     <row r="77" spans="2:28" x14ac:dyDescent="0.3">
-      <c r="B77" s="39">
-[...3 lines deleted...]
-      <c r="D77" s="39"/>
+      <c r="B77" s="32">
+        <v>42135</v>
+      </c>
+      <c r="C77" s="32"/>
+      <c r="D77" s="32"/>
       <c r="E77" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F77" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G77" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H77" s="23">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="I77" s="23">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="J77" s="23">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="K77" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L77" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M77" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N77" s="23">
-        <v>200</v>
+        <v>75</v>
       </c>
       <c r="O77" s="23">
-        <v>200</v>
+        <v>75</v>
       </c>
       <c r="P77" s="23">
-        <v>200</v>
+        <v>75</v>
       </c>
       <c r="Q77" s="23">
-        <v>1.2E-2</v>
+        <v>3.6999999999999998E-2</v>
       </c>
       <c r="R77" s="23">
-        <v>1.2E-2</v>
+        <v>3.6999999999999998E-2</v>
       </c>
       <c r="S77" s="23">
-        <v>1.2E-2</v>
+        <v>3.6999999999999998E-2</v>
       </c>
       <c r="T77" s="23">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="U77" s="23">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="V77" s="23">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="W77" s="23">
         <v>6.9</v>
       </c>
       <c r="X77" s="23">
         <v>6.9</v>
       </c>
       <c r="Y77" s="23">
         <v>6.9</v>
       </c>
       <c r="Z77" s="24"/>
       <c r="AA77" s="23"/>
       <c r="AB77" s="25"/>
     </row>
     <row r="78" spans="2:28" x14ac:dyDescent="0.3">
-      <c r="B78" s="39">
-[...3 lines deleted...]
-      <c r="D78" s="39"/>
+      <c r="B78" s="32">
+        <v>42135</v>
+      </c>
+      <c r="C78" s="32"/>
+      <c r="D78" s="32"/>
       <c r="E78" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F78" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G78" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H78" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I78" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J78" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K78" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L78" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M78" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N78" s="23">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="O78" s="23">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="P78" s="23">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="Q78" s="23">
-        <v>7.3999999999999996E-2</v>
+        <v>1.6E-2</v>
       </c>
       <c r="R78" s="23">
-        <v>7.3999999999999996E-2</v>
+        <v>1.6E-2</v>
       </c>
       <c r="S78" s="23">
-        <v>7.3999999999999996E-2</v>
-[...8 lines deleted...]
-        <v>32</v>
+        <v>1.6E-2</v>
+      </c>
+      <c r="T78" s="23">
+        <v>1</v>
+      </c>
+      <c r="U78" s="23">
+        <v>1</v>
+      </c>
+      <c r="V78" s="23">
+        <v>1</v>
       </c>
       <c r="W78" s="23">
-        <v>2.9</v>
+        <v>6.9</v>
       </c>
       <c r="X78" s="23">
-        <v>2.9</v>
+        <v>6.9</v>
       </c>
       <c r="Y78" s="23">
-        <v>2.9</v>
+        <v>6.9</v>
       </c>
       <c r="Z78" s="24"/>
       <c r="AA78" s="23"/>
       <c r="AB78" s="25"/>
     </row>
     <row r="79" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B79" s="39">
-        <v>41893</v>
+        <v>42105</v>
       </c>
       <c r="C79" s="39"/>
       <c r="D79" s="39"/>
       <c r="E79" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F79" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G79" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H79" s="23">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="I79" s="23">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="J79" s="23">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="K79" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L79" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M79" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N79" s="23">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="O79" s="23">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="P79" s="23">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="Q79" s="23">
-        <v>2.4E-2</v>
+        <v>1.2E-2</v>
       </c>
       <c r="R79" s="23">
-        <v>2.4E-2</v>
+        <v>1.2E-2</v>
       </c>
       <c r="S79" s="23">
-        <v>2.4E-2</v>
+        <v>1.2E-2</v>
       </c>
       <c r="T79" s="23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U79" s="23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V79" s="23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W79" s="23">
-        <v>7</v>
+        <v>6.9</v>
       </c>
       <c r="X79" s="23">
-        <v>7</v>
+        <v>6.9</v>
       </c>
       <c r="Y79" s="23">
-        <v>7</v>
+        <v>6.9</v>
       </c>
       <c r="Z79" s="24"/>
       <c r="AA79" s="23"/>
       <c r="AB79" s="25"/>
     </row>
     <row r="80" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B80" s="39">
-        <v>41824</v>
+        <v>42105</v>
       </c>
       <c r="C80" s="39"/>
       <c r="D80" s="39"/>
       <c r="E80" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F80" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G80" s="23" t="s">
         <v>35</v>
       </c>
       <c r="H80" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I80" s="23" t="s">
         <v>24</v>
       </c>
       <c r="J80" s="23" t="s">
         <v>24</v>
       </c>
       <c r="K80" s="23" t="s">
         <v>36</v>
       </c>
       <c r="L80" s="23" t="s">
         <v>36</v>
       </c>
       <c r="M80" s="23" t="s">
         <v>36</v>
       </c>
       <c r="N80" s="23">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="O80" s="23">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="P80" s="23">
-        <v>40</v>
-[...8 lines deleted...]
-        <v>45</v>
+        <v>200</v>
+      </c>
+      <c r="Q80" s="23">
+        <v>7.3999999999999996E-2</v>
+      </c>
+      <c r="R80" s="23">
+        <v>7.3999999999999996E-2</v>
+      </c>
+      <c r="S80" s="23">
+        <v>7.3999999999999996E-2</v>
       </c>
       <c r="T80" s="23" t="s">
         <v>32</v>
       </c>
       <c r="U80" s="23" t="s">
         <v>32</v>
       </c>
       <c r="V80" s="23" t="s">
         <v>32</v>
       </c>
       <c r="W80" s="23">
-        <v>7.6</v>
+        <v>2.9</v>
       </c>
       <c r="X80" s="23">
-        <v>7.6</v>
+        <v>2.9</v>
       </c>
       <c r="Y80" s="23">
-        <v>7.6</v>
+        <v>2.9</v>
       </c>
       <c r="Z80" s="24"/>
       <c r="AA80" s="23"/>
       <c r="AB80" s="25"/>
     </row>
-    <row r="81" spans="2:4" x14ac:dyDescent="0.3">
-[...19 lines deleted...]
-    <row r="85" spans="2:4" x14ac:dyDescent="0.3">
+    <row r="81" spans="2:28" x14ac:dyDescent="0.3">
+      <c r="B81" s="39">
+        <v>41893</v>
+      </c>
+      <c r="C81" s="39"/>
+      <c r="D81" s="39"/>
+      <c r="E81" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="F81" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="G81" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="H81" s="23">
+        <v>2</v>
+      </c>
+      <c r="I81" s="23">
+        <v>2</v>
+      </c>
+      <c r="J81" s="23">
+        <v>2</v>
+      </c>
+      <c r="K81" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L81" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="M81" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="N81" s="23">
+        <v>300</v>
+      </c>
+      <c r="O81" s="23">
+        <v>300</v>
+      </c>
+      <c r="P81" s="23">
+        <v>300</v>
+      </c>
+      <c r="Q81" s="23">
+        <v>2.4E-2</v>
+      </c>
+      <c r="R81" s="23">
+        <v>2.4E-2</v>
+      </c>
+      <c r="S81" s="23">
+        <v>2.4E-2</v>
+      </c>
+      <c r="T81" s="23">
+        <v>4</v>
+      </c>
+      <c r="U81" s="23">
+        <v>4</v>
+      </c>
+      <c r="V81" s="23">
+        <v>4</v>
+      </c>
+      <c r="W81" s="23">
+        <v>7</v>
+      </c>
+      <c r="X81" s="23">
+        <v>7</v>
+      </c>
+      <c r="Y81" s="23">
+        <v>7</v>
+      </c>
+      <c r="Z81" s="24"/>
+      <c r="AA81" s="23"/>
+      <c r="AB81" s="25"/>
+    </row>
+    <row r="82" spans="2:28" x14ac:dyDescent="0.3">
+      <c r="B82" s="39">
+        <v>41824</v>
+      </c>
+      <c r="C82" s="39"/>
+      <c r="D82" s="39"/>
+      <c r="E82" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="F82" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="G82" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="H82" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="I82" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="J82" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="K82" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L82" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="M82" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="N82" s="23">
+        <v>40</v>
+      </c>
+      <c r="O82" s="23">
+        <v>40</v>
+      </c>
+      <c r="P82" s="23">
+        <v>40</v>
+      </c>
+      <c r="Q82" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="R82" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="S82" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="T82" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="U82" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="V82" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="W82" s="23">
+        <v>7.6</v>
+      </c>
+      <c r="X82" s="23">
+        <v>7.6</v>
+      </c>
+      <c r="Y82" s="23">
+        <v>7.6</v>
+      </c>
+      <c r="Z82" s="24"/>
+      <c r="AA82" s="23"/>
+      <c r="AB82" s="25"/>
+    </row>
+    <row r="83" spans="2:28" x14ac:dyDescent="0.3">
+      <c r="B83" s="1"/>
+      <c r="C83" s="1"/>
+      <c r="D83" s="1"/>
+    </row>
+    <row r="84" spans="2:28" x14ac:dyDescent="0.3">
+      <c r="B84" s="1"/>
+      <c r="C84" s="1"/>
+      <c r="D84" s="1"/>
+    </row>
+    <row r="85" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B85" s="2"/>
       <c r="C85" s="2"/>
       <c r="D85" s="2"/>
     </row>
-    <row r="86" spans="2:4" x14ac:dyDescent="0.3">
+    <row r="86" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B86" s="2"/>
       <c r="C86" s="2"/>
       <c r="D86" s="2"/>
     </row>
+    <row r="87" spans="2:28" x14ac:dyDescent="0.3">
+      <c r="B87" s="2"/>
+      <c r="C87" s="2"/>
+      <c r="D87" s="2"/>
+    </row>
+    <row r="88" spans="2:28" x14ac:dyDescent="0.3">
+      <c r="B88" s="2"/>
+      <c r="C88" s="2"/>
+      <c r="D88" s="2"/>
+    </row>
   </sheetData>
   <mergeCells count="27">
-    <mergeCell ref="B49:AB49"/>
+    <mergeCell ref="B51:AB51"/>
     <mergeCell ref="D6:D8"/>
     <mergeCell ref="B9:AB9"/>
     <mergeCell ref="T6:V6"/>
     <mergeCell ref="W6:Y6"/>
     <mergeCell ref="Z6:Z8"/>
     <mergeCell ref="AA6:AA8"/>
     <mergeCell ref="AB6:AB8"/>
     <mergeCell ref="E7:G7"/>
     <mergeCell ref="H7:J7"/>
     <mergeCell ref="K7:M7"/>
     <mergeCell ref="N7:P7"/>
     <mergeCell ref="Q7:S7"/>
     <mergeCell ref="B10:AB10"/>
     <mergeCell ref="B3:AB3"/>
     <mergeCell ref="B4:AB4"/>
     <mergeCell ref="B5:Z5"/>
     <mergeCell ref="AA5:AB5"/>
     <mergeCell ref="B6:B8"/>
     <mergeCell ref="E6:G6"/>
     <mergeCell ref="H6:J6"/>
     <mergeCell ref="K6:M6"/>
     <mergeCell ref="N6:P6"/>
     <mergeCell ref="Q6:S6"/>
     <mergeCell ref="T7:V7"/>
     <mergeCell ref="W7:Y7"/>
     <mergeCell ref="C6:C8"/>
   </mergeCells>
-  <phoneticPr fontId="4" type="noConversion"/>
+  <phoneticPr fontId="5" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="B4:AB4" r:id="rId1" display="Link to EPA Public Registers     https://www.epa.nsw.gov.au/licensing-and-regulation/public-registers" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="B2:AB22"/>
   <sheetViews>
-    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="B2" sqref="B2:P4"/>
+    <sheetView topLeftCell="A3" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="C12" sqref="C12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="2" max="2" width="13.88671875" customWidth="1"/>
     <col min="3" max="3" width="15" customWidth="1"/>
     <col min="4" max="4" width="17.6640625" customWidth="1"/>
     <col min="14" max="14" width="30.6640625" customWidth="1"/>
     <col min="15" max="15" width="25.6640625" customWidth="1"/>
     <col min="16" max="16" width="17.5546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:28" ht="78" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B2" s="136" t="s">
+      <c r="B2" s="132" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="136"/>
-[...12 lines deleted...]
-      <c r="P2" s="136"/>
+      <c r="C2" s="132"/>
+      <c r="D2" s="132"/>
+      <c r="E2" s="132"/>
+      <c r="F2" s="132"/>
+      <c r="G2" s="132"/>
+      <c r="H2" s="132"/>
+      <c r="I2" s="132"/>
+      <c r="J2" s="132"/>
+      <c r="K2" s="132"/>
+      <c r="L2" s="132"/>
+      <c r="M2" s="132"/>
+      <c r="N2" s="132"/>
+      <c r="O2" s="132"/>
+      <c r="P2" s="132"/>
       <c r="Q2" s="4"/>
       <c r="R2" s="4"/>
       <c r="S2" s="4"/>
       <c r="T2" s="4"/>
       <c r="U2" s="4"/>
       <c r="V2" s="4"/>
       <c r="W2" s="4"/>
       <c r="X2" s="4"/>
       <c r="Y2" s="4"/>
       <c r="Z2" s="4"/>
       <c r="AA2" s="4"/>
       <c r="AB2" s="4"/>
     </row>
     <row r="3" spans="2:28" ht="39" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B3" s="137" t="s">
+      <c r="B3" s="133" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="137"/>
-[...12 lines deleted...]
-      <c r="P3" s="137"/>
+      <c r="C3" s="133"/>
+      <c r="D3" s="133"/>
+      <c r="E3" s="133"/>
+      <c r="F3" s="133"/>
+      <c r="G3" s="133"/>
+      <c r="H3" s="133"/>
+      <c r="I3" s="133"/>
+      <c r="J3" s="133"/>
+      <c r="K3" s="133"/>
+      <c r="L3" s="133"/>
+      <c r="M3" s="133"/>
+      <c r="N3" s="133"/>
+      <c r="O3" s="133"/>
+      <c r="P3" s="133"/>
     </row>
     <row r="4" spans="2:28" ht="67.2" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B4" s="136" t="s">
+      <c r="B4" s="134" t="s">
         <v>55</v>
       </c>
-      <c r="C4" s="136"/>
-[...11 lines deleted...]
-      <c r="O4" s="138" t="s">
+      <c r="C4" s="134"/>
+      <c r="D4" s="134"/>
+      <c r="E4" s="134"/>
+      <c r="F4" s="134"/>
+      <c r="G4" s="134"/>
+      <c r="H4" s="134"/>
+      <c r="I4" s="134"/>
+      <c r="J4" s="134"/>
+      <c r="K4" s="134"/>
+      <c r="L4" s="134"/>
+      <c r="M4" s="134"/>
+      <c r="N4" s="134"/>
+      <c r="O4" s="135" t="s">
         <v>3</v>
       </c>
-      <c r="P4" s="138"/>
+      <c r="P4" s="135"/>
     </row>
     <row r="5" spans="2:28" ht="23.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B5" s="114" t="s">
+      <c r="B5" s="140" t="s">
         <v>4</v>
       </c>
-      <c r="C5" s="114" t="s">
+      <c r="C5" s="140" t="s">
         <v>5</v>
       </c>
-      <c r="D5" s="114" t="s">
+      <c r="D5" s="140" t="s">
         <v>6</v>
       </c>
-      <c r="E5" s="113" t="s">
+      <c r="E5" s="139" t="s">
         <v>56</v>
       </c>
-      <c r="F5" s="113"/>
-[...1 lines deleted...]
-      <c r="H5" s="113" t="s">
+      <c r="F5" s="139"/>
+      <c r="G5" s="139"/>
+      <c r="H5" s="139" t="s">
         <v>57</v>
       </c>
-      <c r="I5" s="113"/>
-[...1 lines deleted...]
-      <c r="K5" s="113" t="s">
+      <c r="I5" s="139"/>
+      <c r="J5" s="139"/>
+      <c r="K5" s="139" t="s">
         <v>58</v>
       </c>
-      <c r="L5" s="113"/>
-[...1 lines deleted...]
-      <c r="N5" s="115" t="s">
+      <c r="L5" s="139"/>
+      <c r="M5" s="139"/>
+      <c r="N5" s="141" t="s">
         <v>14</v>
       </c>
-      <c r="O5" s="116" t="s">
+      <c r="O5" s="142" t="s">
         <v>15</v>
       </c>
-      <c r="P5" s="117" t="s">
+      <c r="P5" s="143" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="2:28" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B6" s="114"/>
-[...2 lines deleted...]
-      <c r="E6" s="113" t="s">
+      <c r="B6" s="140"/>
+      <c r="C6" s="140"/>
+      <c r="D6" s="140"/>
+      <c r="E6" s="139" t="s">
         <v>17</v>
       </c>
-      <c r="F6" s="113"/>
-[...1 lines deleted...]
-      <c r="H6" s="113" t="s">
+      <c r="F6" s="139"/>
+      <c r="G6" s="139"/>
+      <c r="H6" s="139" t="s">
         <v>17</v>
       </c>
-      <c r="I6" s="113"/>
-[...1 lines deleted...]
-      <c r="K6" s="113" t="s">
+      <c r="I6" s="139"/>
+      <c r="J6" s="139"/>
+      <c r="K6" s="139" t="s">
         <v>17</v>
       </c>
-      <c r="L6" s="113"/>
-[...3 lines deleted...]
-      <c r="P6" s="117"/>
+      <c r="L6" s="139"/>
+      <c r="M6" s="139"/>
+      <c r="N6" s="141"/>
+      <c r="O6" s="142"/>
+      <c r="P6" s="143"/>
     </row>
     <row r="7" spans="2:28" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B7" s="114"/>
-[...1 lines deleted...]
-      <c r="D7" s="114"/>
+      <c r="B7" s="140"/>
+      <c r="C7" s="140"/>
+      <c r="D7" s="140"/>
       <c r="E7" s="21" t="s">
         <v>18</v>
       </c>
       <c r="F7" s="21" t="s">
         <v>19</v>
       </c>
       <c r="G7" s="21" t="s">
         <v>20</v>
       </c>
       <c r="H7" s="21" t="s">
         <v>18</v>
       </c>
       <c r="I7" s="21" t="s">
         <v>19</v>
       </c>
       <c r="J7" s="21" t="s">
         <v>20</v>
       </c>
       <c r="K7" s="21" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="21" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="21" t="s">
         <v>20</v>
       </c>
-      <c r="N7" s="115"/>
-[...1 lines deleted...]
-      <c r="P7" s="117"/>
+      <c r="N7" s="141"/>
+      <c r="O7" s="142"/>
+      <c r="P7" s="143"/>
     </row>
     <row r="8" spans="2:28" ht="55.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B8" s="111" t="s">
+      <c r="B8" s="137" t="s">
         <v>59</v>
       </c>
-      <c r="C8" s="111"/>
-[...12 lines deleted...]
-      <c r="P8" s="112"/>
+      <c r="C8" s="137"/>
+      <c r="D8" s="138"/>
+      <c r="E8" s="138"/>
+      <c r="F8" s="138"/>
+      <c r="G8" s="138"/>
+      <c r="H8" s="138"/>
+      <c r="I8" s="138"/>
+      <c r="J8" s="138"/>
+      <c r="K8" s="138"/>
+      <c r="L8" s="138"/>
+      <c r="M8" s="138"/>
+      <c r="N8" s="138"/>
+      <c r="O8" s="138"/>
+      <c r="P8" s="138"/>
     </row>
     <row r="9" spans="2:28" ht="55.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B9" s="118" t="s">
+      <c r="B9" s="144" t="s">
         <v>22</v>
       </c>
-      <c r="C9" s="118"/>
-[...12 lines deleted...]
-      <c r="P9" s="119"/>
+      <c r="C9" s="144"/>
+      <c r="D9" s="145"/>
+      <c r="E9" s="145"/>
+      <c r="F9" s="145"/>
+      <c r="G9" s="145"/>
+      <c r="H9" s="145"/>
+      <c r="I9" s="145"/>
+      <c r="J9" s="145"/>
+      <c r="K9" s="145"/>
+      <c r="L9" s="145"/>
+      <c r="M9" s="145"/>
+      <c r="N9" s="145"/>
+      <c r="O9" s="145"/>
+      <c r="P9" s="145"/>
     </row>
     <row r="10" spans="2:28" ht="36.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B10" s="22"/>
       <c r="C10" s="22"/>
       <c r="D10" s="22"/>
       <c r="E10" s="23"/>
       <c r="F10" s="23"/>
       <c r="G10" s="23"/>
       <c r="H10" s="23"/>
       <c r="I10" s="23"/>
       <c r="J10" s="23"/>
       <c r="K10" s="23"/>
       <c r="L10" s="23"/>
       <c r="M10" s="23"/>
       <c r="N10" s="24"/>
       <c r="O10" s="23"/>
       <c r="P10" s="25"/>
     </row>
     <row r="11" spans="2:28" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B11" s="22"/>
       <c r="C11" s="22"/>
       <c r="D11" s="22"/>
       <c r="E11" s="23"/>
       <c r="F11" s="23"/>
       <c r="G11" s="23"/>
       <c r="H11" s="23"/>
       <c r="I11" s="23"/>
       <c r="J11" s="23"/>
       <c r="K11" s="23"/>
       <c r="L11" s="23"/>
       <c r="M11" s="23"/>
       <c r="N11" s="24"/>
       <c r="O11" s="23"/>
       <c r="P11" s="25"/>
     </row>
     <row r="12" spans="2:28" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B12" s="22">
-        <v>45841</v>
+        <v>45811</v>
       </c>
       <c r="C12" s="22">
-        <v>45863</v>
+        <v>45903</v>
       </c>
       <c r="D12" s="22">
         <v>45903</v>
       </c>
       <c r="E12" s="23"/>
       <c r="F12" s="23"/>
       <c r="G12" s="23"/>
       <c r="H12" s="23"/>
       <c r="I12" s="23"/>
       <c r="J12" s="23"/>
       <c r="K12" s="23"/>
       <c r="L12" s="23"/>
       <c r="M12" s="23"/>
       <c r="N12" s="24" t="s">
         <v>60</v>
       </c>
       <c r="O12" s="23"/>
       <c r="P12" s="25"/>
     </row>
     <row r="13" spans="2:28" x14ac:dyDescent="0.3">
       <c r="B13" s="22">
         <v>45447</v>
       </c>
       <c r="C13" s="22">
         <v>45463</v>
@@ -12459,67 +12843,67 @@
       <c r="B18" s="26">
         <v>2020</v>
       </c>
       <c r="C18" s="22" t="s">
         <v>64</v>
       </c>
       <c r="D18" s="22" t="s">
         <v>64</v>
       </c>
       <c r="E18" s="23"/>
       <c r="F18" s="23"/>
       <c r="G18" s="23"/>
       <c r="H18" s="23"/>
       <c r="I18" s="23"/>
       <c r="J18" s="23"/>
       <c r="K18" s="23"/>
       <c r="L18" s="23"/>
       <c r="M18" s="23"/>
       <c r="N18" s="24" t="s">
         <v>65</v>
       </c>
       <c r="O18" s="23"/>
       <c r="P18" s="25"/>
     </row>
     <row r="19" spans="2:16" x14ac:dyDescent="0.3">
-      <c r="B19" s="92" t="s">
+      <c r="B19" s="72" t="s">
         <v>34</v>
       </c>
-      <c r="C19" s="92"/>
-[...12 lines deleted...]
-      <c r="P19" s="92"/>
+      <c r="C19" s="72"/>
+      <c r="D19" s="72"/>
+      <c r="E19" s="72"/>
+      <c r="F19" s="72"/>
+      <c r="G19" s="72"/>
+      <c r="H19" s="72"/>
+      <c r="I19" s="72"/>
+      <c r="J19" s="72"/>
+      <c r="K19" s="72"/>
+      <c r="L19" s="72"/>
+      <c r="M19" s="72"/>
+      <c r="N19" s="72"/>
+      <c r="O19" s="72"/>
+      <c r="P19" s="72"/>
     </row>
     <row r="20" spans="2:16" x14ac:dyDescent="0.3">
       <c r="B20" s="26">
         <v>2019</v>
       </c>
       <c r="C20" s="26"/>
       <c r="D20" s="26"/>
       <c r="E20" s="23"/>
       <c r="F20" s="23"/>
       <c r="G20" s="23"/>
       <c r="H20" s="23"/>
       <c r="I20" s="23"/>
       <c r="J20" s="23"/>
       <c r="K20" s="23"/>
       <c r="L20" s="23"/>
       <c r="M20" s="23"/>
       <c r="N20" s="24" t="s">
         <v>66</v>
       </c>
       <c r="O20" s="23"/>
       <c r="P20" s="25"/>
     </row>
     <row r="21" spans="2:16" x14ac:dyDescent="0.3">
       <c r="B21" s="26">
         <v>2018</v>
@@ -12534,306 +12918,306 @@
       <c r="J21" s="23"/>
       <c r="K21" s="23"/>
       <c r="L21" s="23"/>
       <c r="M21" s="23"/>
       <c r="N21" s="24" t="s">
         <v>67</v>
       </c>
       <c r="O21" s="23"/>
       <c r="P21" s="25"/>
     </row>
     <row r="22" spans="2:16" ht="144" x14ac:dyDescent="0.3">
       <c r="B22" s="27">
         <v>43075</v>
       </c>
       <c r="C22" s="27"/>
       <c r="D22" s="27"/>
       <c r="E22" s="29">
         <v>810</v>
       </c>
       <c r="F22" s="29">
         <v>810</v>
       </c>
       <c r="G22" s="29">
         <v>810</v>
       </c>
-      <c r="H22" s="110" t="s">
+      <c r="H22" s="136" t="s">
         <v>68</v>
       </c>
-      <c r="I22" s="110"/>
-      <c r="J22" s="110"/>
+      <c r="I22" s="136"/>
+      <c r="J22" s="136"/>
       <c r="K22" s="29">
         <v>1420</v>
       </c>
       <c r="L22" s="29">
         <v>1420</v>
       </c>
       <c r="M22" s="29">
         <v>1420</v>
       </c>
       <c r="N22" s="23" t="s">
         <v>69</v>
       </c>
       <c r="O22" s="26"/>
       <c r="P22" s="31"/>
     </row>
   </sheetData>
   <mergeCells count="20">
     <mergeCell ref="B9:P9"/>
     <mergeCell ref="C5:C7"/>
     <mergeCell ref="B19:P19"/>
     <mergeCell ref="D5:D7"/>
     <mergeCell ref="B2:P2"/>
     <mergeCell ref="B3:P3"/>
     <mergeCell ref="B4:N4"/>
     <mergeCell ref="O4:P4"/>
     <mergeCell ref="H22:J22"/>
     <mergeCell ref="B8:P8"/>
     <mergeCell ref="K5:M5"/>
     <mergeCell ref="H5:J5"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="B5:B7"/>
     <mergeCell ref="N5:N7"/>
     <mergeCell ref="O5:O7"/>
     <mergeCell ref="P5:P7"/>
     <mergeCell ref="E6:G6"/>
     <mergeCell ref="H6:J6"/>
     <mergeCell ref="K6:M6"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B3:P3" r:id="rId1" display="Link to EPA Public Registers     https://www.epa.nsw.gov.au/licensing-and-regulation/public-registers" xr:uid="{00000000-0004-0000-0200-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="B3:P27"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="S6" sqref="S6"/>
+    <sheetView topLeftCell="A5" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="G14" sqref="G14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="2" max="4" width="12.88671875" customWidth="1"/>
     <col min="14" max="14" width="27.33203125" style="3" customWidth="1"/>
     <col min="15" max="15" width="24.44140625" customWidth="1"/>
     <col min="16" max="16" width="17.44140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="3" spans="2:16" ht="34.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B3" s="136" t="s">
+      <c r="B3" s="149" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="136"/>
-[...12 lines deleted...]
-      <c r="P3" s="136"/>
+      <c r="C3" s="149"/>
+      <c r="D3" s="149"/>
+      <c r="E3" s="149"/>
+      <c r="F3" s="149"/>
+      <c r="G3" s="149"/>
+      <c r="H3" s="149"/>
+      <c r="I3" s="149"/>
+      <c r="J3" s="149"/>
+      <c r="K3" s="149"/>
+      <c r="L3" s="149"/>
+      <c r="M3" s="149"/>
+      <c r="N3" s="149"/>
+      <c r="O3" s="149"/>
+      <c r="P3" s="149"/>
     </row>
     <row r="4" spans="2:16" ht="24" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B4" s="137" t="s">
+      <c r="B4" s="133" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="137"/>
-[...12 lines deleted...]
-      <c r="P4" s="137"/>
+      <c r="C4" s="133"/>
+      <c r="D4" s="133"/>
+      <c r="E4" s="133"/>
+      <c r="F4" s="133"/>
+      <c r="G4" s="133"/>
+      <c r="H4" s="133"/>
+      <c r="I4" s="133"/>
+      <c r="J4" s="133"/>
+      <c r="K4" s="133"/>
+      <c r="L4" s="133"/>
+      <c r="M4" s="133"/>
+      <c r="N4" s="133"/>
+      <c r="O4" s="133"/>
+      <c r="P4" s="133"/>
     </row>
     <row r="5" spans="2:16" ht="52.2" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B5" s="136" t="s">
+      <c r="B5" s="134" t="s">
         <v>70</v>
       </c>
-      <c r="C5" s="136"/>
-[...11 lines deleted...]
-      <c r="O5" s="138" t="s">
+      <c r="C5" s="134"/>
+      <c r="D5" s="134"/>
+      <c r="E5" s="134"/>
+      <c r="F5" s="134"/>
+      <c r="G5" s="134"/>
+      <c r="H5" s="134"/>
+      <c r="I5" s="134"/>
+      <c r="J5" s="134"/>
+      <c r="K5" s="134"/>
+      <c r="L5" s="134"/>
+      <c r="M5" s="134"/>
+      <c r="N5" s="134"/>
+      <c r="O5" s="135" t="s">
         <v>3</v>
       </c>
-      <c r="P5" s="138"/>
+      <c r="P5" s="135"/>
     </row>
     <row r="6" spans="2:16" ht="25.2" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B6" s="114" t="s">
+      <c r="B6" s="140" t="s">
         <v>4</v>
       </c>
-      <c r="C6" s="114" t="s">
+      <c r="C6" s="140" t="s">
         <v>5</v>
       </c>
-      <c r="D6" s="114" t="s">
+      <c r="D6" s="140" t="s">
         <v>6</v>
       </c>
-      <c r="E6" s="113" t="s">
+      <c r="E6" s="139" t="s">
         <v>71</v>
       </c>
-      <c r="F6" s="113"/>
-[...1 lines deleted...]
-      <c r="H6" s="113" t="s">
+      <c r="F6" s="139"/>
+      <c r="G6" s="139"/>
+      <c r="H6" s="139" t="s">
         <v>57</v>
       </c>
-      <c r="I6" s="113"/>
-[...1 lines deleted...]
-      <c r="K6" s="113" t="s">
+      <c r="I6" s="139"/>
+      <c r="J6" s="139"/>
+      <c r="K6" s="139" t="s">
         <v>58</v>
       </c>
-      <c r="L6" s="113"/>
-[...1 lines deleted...]
-      <c r="N6" s="115" t="s">
+      <c r="L6" s="139"/>
+      <c r="M6" s="139"/>
+      <c r="N6" s="141" t="s">
         <v>14</v>
       </c>
-      <c r="O6" s="116" t="s">
+      <c r="O6" s="142" t="s">
         <v>72</v>
       </c>
-      <c r="P6" s="117" t="s">
+      <c r="P6" s="143" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B7" s="114"/>
-[...2 lines deleted...]
-      <c r="E7" s="113" t="s">
+      <c r="B7" s="140"/>
+      <c r="C7" s="140"/>
+      <c r="D7" s="140"/>
+      <c r="E7" s="139" t="s">
         <v>17</v>
       </c>
-      <c r="F7" s="113"/>
-[...1 lines deleted...]
-      <c r="H7" s="113" t="s">
+      <c r="F7" s="139"/>
+      <c r="G7" s="139"/>
+      <c r="H7" s="139" t="s">
         <v>17</v>
       </c>
-      <c r="I7" s="113"/>
-[...1 lines deleted...]
-      <c r="K7" s="113" t="s">
+      <c r="I7" s="139"/>
+      <c r="J7" s="139"/>
+      <c r="K7" s="139" t="s">
         <v>17</v>
       </c>
-      <c r="L7" s="113"/>
-[...3 lines deleted...]
-      <c r="P7" s="117"/>
+      <c r="L7" s="139"/>
+      <c r="M7" s="139"/>
+      <c r="N7" s="141"/>
+      <c r="O7" s="142"/>
+      <c r="P7" s="143"/>
     </row>
     <row r="8" spans="2:16" ht="39.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B8" s="114"/>
-[...1 lines deleted...]
-      <c r="D8" s="114"/>
+      <c r="B8" s="140"/>
+      <c r="C8" s="140"/>
+      <c r="D8" s="140"/>
       <c r="E8" s="21" t="s">
         <v>18</v>
       </c>
       <c r="F8" s="21" t="s">
         <v>19</v>
       </c>
       <c r="G8" s="21" t="s">
         <v>20</v>
       </c>
       <c r="H8" s="21" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="21" t="s">
         <v>19</v>
       </c>
       <c r="J8" s="21" t="s">
         <v>20</v>
       </c>
       <c r="K8" s="21" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="21" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="21" t="s">
         <v>20</v>
       </c>
-      <c r="N8" s="115"/>
-[...1 lines deleted...]
-      <c r="P8" s="117"/>
+      <c r="N8" s="141"/>
+      <c r="O8" s="142"/>
+      <c r="P8" s="143"/>
     </row>
     <row r="9" spans="2:16" ht="57" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B9" s="111" t="s">
+      <c r="B9" s="137" t="s">
         <v>59</v>
       </c>
-      <c r="C9" s="111"/>
-[...12 lines deleted...]
-      <c r="P9" s="111"/>
+      <c r="C9" s="137"/>
+      <c r="D9" s="137"/>
+      <c r="E9" s="137"/>
+      <c r="F9" s="137"/>
+      <c r="G9" s="137"/>
+      <c r="H9" s="137"/>
+      <c r="I9" s="137"/>
+      <c r="J9" s="137"/>
+      <c r="K9" s="137"/>
+      <c r="L9" s="137"/>
+      <c r="M9" s="137"/>
+      <c r="N9" s="137"/>
+      <c r="O9" s="137"/>
+      <c r="P9" s="137"/>
     </row>
     <row r="10" spans="2:16" ht="57" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B10" s="118" t="s">
+      <c r="B10" s="144" t="s">
         <v>73</v>
       </c>
-      <c r="C10" s="118"/>
-[...12 lines deleted...]
-      <c r="P10" s="119"/>
+      <c r="C10" s="144"/>
+      <c r="D10" s="145"/>
+      <c r="E10" s="145"/>
+      <c r="F10" s="145"/>
+      <c r="G10" s="145"/>
+      <c r="H10" s="145"/>
+      <c r="I10" s="145"/>
+      <c r="J10" s="145"/>
+      <c r="K10" s="145"/>
+      <c r="L10" s="145"/>
+      <c r="M10" s="145"/>
+      <c r="N10" s="145"/>
+      <c r="O10" s="145"/>
+      <c r="P10" s="145"/>
     </row>
     <row r="11" spans="2:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B11" s="22"/>
       <c r="C11" s="22"/>
       <c r="D11" s="22"/>
       <c r="E11" s="23"/>
       <c r="F11" s="23"/>
       <c r="G11" s="23"/>
       <c r="H11" s="23"/>
       <c r="I11" s="23"/>
       <c r="J11" s="23"/>
       <c r="K11" s="23"/>
       <c r="L11" s="23"/>
       <c r="M11" s="23"/>
       <c r="N11" s="24"/>
       <c r="O11" s="23"/>
       <c r="P11" s="25"/>
     </row>
     <row r="12" spans="2:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B12" s="22"/>
       <c r="C12" s="22"/>
       <c r="D12" s="22"/>
       <c r="E12" s="23"/>
       <c r="F12" s="23"/>
       <c r="G12" s="23"/>
@@ -12861,54 +13245,54 @@
       <c r="L13" s="23"/>
       <c r="M13" s="23"/>
       <c r="N13" s="24"/>
       <c r="O13" s="23"/>
       <c r="P13" s="25"/>
     </row>
     <row r="14" spans="2:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B14" s="22"/>
       <c r="C14" s="22"/>
       <c r="D14" s="22"/>
       <c r="E14" s="23"/>
       <c r="F14" s="23"/>
       <c r="G14" s="23"/>
       <c r="H14" s="23"/>
       <c r="I14" s="23"/>
       <c r="J14" s="23"/>
       <c r="K14" s="23"/>
       <c r="L14" s="23"/>
       <c r="M14" s="23"/>
       <c r="N14" s="24"/>
       <c r="O14" s="23"/>
       <c r="P14" s="25"/>
     </row>
     <row r="15" spans="2:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B15" s="22">
-        <v>45841</v>
+        <v>45811</v>
       </c>
       <c r="C15" s="22">
-        <v>45863</v>
+        <v>45903</v>
       </c>
       <c r="D15" s="22">
         <v>45903</v>
       </c>
       <c r="E15" s="23" t="s">
         <v>24</v>
       </c>
       <c r="F15" s="23" t="s">
         <v>24</v>
       </c>
       <c r="G15" s="23" t="s">
         <v>24</v>
       </c>
       <c r="H15" s="23" t="s">
         <v>74</v>
       </c>
       <c r="I15" s="23" t="s">
         <v>74</v>
       </c>
       <c r="J15" s="23" t="s">
         <v>74</v>
       </c>
       <c r="K15" s="23">
         <v>2</v>
       </c>
@@ -13161,67 +13545,67 @@
       <c r="H21" s="23" t="s">
         <v>74</v>
       </c>
       <c r="I21" s="23" t="s">
         <v>74</v>
       </c>
       <c r="J21" s="23" t="s">
         <v>74</v>
       </c>
       <c r="K21" s="23">
         <v>3</v>
       </c>
       <c r="L21" s="23">
         <v>3</v>
       </c>
       <c r="M21" s="23">
         <v>3</v>
       </c>
       <c r="N21" s="24" t="s">
         <v>75</v>
       </c>
       <c r="O21" s="23"/>
       <c r="P21" s="25"/>
     </row>
     <row r="22" spans="2:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B22" s="120" t="s">
+      <c r="B22" s="146" t="s">
         <v>34</v>
       </c>
-      <c r="C22" s="121"/>
-[...12 lines deleted...]
-      <c r="P22" s="122"/>
+      <c r="C22" s="147"/>
+      <c r="D22" s="147"/>
+      <c r="E22" s="147"/>
+      <c r="F22" s="147"/>
+      <c r="G22" s="147"/>
+      <c r="H22" s="147"/>
+      <c r="I22" s="147"/>
+      <c r="J22" s="147"/>
+      <c r="K22" s="147"/>
+      <c r="L22" s="147"/>
+      <c r="M22" s="147"/>
+      <c r="N22" s="147"/>
+      <c r="O22" s="147"/>
+      <c r="P22" s="148"/>
     </row>
     <row r="23" spans="2:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B23" s="22">
         <v>43879</v>
       </c>
       <c r="C23" s="22"/>
       <c r="D23" s="22"/>
       <c r="E23" s="23" t="s">
         <v>32</v>
       </c>
       <c r="F23" s="23" t="s">
         <v>32</v>
       </c>
       <c r="G23" s="23" t="s">
         <v>32</v>
       </c>
       <c r="H23" s="23" t="s">
         <v>74</v>
       </c>
       <c r="I23" s="23" t="s">
         <v>74</v>
       </c>
       <c r="J23" s="23" t="s">
         <v>74</v>
       </c>
@@ -13336,115 +13720,124 @@
       </c>
       <c r="M26" s="23">
         <v>15</v>
       </c>
       <c r="N26" s="28" t="s">
         <v>77</v>
       </c>
       <c r="O26" s="29"/>
       <c r="P26" s="30"/>
     </row>
     <row r="27" spans="2:16" ht="128.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B27" s="27">
         <v>43075</v>
       </c>
       <c r="C27" s="27"/>
       <c r="D27" s="27"/>
       <c r="E27" s="23" t="s">
         <v>78</v>
       </c>
       <c r="F27" s="23" t="s">
         <v>78</v>
       </c>
       <c r="G27" s="23" t="s">
         <v>78</v>
       </c>
-      <c r="H27" s="110" t="s">
+      <c r="H27" s="136" t="s">
         <v>79</v>
       </c>
-      <c r="I27" s="110"/>
-      <c r="J27" s="110"/>
+      <c r="I27" s="136"/>
+      <c r="J27" s="136"/>
       <c r="K27" s="23">
         <v>17</v>
       </c>
       <c r="L27" s="23">
         <v>17</v>
       </c>
       <c r="M27" s="23">
         <v>17</v>
       </c>
       <c r="N27" s="23" t="s">
         <v>80</v>
       </c>
       <c r="O27" s="26"/>
       <c r="P27" s="31"/>
     </row>
   </sheetData>
   <mergeCells count="20">
     <mergeCell ref="B3:P3"/>
     <mergeCell ref="B4:P4"/>
     <mergeCell ref="B5:N5"/>
     <mergeCell ref="O5:P5"/>
     <mergeCell ref="B6:B8"/>
     <mergeCell ref="E6:G6"/>
     <mergeCell ref="H6:J6"/>
     <mergeCell ref="K6:M6"/>
     <mergeCell ref="N6:N8"/>
     <mergeCell ref="O6:O8"/>
     <mergeCell ref="P6:P8"/>
     <mergeCell ref="E7:G7"/>
     <mergeCell ref="H7:J7"/>
     <mergeCell ref="K7:M7"/>
     <mergeCell ref="B10:P10"/>
     <mergeCell ref="C6:C8"/>
     <mergeCell ref="B22:P22"/>
     <mergeCell ref="D6:D8"/>
     <mergeCell ref="H27:J27"/>
     <mergeCell ref="B9:P9"/>
   </mergeCells>
-  <phoneticPr fontId="4" type="noConversion"/>
+  <phoneticPr fontId="5" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="B4:P4" r:id="rId1" display="Link to EPA Public Registers     https://www.epa.nsw.gov.au/licensing-and-regulation/public-registers" xr:uid="{00000000-0004-0000-0300-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C6759C92A6B9AB44B139D3603F5C079C" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c46c63056726621dcea3f3749aeaae7b">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5b83d9b9-9530-42ad-b126-0367332486bf" xmlns:ns3="f9db0c8d-b9d2-405d-8684-b757cd69e44b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4ae726b581d0d62e33fd83ab5e6a9508" ns2:_="" ns3:_="">
     <xsd:import namespace="5b83d9b9-9530-42ad-b126-0367332486bf"/>
     <xsd:import namespace="f9db0c8d-b9d2-405d-8684-b757cd69e44b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
@@ -13635,110 +14028,101 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="5b83d9b9-9530-42ad-b126-0367332486bf">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="f9db0c8d-b9d2-405d-8684-b757cd69e44b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{37A1C55A-AAFD-44F7-A2B8-3D152F60D7B2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3CFB2677-F6CB-40C5-9D6A-5BEEE86AB95E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5b83d9b9-9530-42ad-b126-0367332486bf"/>
     <ds:schemaRef ds:uri="f9db0c8d-b9d2-405d-8684-b757cd69e44b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9C12949B-B42B-47D3-A73C-DBF35E4E406A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="f9db0c8d-b9d2-405d-8684-b757cd69e44b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="5b83d9b9-9530-42ad-b126-0367332486bf"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>EPA ID 2</vt:lpstr>
       <vt:lpstr>EPA ID 3</vt:lpstr>
       <vt:lpstr>EPA ID 4</vt:lpstr>
       <vt:lpstr>EPA ID 5</vt:lpstr>