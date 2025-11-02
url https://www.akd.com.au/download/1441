--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -6,90 +6,90 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Spiro\Documents\Documents\Website NSW Sites\2025 website data\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{50AC366D-CA74-4DBC-9947-66732CCF4863}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{06CC88C6-70CC-4172-84EC-F722E8EDC7A4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="EPA ID 1 20MW Boiler Opacity" sheetId="2" r:id="rId1"/>
     <sheet name="EPA ID 1 20MW Boiler Stack" sheetId="5" r:id="rId2"/>
     <sheet name="EPD ID 2 10MW Boiler Opacity" sheetId="3" r:id="rId3"/>
     <sheet name="EPA ID 2 10 MW Boiler Stack" sheetId="6" r:id="rId4"/>
     <sheet name="EPA ID 5 Water Treatment Plant" sheetId="1" r:id="rId5"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="427" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="437" uniqueCount="131">
   <si>
     <t>AKD NSW Pty Ltd (Tumut Sawmill), Adelong Road, Tumut 2720 - EPL# 63</t>
   </si>
   <si>
     <t>Link to EPA Public Registers     https://www.epa.nsw.gov.au/licensing-and-regulation/public-registers</t>
   </si>
   <si>
     <t>EPA ID 1 20MW Boiler Stack. Continuous opacity monitoring required</t>
   </si>
   <si>
     <t>Date Sampled.</t>
   </si>
   <si>
     <t>Date Data Obtained*</t>
   </si>
   <si>
     <t>Date Published</t>
   </si>
   <si>
     <t>Smoke Emissions (percent opacity)</t>
   </si>
   <si>
     <t xml:space="preserve">Notes </t>
   </si>
   <si>
@@ -511,50 +511,56 @@
   </si>
   <si>
     <t>Lab advised sample contained an interfering substance and could not record a result for BOD. pH exceeds upper limit of 8.5 may be due to presence of interfering substance.</t>
   </si>
   <si>
     <t>Lab advised sample contained an interfering substance and could not record a result for BOD. Lab did not provide result for TSS. pH exceeds upper limit of 8.5 may be due to presence of interfering substance.</t>
   </si>
   <si>
     <t xml:space="preserve">Excursion due to boiler clean, restart and adjustment of fuel mix. Generally 5 min duration. Mean value is best indicator of plant performance.  Boiler shut down (controlled) or run in low fire mode due to a lack of product throughout the month. - </t>
   </si>
   <si>
     <t>Excursion due to boiler clean, restart and adjustment of fuel mix. Generally 5 min duration. Mean value is best indicator of plant performance.  Boiler demand (load) reduced at times throughout the month.</t>
   </si>
   <si>
     <t>Excursion due to boiler clean, restart and adjustment of fuel mix. Generally 5 min duration. Mean value is best indicator of plant performance.  Boiler shut down (controlled) or run in low fire mode for extended periods throughout the month.</t>
   </si>
   <si>
     <t>No data logged for reporting purposes this month. The data is continually monitored and logged for operational purposes but a programming issue results in data corruption. issue on-going.</t>
   </si>
   <si>
     <t>Sample result added to sheet for completeness. Wet weather bypass&gt;10mm previous 24 hrs - (18.2mm) Sample recorded but not reported annually.</t>
   </si>
   <si>
     <t>Compliance with Licence Limit. Reduced load throughout the reporting period.</t>
   </si>
+  <si>
+    <t>Water recycled to plant. To be reported in Annual return.</t>
+  </si>
+  <si>
+    <t>System shut down for September 2025 - nil discharge.</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="[$-409]d\-mmm\-yyyy;@"/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -649,51 +655,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="60">
+  <borders count="57">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
@@ -1322,120 +1328,77 @@
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...28 lines deleted...]
-    <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
-      <diagonal/>
-[...11 lines deleted...]
-      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="193">
+  <cellXfs count="191">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="30" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -1565,87 +1528,75 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="8" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="31" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="17" fontId="0" fillId="0" borderId="31" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="17" fontId="0" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="57" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="55" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="17" fontId="1" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="17" fontId="1" fillId="8" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="1" fillId="8" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
@@ -1656,84 +1607,82 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="8" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="8" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="8" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="17" fontId="0" fillId="8" borderId="7" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="8" borderId="7" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="8" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="17" fontId="1" fillId="8" borderId="59" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="17" fontId="1" fillId="8" borderId="56" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="17" fontId="1" fillId="8" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="8" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="11" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="9" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="9" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="9" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="49" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="50" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="51" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -1809,50 +1758,59 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="0" fillId="11" borderId="7" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="10" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="10" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="10" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="11" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="40" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="41" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="39" xfId="0" applyBorder="1" applyAlignment="1">
@@ -1960,53 +1918,50 @@
     <xf numFmtId="0" fontId="1" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="17" fontId="1" fillId="8" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFB6DDE8"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
@@ -2302,11521 +2257,11887 @@
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.nsw.gov.au/licensing-and-regulation/public-registers" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.nsw.gov.au/licensing-and-regulation/public-registers" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.nsw.gov.au/licensing-and-regulation/public-registers" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.nsw.gov.au/licensing-and-regulation/public-registers" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.nsw.gov.au/licensing-and-regulation/public-registers" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B2:J145"/>
+  <dimension ref="B2:J148"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="B3" sqref="B3:J3"/>
+    <sheetView tabSelected="1" topLeftCell="A3" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="Q10" sqref="Q10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="2" max="2" width="11.109375" customWidth="1"/>
     <col min="3" max="3" width="16.44140625" customWidth="1"/>
     <col min="4" max="4" width="15.5546875" customWidth="1"/>
     <col min="7" max="7" width="11.88671875" customWidth="1"/>
     <col min="8" max="8" width="82.33203125" style="53" customWidth="1"/>
     <col min="9" max="9" width="21.33203125" customWidth="1"/>
     <col min="10" max="10" width="20" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:10" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="3" spans="2:10" ht="34.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B3" s="103" t="s">
-[...9 lines deleted...]
-      <c r="J3" s="105"/>
+      <c r="B3" s="99" t="s">
+        <v>0</v>
+      </c>
+      <c r="C3" s="100"/>
+      <c r="D3" s="100"/>
+      <c r="E3" s="100"/>
+      <c r="F3" s="100"/>
+      <c r="G3" s="100"/>
+      <c r="H3" s="100"/>
+      <c r="I3" s="100"/>
+      <c r="J3" s="101"/>
     </row>
     <row r="4" spans="2:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B4" s="106" t="s">
+      <c r="B4" s="102" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="107"/>
-[...6 lines deleted...]
-      <c r="J4" s="108"/>
+      <c r="C4" s="103"/>
+      <c r="D4" s="103"/>
+      <c r="E4" s="103"/>
+      <c r="F4" s="103"/>
+      <c r="G4" s="103"/>
+      <c r="H4" s="103"/>
+      <c r="I4" s="103"/>
+      <c r="J4" s="104"/>
     </row>
     <row r="5" spans="2:10" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B5" s="109" t="s">
+      <c r="B5" s="105" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="110"/>
-[...6 lines deleted...]
-      <c r="J5" s="111"/>
+      <c r="C5" s="106"/>
+      <c r="D5" s="106"/>
+      <c r="E5" s="106"/>
+      <c r="F5" s="106"/>
+      <c r="G5" s="106"/>
+      <c r="H5" s="106"/>
+      <c r="I5" s="106"/>
+      <c r="J5" s="107"/>
     </row>
     <row r="6" spans="2:10" ht="32.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B6" s="112" t="s">
+      <c r="B6" s="108" t="s">
         <v>3</v>
       </c>
-      <c r="C6" s="112" t="s">
+      <c r="C6" s="108" t="s">
         <v>4</v>
       </c>
-      <c r="D6" s="112" t="s">
+      <c r="D6" s="108" t="s">
         <v>5</v>
       </c>
-      <c r="E6" s="118" t="s">
+      <c r="E6" s="114" t="s">
         <v>6</v>
       </c>
-      <c r="F6" s="119"/>
-[...1 lines deleted...]
-      <c r="H6" s="121" t="s">
+      <c r="F6" s="115"/>
+      <c r="G6" s="116"/>
+      <c r="H6" s="117" t="s">
         <v>7</v>
       </c>
-      <c r="I6" s="127" t="s">
+      <c r="I6" s="123" t="s">
         <v>8</v>
       </c>
-      <c r="J6" s="128"/>
+      <c r="J6" s="124"/>
     </row>
     <row r="7" spans="2:10" ht="17.7" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B7" s="113"/>
-[...2 lines deleted...]
-      <c r="E7" s="124" t="s">
+      <c r="B7" s="109"/>
+      <c r="C7" s="109"/>
+      <c r="D7" s="109"/>
+      <c r="E7" s="120" t="s">
         <v>9</v>
       </c>
-      <c r="F7" s="125"/>
-[...3 lines deleted...]
-      <c r="J7" s="130"/>
+      <c r="F7" s="121"/>
+      <c r="G7" s="122"/>
+      <c r="H7" s="118"/>
+      <c r="I7" s="125"/>
+      <c r="J7" s="126"/>
     </row>
     <row r="8" spans="2:10" ht="29.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B8" s="114"/>
-[...1 lines deleted...]
-      <c r="D8" s="114"/>
+      <c r="B8" s="110"/>
+      <c r="C8" s="110"/>
+      <c r="D8" s="110"/>
       <c r="E8" s="18" t="s">
         <v>10</v>
       </c>
       <c r="F8" s="19" t="s">
         <v>11</v>
       </c>
       <c r="G8" s="19" t="s">
         <v>12</v>
       </c>
-      <c r="H8" s="123"/>
+      <c r="H8" s="119"/>
       <c r="I8" s="40" t="s">
         <v>13</v>
       </c>
       <c r="J8" s="40" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="2:10" ht="34.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B9" s="115" t="s">
+      <c r="B9" s="111" t="s">
         <v>15</v>
       </c>
-      <c r="C9" s="116"/>
-[...6 lines deleted...]
-      <c r="J9" s="117"/>
+      <c r="C9" s="112"/>
+      <c r="D9" s="112"/>
+      <c r="E9" s="112"/>
+      <c r="F9" s="112"/>
+      <c r="G9" s="112"/>
+      <c r="H9" s="112"/>
+      <c r="I9" s="112"/>
+      <c r="J9" s="113"/>
     </row>
     <row r="10" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B10" s="131" t="s">
+      <c r="B10" s="127" t="s">
         <v>16</v>
       </c>
-      <c r="C10" s="132"/>
-[...6 lines deleted...]
-      <c r="J10" s="133"/>
+      <c r="C10" s="128"/>
+      <c r="D10" s="128"/>
+      <c r="E10" s="128"/>
+      <c r="F10" s="128"/>
+      <c r="G10" s="128"/>
+      <c r="H10" s="128"/>
+      <c r="I10" s="128"/>
+      <c r="J10" s="129"/>
     </row>
     <row r="11" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B11" s="80"/>
-[...5 lines deleted...]
-      <c r="H11" s="100"/>
+      <c r="B11" s="76"/>
+      <c r="C11" s="76"/>
+      <c r="D11" s="76"/>
+      <c r="E11" s="76"/>
+      <c r="F11" s="76"/>
+      <c r="G11" s="76"/>
+      <c r="H11" s="93"/>
       <c r="I11" s="28"/>
       <c r="J11" s="28"/>
     </row>
     <row r="12" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B12" s="97" t="s">
-[...7 lines deleted...]
-      <c r="H12" s="81"/>
+      <c r="B12" s="69">
+        <v>45902</v>
+      </c>
+      <c r="C12" s="87">
+        <v>45943</v>
+      </c>
+      <c r="D12" s="87">
+        <v>45943</v>
+      </c>
+      <c r="E12" s="91">
+        <v>0</v>
+      </c>
+      <c r="F12" s="92">
+        <v>12.37</v>
+      </c>
+      <c r="G12" s="92">
+        <v>76</v>
+      </c>
+      <c r="H12" s="75" t="s">
+        <v>124</v>
+      </c>
       <c r="I12" s="27"/>
       <c r="J12" s="27"/>
     </row>
     <row r="13" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B13" s="73">
-[...17 lines deleted...]
-      <c r="H13" s="79" t="s">
+      <c r="B13" s="69">
+        <v>45871</v>
+      </c>
+      <c r="C13" s="87">
+        <v>45903</v>
+      </c>
+      <c r="D13" s="87">
+        <v>45903</v>
+      </c>
+      <c r="E13" s="91">
+        <v>0</v>
+      </c>
+      <c r="F13" s="92">
+        <v>13.96</v>
+      </c>
+      <c r="G13" s="92">
+        <v>77</v>
+      </c>
+      <c r="H13" s="75" t="s">
         <v>124</v>
       </c>
       <c r="I13" s="27"/>
       <c r="J13" s="27"/>
     </row>
     <row r="14" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B14" s="73">
-[...17 lines deleted...]
-      <c r="H14" s="79" t="s">
+      <c r="B14" s="69">
+        <v>45840</v>
+      </c>
+      <c r="C14" s="87">
+        <v>45903</v>
+      </c>
+      <c r="D14" s="87">
+        <v>45903</v>
+      </c>
+      <c r="E14" s="91">
+        <v>0</v>
+      </c>
+      <c r="F14" s="92">
+        <v>11.25</v>
+      </c>
+      <c r="G14" s="92">
+        <v>76</v>
+      </c>
+      <c r="H14" s="75" t="s">
         <v>124</v>
       </c>
       <c r="I14" s="27"/>
       <c r="J14" s="27"/>
     </row>
     <row r="15" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B15" s="73">
-[...15 lines deleted...]
-      <c r="H15" s="79" t="s">
+      <c r="B15" s="69">
+        <v>45810</v>
+      </c>
+      <c r="C15" s="87">
+        <v>45903</v>
+      </c>
+      <c r="D15" s="87">
+        <v>45903</v>
+      </c>
+      <c r="E15" s="91">
+        <v>0</v>
+      </c>
+      <c r="F15" s="92">
+        <v>10.119999999999999</v>
+      </c>
+      <c r="G15" s="92">
+        <v>75</v>
+      </c>
+      <c r="H15" s="75" t="s">
         <v>124</v>
       </c>
       <c r="I15" s="27"/>
       <c r="J15" s="27"/>
     </row>
     <row r="16" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B16" s="73">
+      <c r="B16" s="69">
+        <v>45779</v>
+      </c>
+      <c r="C16" s="80">
+        <v>45814</v>
+      </c>
+      <c r="D16" s="80">
+        <v>45818</v>
+      </c>
+      <c r="E16" s="91">
+        <v>0</v>
+      </c>
+      <c r="F16" s="92">
+        <v>6.24</v>
+      </c>
+      <c r="G16" s="92">
+        <v>66.2</v>
+      </c>
+      <c r="H16" s="75" t="s">
+        <v>124</v>
+      </c>
+      <c r="I16" s="27"/>
+      <c r="J16" s="27"/>
+    </row>
+    <row r="17" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B17" s="69">
+        <v>45749</v>
+      </c>
+      <c r="C17" s="80">
+        <v>45814</v>
+      </c>
+      <c r="D17" s="80">
+        <v>45818</v>
+      </c>
+      <c r="E17" s="91">
+        <v>0</v>
+      </c>
+      <c r="F17" s="92">
+        <v>6.96</v>
+      </c>
+      <c r="G17" s="92">
+        <v>73.2</v>
+      </c>
+      <c r="H17" s="75" t="s">
+        <v>124</v>
+      </c>
+      <c r="I17" s="27"/>
+      <c r="J17" s="27"/>
+    </row>
+    <row r="18" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B18" s="69">
+        <v>45719</v>
+      </c>
+      <c r="C18" s="80">
+        <v>45814</v>
+      </c>
+      <c r="D18" s="80">
+        <v>45818</v>
+      </c>
+      <c r="E18" s="91"/>
+      <c r="F18" s="92">
+        <v>8.09</v>
+      </c>
+      <c r="G18" s="92">
+        <v>77.8</v>
+      </c>
+      <c r="H18" s="75" t="s">
+        <v>124</v>
+      </c>
+      <c r="I18" s="27"/>
+      <c r="J18" s="27"/>
+    </row>
+    <row r="19" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B19" s="69">
         <v>45689</v>
       </c>
-      <c r="C16" s="84">
+      <c r="C19" s="80">
         <v>45719</v>
       </c>
-      <c r="D16" s="84">
+      <c r="D19" s="80">
         <v>45719</v>
       </c>
-      <c r="E16" s="91">
-[...2 lines deleted...]
-      <c r="F16" s="91">
+      <c r="E19" s="86">
+        <v>0</v>
+      </c>
+      <c r="F19" s="86">
         <v>9.81</v>
       </c>
-      <c r="G16" s="91">
+      <c r="G19" s="86">
         <v>83</v>
       </c>
-      <c r="H16" s="79" t="s">
+      <c r="H19" s="75" t="s">
         <v>124</v>
-      </c>
-[...73 lines deleted...]
-        <v>17</v>
       </c>
       <c r="I19" s="28"/>
       <c r="J19" s="28"/>
     </row>
     <row r="20" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B20" s="73">
-[...18 lines deleted...]
-        <v>17</v>
+      <c r="B20" s="69">
+        <v>45659</v>
+      </c>
+      <c r="C20" s="80">
+        <v>45710</v>
+      </c>
+      <c r="D20" s="80">
+        <v>45710</v>
+      </c>
+      <c r="E20" s="86">
+        <v>0</v>
+      </c>
+      <c r="F20" s="86">
+        <v>3.79</v>
+      </c>
+      <c r="G20" s="86">
+        <v>64</v>
+      </c>
+      <c r="H20" s="75" t="s">
+        <v>123</v>
       </c>
       <c r="I20" s="28"/>
       <c r="J20" s="28"/>
     </row>
     <row r="21" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B21" s="73">
-[...17 lines deleted...]
-      <c r="H21" s="79" t="s">
+      <c r="B21" s="69">
+        <v>45627</v>
+      </c>
+      <c r="C21" s="80">
+        <v>45710</v>
+      </c>
+      <c r="D21" s="80">
+        <v>45710</v>
+      </c>
+      <c r="E21" s="86">
+        <v>0</v>
+      </c>
+      <c r="F21" s="86">
+        <v>7.59</v>
+      </c>
+      <c r="G21" s="86">
+        <v>61</v>
+      </c>
+      <c r="H21" s="75" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="28"/>
       <c r="J21" s="28"/>
     </row>
     <row r="22" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B22" s="78">
-[...17 lines deleted...]
-      <c r="H22" s="79" t="s">
+      <c r="B22" s="69">
+        <v>45597</v>
+      </c>
+      <c r="C22" s="80">
+        <v>45710</v>
+      </c>
+      <c r="D22" s="80">
+        <v>45710</v>
+      </c>
+      <c r="E22" s="86">
+        <v>0</v>
+      </c>
+      <c r="F22" s="86">
+        <v>9.89</v>
+      </c>
+      <c r="G22" s="86">
+        <v>78</v>
+      </c>
+      <c r="H22" s="75" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="28"/>
       <c r="J22" s="28"/>
     </row>
     <row r="23" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B23" s="78">
-[...17 lines deleted...]
-      <c r="H23" s="79" t="s">
+      <c r="B23" s="69">
+        <v>45566</v>
+      </c>
+      <c r="C23" s="80">
+        <v>45608</v>
+      </c>
+      <c r="D23" s="80">
+        <v>45608</v>
+      </c>
+      <c r="E23" s="86">
+        <v>0</v>
+      </c>
+      <c r="F23" s="86">
+        <v>11.58</v>
+      </c>
+      <c r="G23" s="86">
+        <v>67</v>
+      </c>
+      <c r="H23" s="75" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="28"/>
       <c r="J23" s="28"/>
     </row>
     <row r="24" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B24" s="78">
-[...17 lines deleted...]
-      <c r="H24" s="79" t="s">
+      <c r="B24" s="69">
+        <v>45536</v>
+      </c>
+      <c r="C24" s="80">
+        <v>45575</v>
+      </c>
+      <c r="D24" s="80">
+        <v>45575</v>
+      </c>
+      <c r="E24" s="86">
+        <v>0</v>
+      </c>
+      <c r="F24" s="86">
+        <v>11.54</v>
+      </c>
+      <c r="G24" s="86">
+        <v>68</v>
+      </c>
+      <c r="H24" s="75" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="28"/>
       <c r="J24" s="28"/>
     </row>
     <row r="25" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B25" s="78">
-[...17 lines deleted...]
-      <c r="H25" s="79" t="s">
+      <c r="B25" s="74">
+        <v>45505</v>
+      </c>
+      <c r="C25" s="87">
+        <v>45537</v>
+      </c>
+      <c r="D25" s="87">
+        <v>45537</v>
+      </c>
+      <c r="E25" s="86">
+        <v>0</v>
+      </c>
+      <c r="F25" s="86">
+        <v>11.41</v>
+      </c>
+      <c r="G25" s="86">
+        <v>70</v>
+      </c>
+      <c r="H25" s="75" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="28"/>
       <c r="J25" s="28"/>
     </row>
     <row r="26" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B26" s="78">
-[...17 lines deleted...]
-      <c r="H26" s="79" t="s">
+      <c r="B26" s="74">
+        <v>45474</v>
+      </c>
+      <c r="C26" s="81">
+        <v>45510</v>
+      </c>
+      <c r="D26" s="81">
+        <v>45510</v>
+      </c>
+      <c r="E26" s="86">
+        <v>0</v>
+      </c>
+      <c r="F26" s="86">
+        <v>12.29</v>
+      </c>
+      <c r="G26" s="86">
+        <v>68</v>
+      </c>
+      <c r="H26" s="75" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="28"/>
       <c r="J26" s="28"/>
     </row>
     <row r="27" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B27" s="78">
+      <c r="B27" s="74">
+        <v>45444</v>
+      </c>
+      <c r="C27" s="81">
+        <v>45481</v>
+      </c>
+      <c r="D27" s="81">
+        <v>45481</v>
+      </c>
+      <c r="E27" s="20">
+        <v>0</v>
+      </c>
+      <c r="F27" s="20">
+        <v>12.65</v>
+      </c>
+      <c r="G27" s="20">
+        <v>69</v>
+      </c>
+      <c r="H27" s="75" t="s">
+        <v>17</v>
+      </c>
+      <c r="I27" s="28"/>
+      <c r="J27" s="28"/>
+    </row>
+    <row r="28" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B28" s="74">
+        <v>45413</v>
+      </c>
+      <c r="C28" s="81">
+        <v>45456</v>
+      </c>
+      <c r="D28" s="81">
+        <v>45456</v>
+      </c>
+      <c r="E28" s="20">
+        <v>0</v>
+      </c>
+      <c r="F28" s="20">
+        <v>13.16</v>
+      </c>
+      <c r="G28" s="20">
+        <v>68</v>
+      </c>
+      <c r="H28" s="75" t="s">
+        <v>17</v>
+      </c>
+      <c r="I28" s="28"/>
+      <c r="J28" s="28"/>
+    </row>
+    <row r="29" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B29" s="74">
+        <v>45383</v>
+      </c>
+      <c r="C29" s="81">
+        <v>45426</v>
+      </c>
+      <c r="D29" s="81">
+        <v>45426</v>
+      </c>
+      <c r="E29" s="20">
+        <v>0</v>
+      </c>
+      <c r="F29" s="20">
+        <v>11.45</v>
+      </c>
+      <c r="G29" s="20">
+        <v>74</v>
+      </c>
+      <c r="H29" s="75" t="s">
+        <v>17</v>
+      </c>
+      <c r="I29" s="28"/>
+      <c r="J29" s="28"/>
+    </row>
+    <row r="30" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B30" s="74">
         <v>45352</v>
       </c>
-      <c r="C27" s="85">
+      <c r="C30" s="81">
         <v>45401</v>
       </c>
-      <c r="D27" s="85">
+      <c r="D30" s="81">
         <v>45401</v>
       </c>
-      <c r="E27" s="20">
-[...2 lines deleted...]
-      <c r="F27" s="20">
+      <c r="E30" s="20">
+        <v>0</v>
+      </c>
+      <c r="F30" s="20">
         <v>11.8</v>
       </c>
-      <c r="G27" s="20">
+      <c r="G30" s="20">
         <v>76</v>
       </c>
-      <c r="H27" s="79" t="s">
+      <c r="H30" s="75" t="s">
         <v>17</v>
-      </c>
-[...79 lines deleted...]
-        <v>19</v>
       </c>
       <c r="I30" s="28" t="s">
         <v>18</v>
       </c>
       <c r="J30" s="28"/>
     </row>
     <row r="31" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B31" s="78">
-[...2 lines deleted...]
-      <c r="C31" s="85">
+      <c r="B31" s="74">
+        <v>45323</v>
+      </c>
+      <c r="C31" s="81">
         <v>45401</v>
       </c>
-      <c r="D31" s="85">
+      <c r="D31" s="81">
         <v>45401</v>
       </c>
       <c r="E31" s="20">
         <v>0</v>
       </c>
       <c r="F31" s="20">
-        <v>10.54</v>
+        <v>11.99</v>
       </c>
       <c r="G31" s="20">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="H31" s="79" t="s">
+        <v>74</v>
+      </c>
+      <c r="H31" s="75" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="28" t="s">
         <v>18</v>
       </c>
       <c r="J31" s="28"/>
     </row>
-    <row r="32" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="C32" s="85">
+    <row r="32" spans="2:10" ht="73.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B32" s="74">
+        <v>45292</v>
+      </c>
+      <c r="C32" s="81">
         <v>45401</v>
       </c>
-      <c r="D32" s="85">
+      <c r="D32" s="81">
         <v>45401</v>
       </c>
       <c r="E32" s="20">
         <v>0</v>
       </c>
       <c r="F32" s="20">
-        <v>14.13</v>
+        <v>8.44</v>
       </c>
       <c r="G32" s="20">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>76</v>
+      </c>
+      <c r="H32" s="75" t="s">
+        <v>19</v>
       </c>
       <c r="I32" s="28" t="s">
         <v>18</v>
       </c>
       <c r="J32" s="28"/>
     </row>
-    <row r="33" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="C33" s="85">
+    <row r="33" spans="2:10" ht="69.599999999999994" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B33" s="74">
+        <v>45261</v>
+      </c>
+      <c r="C33" s="81">
         <v>45401</v>
       </c>
-      <c r="D33" s="85">
+      <c r="D33" s="81">
         <v>45401</v>
       </c>
       <c r="E33" s="20">
         <v>0</v>
       </c>
       <c r="F33" s="20">
-        <v>8.92</v>
+        <v>5.52</v>
       </c>
       <c r="G33" s="20">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>68</v>
+      </c>
+      <c r="H33" s="75" t="s">
+        <v>19</v>
       </c>
       <c r="I33" s="28" t="s">
         <v>18</v>
       </c>
       <c r="J33" s="28"/>
     </row>
     <row r="34" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B34" s="78">
-[...2 lines deleted...]
-      <c r="C34" s="85">
+      <c r="B34" s="74">
+        <v>45231</v>
+      </c>
+      <c r="C34" s="81">
         <v>45401</v>
       </c>
-      <c r="D34" s="85">
+      <c r="D34" s="81">
         <v>45401</v>
       </c>
       <c r="E34" s="20">
         <v>0</v>
       </c>
       <c r="F34" s="20">
-        <v>12.1</v>
+        <v>10.54</v>
       </c>
       <c r="G34" s="20">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="H34" s="79" t="s">
+        <v>64</v>
+      </c>
+      <c r="H34" s="75" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="28" t="s">
         <v>18</v>
       </c>
       <c r="J34" s="28"/>
     </row>
     <row r="35" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B35" s="78">
+      <c r="B35" s="74">
+        <v>45200</v>
+      </c>
+      <c r="C35" s="81">
+        <v>45401</v>
+      </c>
+      <c r="D35" s="81">
+        <v>45401</v>
+      </c>
+      <c r="E35" s="20">
+        <v>0</v>
+      </c>
+      <c r="F35" s="20">
+        <v>14.13</v>
+      </c>
+      <c r="G35" s="20">
+        <v>71</v>
+      </c>
+      <c r="H35" s="75" t="s">
+        <v>17</v>
+      </c>
+      <c r="I35" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="J35" s="28"/>
+    </row>
+    <row r="36" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B36" s="74">
+        <v>45170</v>
+      </c>
+      <c r="C36" s="81">
+        <v>45401</v>
+      </c>
+      <c r="D36" s="81">
+        <v>45401</v>
+      </c>
+      <c r="E36" s="20">
+        <v>0</v>
+      </c>
+      <c r="F36" s="20">
+        <v>8.92</v>
+      </c>
+      <c r="G36" s="20">
+        <v>74</v>
+      </c>
+      <c r="H36" s="75" t="s">
+        <v>17</v>
+      </c>
+      <c r="I36" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="J36" s="28"/>
+    </row>
+    <row r="37" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B37" s="74">
+        <v>45139</v>
+      </c>
+      <c r="C37" s="81">
+        <v>45401</v>
+      </c>
+      <c r="D37" s="81">
+        <v>45401</v>
+      </c>
+      <c r="E37" s="20">
+        <v>0</v>
+      </c>
+      <c r="F37" s="20">
+        <v>12.1</v>
+      </c>
+      <c r="G37" s="20">
+        <v>86</v>
+      </c>
+      <c r="H37" s="75" t="s">
+        <v>17</v>
+      </c>
+      <c r="I37" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="J37" s="28"/>
+    </row>
+    <row r="38" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B38" s="74">
         <v>45108</v>
       </c>
-      <c r="C35" s="85">
+      <c r="C38" s="81">
         <v>45163</v>
       </c>
-      <c r="D35" s="85">
+      <c r="D38" s="81">
         <v>45163</v>
       </c>
-      <c r="E35" s="20">
-[...2 lines deleted...]
-      <c r="F35" s="20">
+      <c r="E38" s="20">
+        <v>0</v>
+      </c>
+      <c r="F38" s="20">
         <v>11.52</v>
       </c>
-      <c r="G35" s="20">
+      <c r="G38" s="20">
         <v>89</v>
       </c>
-      <c r="H35" s="79" t="s">
-[...74 lines deleted...]
-      <c r="H38" s="79" t="s">
+      <c r="H38" s="75" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="28"/>
       <c r="J38" s="28"/>
     </row>
     <row r="39" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B39" s="78">
-[...6 lines deleted...]
-        <v>45021</v>
+      <c r="B39" s="74">
+        <v>45078</v>
+      </c>
+      <c r="C39" s="81">
+        <v>45163</v>
+      </c>
+      <c r="D39" s="81">
+        <v>45163</v>
       </c>
       <c r="E39" s="20">
         <v>0</v>
       </c>
       <c r="F39" s="20">
-        <v>13.14</v>
+        <v>11.33</v>
       </c>
       <c r="G39" s="20">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="H39" s="79" t="s">
+        <v>89</v>
+      </c>
+      <c r="H39" s="75" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="28"/>
       <c r="J39" s="28"/>
     </row>
     <row r="40" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B40" s="78">
-[...6 lines deleted...]
-        <v>45021</v>
+      <c r="B40" s="74">
+        <v>45047</v>
+      </c>
+      <c r="C40" s="81">
+        <v>45086</v>
+      </c>
+      <c r="D40" s="81">
+        <v>45086</v>
       </c>
       <c r="E40" s="20">
         <v>0</v>
       </c>
       <c r="F40" s="20">
-        <v>11.93</v>
+        <v>10.3</v>
       </c>
       <c r="G40" s="20">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>95</v>
+      </c>
+      <c r="H40" s="75" t="s">
+        <v>17</v>
       </c>
       <c r="I40" s="28"/>
       <c r="J40" s="28"/>
     </row>
     <row r="41" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B41" s="78">
-[...6 lines deleted...]
-        <v>45021</v>
+      <c r="B41" s="74">
+        <v>45017</v>
+      </c>
+      <c r="C41" s="81">
+        <v>45085</v>
+      </c>
+      <c r="D41" s="81">
+        <v>45085</v>
       </c>
       <c r="E41" s="20">
         <v>0</v>
       </c>
       <c r="F41" s="20">
-        <v>11.6</v>
+        <v>11.8</v>
       </c>
       <c r="G41" s="20">
-        <v>91</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>95</v>
+      </c>
+      <c r="H41" s="75" t="s">
+        <v>17</v>
       </c>
       <c r="I41" s="28"/>
       <c r="J41" s="28"/>
     </row>
     <row r="42" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B42" s="78">
-[...2 lines deleted...]
-      <c r="C42" s="85">
+      <c r="B42" s="74">
+        <v>44986</v>
+      </c>
+      <c r="C42" s="81">
         <v>45021</v>
       </c>
-      <c r="D42" s="85">
+      <c r="D42" s="81">
         <v>45021</v>
       </c>
       <c r="E42" s="20">
         <v>0</v>
       </c>
       <c r="F42" s="20">
-        <v>9.24</v>
+        <v>13.14</v>
       </c>
       <c r="G42" s="20">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>96</v>
+      </c>
+      <c r="H42" s="75" t="s">
+        <v>17</v>
       </c>
       <c r="I42" s="28"/>
       <c r="J42" s="28"/>
     </row>
-    <row r="43" spans="2:10" ht="59.4" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>44937</v>
+    <row r="43" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B43" s="74">
+        <v>44958</v>
+      </c>
+      <c r="C43" s="81">
+        <v>45021</v>
+      </c>
+      <c r="D43" s="81">
+        <v>45021</v>
       </c>
       <c r="E43" s="20">
         <v>0</v>
       </c>
       <c r="F43" s="20">
-        <v>10.93</v>
+        <v>11.93</v>
       </c>
       <c r="G43" s="20">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>85</v>
+      </c>
+      <c r="H43" s="75" t="s">
+        <v>20</v>
       </c>
       <c r="I43" s="28"/>
       <c r="J43" s="28"/>
     </row>
     <row r="44" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B44" s="78">
-[...6 lines deleted...]
-        <v>44895</v>
+      <c r="B44" s="74">
+        <v>44927</v>
+      </c>
+      <c r="C44" s="81">
+        <v>45021</v>
+      </c>
+      <c r="D44" s="81">
+        <v>45021</v>
       </c>
       <c r="E44" s="20">
         <v>0</v>
       </c>
       <c r="F44" s="20">
-        <v>14.34</v>
+        <v>11.6</v>
       </c>
       <c r="G44" s="20">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>91</v>
+      </c>
+      <c r="H44" s="75" t="s">
+        <v>21</v>
       </c>
       <c r="I44" s="28"/>
       <c r="J44" s="28"/>
     </row>
     <row r="45" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B45" s="78">
-[...6 lines deleted...]
-        <v>44895</v>
+      <c r="B45" s="74">
+        <v>44896</v>
+      </c>
+      <c r="C45" s="81">
+        <v>45021</v>
+      </c>
+      <c r="D45" s="81">
+        <v>45021</v>
       </c>
       <c r="E45" s="20">
         <v>0</v>
       </c>
       <c r="F45" s="20">
-        <v>13.4</v>
+        <v>9.24</v>
       </c>
       <c r="G45" s="20">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>90</v>
+      </c>
+      <c r="H45" s="75" t="s">
+        <v>22</v>
       </c>
       <c r="I45" s="28"/>
       <c r="J45" s="28"/>
     </row>
-    <row r="46" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>44817</v>
+    <row r="46" spans="2:10" ht="59.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B46" s="74">
+        <v>44866</v>
+      </c>
+      <c r="C46" s="81">
+        <v>44937</v>
+      </c>
+      <c r="D46" s="81">
+        <v>44937</v>
       </c>
       <c r="E46" s="20">
         <v>0</v>
       </c>
       <c r="F46" s="20">
-        <v>15.59</v>
+        <v>10.93</v>
       </c>
       <c r="G46" s="20">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>95</v>
+      </c>
+      <c r="H46" s="75" t="s">
+        <v>23</v>
       </c>
       <c r="I46" s="28"/>
       <c r="J46" s="28"/>
     </row>
     <row r="47" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B47" s="78">
-[...6 lines deleted...]
-        <v>44817</v>
+      <c r="B47" s="74">
+        <v>44835</v>
+      </c>
+      <c r="C47" s="81">
+        <v>44895</v>
+      </c>
+      <c r="D47" s="81">
+        <v>44895</v>
       </c>
       <c r="E47" s="20">
         <v>0</v>
       </c>
       <c r="F47" s="20">
-        <v>13.38</v>
+        <v>14.34</v>
       </c>
       <c r="G47" s="20">
-        <v>92</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>83</v>
+      </c>
+      <c r="H47" s="75" t="s">
+        <v>24</v>
       </c>
       <c r="I47" s="28"/>
       <c r="J47" s="28"/>
     </row>
-    <row r="48" spans="2:10" ht="55.95" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>44748</v>
+    <row r="48" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B48" s="74">
+        <v>44805</v>
+      </c>
+      <c r="C48" s="81">
+        <v>44895</v>
+      </c>
+      <c r="D48" s="81">
+        <v>44895</v>
       </c>
       <c r="E48" s="20">
         <v>0</v>
       </c>
       <c r="F48" s="20">
-        <v>13.95</v>
+        <v>13.4</v>
       </c>
       <c r="G48" s="20">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>96</v>
+      </c>
+      <c r="H48" s="75" t="s">
+        <v>20</v>
       </c>
       <c r="I48" s="28"/>
       <c r="J48" s="28"/>
     </row>
-    <row r="49" spans="2:10" ht="70.95" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>44725</v>
+    <row r="49" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B49" s="74">
+        <v>44774</v>
+      </c>
+      <c r="C49" s="81">
+        <v>44817</v>
+      </c>
+      <c r="D49" s="81">
+        <v>44817</v>
       </c>
       <c r="E49" s="20">
         <v>0</v>
       </c>
       <c r="F49" s="20">
-        <v>13.5</v>
+        <v>15.59</v>
       </c>
       <c r="G49" s="20">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>88</v>
+      </c>
+      <c r="H49" s="75" t="s">
+        <v>20</v>
       </c>
       <c r="I49" s="28"/>
       <c r="J49" s="28"/>
     </row>
-    <row r="50" spans="2:10" ht="64.2" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>44707</v>
+    <row r="50" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B50" s="74">
+        <v>44743</v>
+      </c>
+      <c r="C50" s="81">
+        <v>44817</v>
+      </c>
+      <c r="D50" s="81">
+        <v>44817</v>
       </c>
       <c r="E50" s="20">
         <v>0</v>
       </c>
       <c r="F50" s="20">
-        <v>6.92</v>
+        <v>13.38</v>
       </c>
       <c r="G50" s="20">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>92</v>
+      </c>
+      <c r="H50" s="75" t="s">
+        <v>20</v>
       </c>
       <c r="I50" s="28"/>
       <c r="J50" s="28"/>
     </row>
-    <row r="51" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>44707</v>
+    <row r="51" spans="2:10" ht="55.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B51" s="74">
+        <v>44713</v>
+      </c>
+      <c r="C51" s="81">
+        <v>44748</v>
+      </c>
+      <c r="D51" s="81">
+        <v>44748</v>
       </c>
       <c r="E51" s="20">
         <v>0</v>
       </c>
       <c r="F51" s="20">
-        <v>0</v>
+        <v>13.95</v>
       </c>
       <c r="G51" s="20">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>86</v>
+      </c>
+      <c r="H51" s="75" t="s">
+        <v>25</v>
       </c>
       <c r="I51" s="28"/>
       <c r="J51" s="28"/>
     </row>
-    <row r="52" spans="2:10" ht="67.2" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>44707</v>
+    <row r="52" spans="2:10" ht="70.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B52" s="74">
+        <v>44682</v>
+      </c>
+      <c r="C52" s="81">
+        <v>44725</v>
+      </c>
+      <c r="D52" s="81">
+        <v>44725</v>
       </c>
       <c r="E52" s="20">
         <v>0</v>
       </c>
       <c r="F52" s="20">
-        <v>12.15</v>
+        <v>13.5</v>
       </c>
       <c r="G52" s="20">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="H52" s="79" t="s">
+        <v>76</v>
+      </c>
+      <c r="H52" s="75" t="s">
         <v>25</v>
       </c>
       <c r="I52" s="28"/>
       <c r="J52" s="28"/>
     </row>
-    <row r="53" spans="2:10" ht="76.95" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>44614</v>
+    <row r="53" spans="2:10" ht="64.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B53" s="74">
+        <v>44652</v>
+      </c>
+      <c r="C53" s="81">
+        <v>44707</v>
+      </c>
+      <c r="D53" s="81">
+        <v>44707</v>
       </c>
       <c r="E53" s="20">
         <v>0</v>
       </c>
       <c r="F53" s="20">
-        <v>12.3</v>
+        <v>6.92</v>
       </c>
       <c r="G53" s="20">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="H53" s="79" t="s">
+        <v>69</v>
+      </c>
+      <c r="H53" s="75" t="s">
         <v>25</v>
       </c>
       <c r="I53" s="28"/>
       <c r="J53" s="28"/>
     </row>
     <row r="54" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B54" s="78">
-[...2 lines deleted...]
-      <c r="C54" s="85">
+      <c r="B54" s="74">
+        <v>44621</v>
+      </c>
+      <c r="C54" s="81">
         <v>44707</v>
       </c>
-      <c r="D54" s="85">
+      <c r="D54" s="81">
         <v>44707</v>
       </c>
       <c r="E54" s="20">
         <v>0</v>
       </c>
       <c r="F54" s="20">
         <v>0</v>
       </c>
       <c r="G54" s="20">
         <v>0</v>
       </c>
-      <c r="H54" s="79" t="s">
+      <c r="H54" s="75" t="s">
         <v>26</v>
       </c>
       <c r="I54" s="28"/>
       <c r="J54" s="28"/>
     </row>
-    <row r="55" spans="2:10" ht="75" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>44539</v>
+    <row r="55" spans="2:10" ht="67.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B55" s="74">
+        <v>44593</v>
+      </c>
+      <c r="C55" s="81">
+        <v>44707</v>
+      </c>
+      <c r="D55" s="81">
+        <v>44707</v>
       </c>
       <c r="E55" s="20">
         <v>0</v>
       </c>
       <c r="F55" s="20">
-        <v>14.3</v>
+        <v>12.15</v>
       </c>
       <c r="G55" s="20">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="H55" s="79" t="s">
+        <v>95</v>
+      </c>
+      <c r="H55" s="75" t="s">
         <v>25</v>
       </c>
       <c r="I55" s="28"/>
       <c r="J55" s="28"/>
     </row>
-    <row r="56" spans="2:10" ht="69.599999999999994" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>44539</v>
+    <row r="56" spans="2:10" ht="76.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B56" s="74">
+        <v>44562</v>
+      </c>
+      <c r="C56" s="81">
+        <v>44614</v>
+      </c>
+      <c r="D56" s="81">
+        <v>44614</v>
       </c>
       <c r="E56" s="20">
         <v>0</v>
       </c>
       <c r="F56" s="20">
-        <v>15.2</v>
+        <v>12.3</v>
       </c>
       <c r="G56" s="20">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="H56" s="79" t="s">
+        <v>77</v>
+      </c>
+      <c r="H56" s="75" t="s">
         <v>25</v>
       </c>
       <c r="I56" s="28"/>
       <c r="J56" s="28"/>
     </row>
-    <row r="57" spans="2:10" ht="71.400000000000006" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>44539</v>
+    <row r="57" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B57" s="74">
+        <v>44531</v>
+      </c>
+      <c r="C57" s="81">
+        <v>44707</v>
+      </c>
+      <c r="D57" s="81">
+        <v>44707</v>
       </c>
       <c r="E57" s="20">
         <v>0</v>
       </c>
       <c r="F57" s="20">
-        <v>17.03</v>
+        <v>0</v>
       </c>
       <c r="G57" s="20">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>0</v>
+      </c>
+      <c r="H57" s="75" t="s">
+        <v>26</v>
       </c>
       <c r="I57" s="28"/>
       <c r="J57" s="28"/>
     </row>
-    <row r="58" spans="2:10" ht="73.95" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="C58" s="85">
+    <row r="58" spans="2:10" ht="75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B58" s="74">
+        <v>44501</v>
+      </c>
+      <c r="C58" s="81">
         <v>44538</v>
       </c>
-      <c r="D58" s="85">
+      <c r="D58" s="81">
         <v>44539</v>
       </c>
       <c r="E58" s="20">
         <v>0</v>
       </c>
       <c r="F58" s="20">
-        <v>24.35</v>
+        <v>14.3</v>
       </c>
       <c r="G58" s="20">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="H58" s="79" t="s">
+        <v>90</v>
+      </c>
+      <c r="H58" s="75" t="s">
         <v>25</v>
       </c>
       <c r="I58" s="28"/>
       <c r="J58" s="28"/>
     </row>
-    <row r="59" spans="2:10" ht="70.95" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="C59" s="85">
+    <row r="59" spans="2:10" ht="69.599999999999994" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B59" s="74">
+        <v>44470</v>
+      </c>
+      <c r="C59" s="81">
         <v>44538</v>
       </c>
-      <c r="D59" s="85">
+      <c r="D59" s="81">
         <v>44539</v>
       </c>
       <c r="E59" s="20">
         <v>0</v>
       </c>
       <c r="F59" s="20">
-        <v>18.28</v>
+        <v>15.2</v>
       </c>
       <c r="G59" s="20">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="H59" s="79" t="s">
+        <v>96</v>
+      </c>
+      <c r="H59" s="75" t="s">
         <v>25</v>
       </c>
       <c r="I59" s="28"/>
       <c r="J59" s="28"/>
     </row>
-    <row r="60" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>44390</v>
+    <row r="60" spans="2:10" ht="71.400000000000006" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B60" s="74">
+        <v>44440</v>
+      </c>
+      <c r="C60" s="81">
+        <v>44538</v>
+      </c>
+      <c r="D60" s="81">
+        <v>44539</v>
       </c>
       <c r="E60" s="20">
         <v>0</v>
       </c>
       <c r="F60" s="20">
-        <v>17.899999999999999</v>
+        <v>17.03</v>
       </c>
       <c r="G60" s="20">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>65</v>
+      </c>
+      <c r="H60" s="75" t="s">
+        <v>25</v>
       </c>
       <c r="I60" s="28"/>
       <c r="J60" s="28"/>
     </row>
-    <row r="61" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>44375</v>
+    <row r="61" spans="2:10" ht="73.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B61" s="74">
+        <v>44409</v>
+      </c>
+      <c r="C61" s="81">
+        <v>44538</v>
+      </c>
+      <c r="D61" s="81">
+        <v>44539</v>
       </c>
       <c r="E61" s="20">
         <v>0</v>
       </c>
       <c r="F61" s="20">
-        <v>16.760000000000002</v>
+        <v>24.35</v>
       </c>
       <c r="G61" s="20">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>81</v>
+      </c>
+      <c r="H61" s="75" t="s">
+        <v>25</v>
       </c>
       <c r="I61" s="28"/>
       <c r="J61" s="28"/>
     </row>
-    <row r="62" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>44337</v>
+    <row r="62" spans="2:10" ht="70.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B62" s="74">
+        <v>44378</v>
+      </c>
+      <c r="C62" s="81">
+        <v>44538</v>
+      </c>
+      <c r="D62" s="81">
+        <v>44539</v>
       </c>
       <c r="E62" s="20">
         <v>0</v>
       </c>
       <c r="F62" s="20">
-        <v>12.8</v>
+        <v>18.28</v>
       </c>
       <c r="G62" s="20">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>87</v>
+      </c>
+      <c r="H62" s="75" t="s">
+        <v>25</v>
       </c>
       <c r="I62" s="28"/>
       <c r="J62" s="28"/>
     </row>
     <row r="63" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B63" s="78">
-[...6 lines deleted...]
-        <v>44337</v>
+      <c r="B63" s="74">
+        <v>44348</v>
+      </c>
+      <c r="C63" s="81">
+        <v>44384</v>
+      </c>
+      <c r="D63" s="81">
+        <v>44390</v>
       </c>
       <c r="E63" s="20">
         <v>0</v>
       </c>
       <c r="F63" s="20">
-        <v>12.6</v>
+        <v>17.899999999999999</v>
       </c>
       <c r="G63" s="20">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="H63" s="79" t="s">
+        <v>98</v>
+      </c>
+      <c r="H63" s="75" t="s">
         <v>20</v>
       </c>
       <c r="I63" s="28"/>
       <c r="J63" s="28"/>
     </row>
     <row r="64" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B64" s="78">
-[...6 lines deleted...]
-        <v>44280</v>
+      <c r="B64" s="74">
+        <v>44317</v>
+      </c>
+      <c r="C64" s="81">
+        <v>44375</v>
+      </c>
+      <c r="D64" s="81">
+        <v>44375</v>
       </c>
       <c r="E64" s="20">
         <v>0</v>
       </c>
       <c r="F64" s="20">
-        <v>9.1999999999999993</v>
+        <v>16.760000000000002</v>
       </c>
       <c r="G64" s="20">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="H64" s="79" t="s">
+        <v>84</v>
+      </c>
+      <c r="H64" s="75" t="s">
         <v>20</v>
       </c>
       <c r="I64" s="28"/>
       <c r="J64" s="28"/>
     </row>
     <row r="65" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B65" s="78">
-[...6 lines deleted...]
-        <v>44280</v>
+      <c r="B65" s="74">
+        <v>44287</v>
+      </c>
+      <c r="C65" s="81">
+        <v>44337</v>
+      </c>
+      <c r="D65" s="81">
+        <v>44337</v>
       </c>
       <c r="E65" s="20">
         <v>0</v>
       </c>
       <c r="F65" s="20">
-        <v>9.5</v>
+        <v>12.8</v>
       </c>
       <c r="G65" s="20">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="H65" s="79" t="s">
+        <v>86</v>
+      </c>
+      <c r="H65" s="75" t="s">
         <v>20</v>
       </c>
       <c r="I65" s="28"/>
       <c r="J65" s="28"/>
     </row>
     <row r="66" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B66" s="78">
-[...6 lines deleted...]
-        <v>44216</v>
+      <c r="B66" s="74">
+        <v>44256</v>
+      </c>
+      <c r="C66" s="81">
+        <v>44337</v>
+      </c>
+      <c r="D66" s="81">
+        <v>44337</v>
       </c>
       <c r="E66" s="20">
         <v>0</v>
       </c>
       <c r="F66" s="20">
-        <v>8.4600000000000009</v>
+        <v>12.6</v>
       </c>
       <c r="G66" s="20">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="H66" s="79" t="s">
+        <v>82</v>
+      </c>
+      <c r="H66" s="75" t="s">
         <v>20</v>
       </c>
       <c r="I66" s="28"/>
       <c r="J66" s="28"/>
     </row>
     <row r="67" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B67" s="78">
-[...6 lines deleted...]
-        <v>44216</v>
+      <c r="B67" s="74">
+        <v>44228</v>
+      </c>
+      <c r="C67" s="81">
+        <v>44280</v>
+      </c>
+      <c r="D67" s="81">
+        <v>44280</v>
       </c>
       <c r="E67" s="20">
         <v>0</v>
       </c>
       <c r="F67" s="20">
-        <v>12.15</v>
+        <v>9.1999999999999993</v>
       </c>
       <c r="G67" s="20">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="H67" s="79" t="s">
+        <v>71</v>
+      </c>
+      <c r="H67" s="75" t="s">
         <v>20</v>
       </c>
       <c r="I67" s="28"/>
       <c r="J67" s="28"/>
     </row>
-    <row r="68" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>44158</v>
+    <row r="68" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B68" s="74">
+        <v>44197</v>
+      </c>
+      <c r="C68" s="81">
+        <v>44280</v>
+      </c>
+      <c r="D68" s="81">
+        <v>44280</v>
       </c>
       <c r="E68" s="20">
         <v>0</v>
       </c>
       <c r="F68" s="20">
-        <v>19.239999999999998</v>
+        <v>9.5</v>
       </c>
       <c r="G68" s="20">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="H68" s="79" t="s">
+        <v>94</v>
+      </c>
+      <c r="H68" s="75" t="s">
         <v>20</v>
       </c>
       <c r="I68" s="28"/>
       <c r="J68" s="28"/>
     </row>
-    <row r="69" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>44112</v>
+    <row r="69" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B69" s="74">
+        <v>44166</v>
+      </c>
+      <c r="C69" s="81">
+        <v>44215</v>
+      </c>
+      <c r="D69" s="81">
+        <v>44216</v>
       </c>
       <c r="E69" s="20">
         <v>0</v>
       </c>
       <c r="F69" s="20">
-        <v>19.45</v>
+        <v>8.4600000000000009</v>
       </c>
       <c r="G69" s="20">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="H69" s="79" t="s">
+        <v>78</v>
+      </c>
+      <c r="H69" s="75" t="s">
         <v>20</v>
       </c>
       <c r="I69" s="28"/>
       <c r="J69" s="28"/>
     </row>
-    <row r="70" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>44112</v>
+    <row r="70" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B70" s="74">
+        <v>44136</v>
+      </c>
+      <c r="C70" s="81">
+        <v>44215</v>
+      </c>
+      <c r="D70" s="81">
+        <v>44216</v>
       </c>
       <c r="E70" s="20">
         <v>0</v>
       </c>
       <c r="F70" s="20">
-        <v>19.25</v>
+        <v>12.15</v>
       </c>
       <c r="G70" s="20">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="H70" s="79" t="s">
+        <v>91</v>
+      </c>
+      <c r="H70" s="75" t="s">
         <v>20</v>
       </c>
       <c r="I70" s="28"/>
       <c r="J70" s="28"/>
     </row>
-    <row r="71" spans="2:10" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-      <c r="J71" s="102"/>
+    <row r="71" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B71" s="74">
+        <v>44105</v>
+      </c>
+      <c r="C71" s="81">
+        <v>44149</v>
+      </c>
+      <c r="D71" s="81">
+        <v>44158</v>
+      </c>
+      <c r="E71" s="20">
+        <v>0</v>
+      </c>
+      <c r="F71" s="20">
+        <v>19.239999999999998</v>
+      </c>
+      <c r="G71" s="20">
+        <v>82</v>
+      </c>
+      <c r="H71" s="75" t="s">
+        <v>20</v>
+      </c>
+      <c r="I71" s="28"/>
+      <c r="J71" s="28"/>
     </row>
     <row r="72" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B72" s="78">
-[...3 lines deleted...]
-      <c r="D72" s="78"/>
+      <c r="B72" s="74">
+        <v>44075</v>
+      </c>
+      <c r="C72" s="81">
+        <v>44111</v>
+      </c>
+      <c r="D72" s="81">
+        <v>44112</v>
+      </c>
       <c r="E72" s="20">
         <v>0</v>
       </c>
       <c r="F72" s="20">
-        <v>17.510000000000002</v>
+        <v>19.45</v>
       </c>
       <c r="G72" s="20">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="H72" s="79" t="s">
+        <v>81</v>
+      </c>
+      <c r="H72" s="75" t="s">
         <v>20</v>
       </c>
       <c r="I72" s="28"/>
       <c r="J72" s="28"/>
     </row>
     <row r="73" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B73" s="78">
-[...3 lines deleted...]
-      <c r="D73" s="78"/>
+      <c r="B73" s="74">
+        <v>44044</v>
+      </c>
+      <c r="C73" s="81">
+        <v>44105</v>
+      </c>
+      <c r="D73" s="81">
+        <v>44112</v>
+      </c>
       <c r="E73" s="20">
         <v>0</v>
       </c>
       <c r="F73" s="20">
-        <v>17.670000000000002</v>
+        <v>19.25</v>
       </c>
       <c r="G73" s="20">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="H73" s="79" t="s">
+        <v>88</v>
+      </c>
+      <c r="H73" s="75" t="s">
         <v>20</v>
       </c>
       <c r="I73" s="28"/>
       <c r="J73" s="28"/>
     </row>
-    <row r="74" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-[...18 lines deleted...]
-      <c r="J74" s="28"/>
+    <row r="74" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B74" s="98" t="s">
+        <v>27</v>
+      </c>
+      <c r="C74" s="98"/>
+      <c r="D74" s="98"/>
+      <c r="E74" s="98"/>
+      <c r="F74" s="98"/>
+      <c r="G74" s="98"/>
+      <c r="H74" s="98"/>
+      <c r="I74" s="98"/>
+      <c r="J74" s="98"/>
     </row>
     <row r="75" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B75" s="78">
-[...3 lines deleted...]
-      <c r="D75" s="78"/>
+      <c r="B75" s="74">
+        <v>44013</v>
+      </c>
+      <c r="C75" s="74"/>
+      <c r="D75" s="74"/>
       <c r="E75" s="20">
         <v>0</v>
       </c>
       <c r="F75" s="20">
-        <v>15.3</v>
+        <v>17.510000000000002</v>
       </c>
       <c r="G75" s="20">
         <v>85</v>
       </c>
-      <c r="H75" s="79" t="s">
+      <c r="H75" s="75" t="s">
         <v>20</v>
       </c>
       <c r="I75" s="28"/>
       <c r="J75" s="28"/>
     </row>
     <row r="76" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B76" s="78">
-[...3 lines deleted...]
-      <c r="D76" s="78"/>
+      <c r="B76" s="74">
+        <v>43983</v>
+      </c>
+      <c r="C76" s="74"/>
+      <c r="D76" s="74"/>
       <c r="E76" s="20">
         <v>0</v>
       </c>
       <c r="F76" s="20">
-        <v>15.55</v>
+        <v>17.670000000000002</v>
       </c>
       <c r="G76" s="20">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="H76" s="79" t="s">
+        <v>82</v>
+      </c>
+      <c r="H76" s="75" t="s">
         <v>20</v>
       </c>
       <c r="I76" s="28"/>
       <c r="J76" s="28"/>
     </row>
     <row r="77" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B77" s="78">
-[...3 lines deleted...]
-      <c r="D77" s="78"/>
+      <c r="B77" s="74">
+        <v>43952</v>
+      </c>
+      <c r="C77" s="74"/>
+      <c r="D77" s="74"/>
       <c r="E77" s="20">
         <v>0</v>
       </c>
       <c r="F77" s="20">
-        <v>13.8</v>
+        <v>16.239999999999998</v>
       </c>
       <c r="G77" s="20">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="H77" s="79" t="s">
+        <v>77</v>
+      </c>
+      <c r="H77" s="75" t="s">
         <v>20</v>
       </c>
       <c r="I77" s="28"/>
       <c r="J77" s="28"/>
     </row>
-    <row r="78" spans="2:10" ht="43.2" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="D78" s="78"/>
+    <row r="78" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B78" s="74">
+        <v>43922</v>
+      </c>
+      <c r="C78" s="74"/>
+      <c r="D78" s="74"/>
       <c r="E78" s="20">
         <v>0</v>
       </c>
       <c r="F78" s="20">
-        <v>3.9</v>
+        <v>15.3</v>
       </c>
       <c r="G78" s="20">
-        <v>92</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>85</v>
+      </c>
+      <c r="H78" s="75" t="s">
+        <v>20</v>
       </c>
       <c r="I78" s="28"/>
       <c r="J78" s="28"/>
     </row>
-    <row r="79" spans="2:10" ht="43.2" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="D79" s="78"/>
+    <row r="79" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B79" s="74">
+        <v>43891</v>
+      </c>
+      <c r="C79" s="74"/>
+      <c r="D79" s="74"/>
       <c r="E79" s="20">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="F79" s="20">
-        <v>7.35</v>
+        <v>15.55</v>
       </c>
       <c r="G79" s="20">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>80</v>
+      </c>
+      <c r="H79" s="75" t="s">
+        <v>20</v>
       </c>
       <c r="I79" s="28"/>
       <c r="J79" s="28"/>
     </row>
     <row r="80" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B80" s="78">
-[...3 lines deleted...]
-      <c r="D80" s="78"/>
+      <c r="B80" s="74">
+        <v>43862</v>
+      </c>
+      <c r="C80" s="74"/>
+      <c r="D80" s="74"/>
       <c r="E80" s="20">
         <v>0</v>
       </c>
       <c r="F80" s="20">
-        <v>9.1999999999999993</v>
+        <v>13.8</v>
       </c>
       <c r="G80" s="20">
         <v>95</v>
       </c>
-      <c r="H80" s="79" t="s">
+      <c r="H80" s="75" t="s">
         <v>20</v>
       </c>
       <c r="I80" s="28"/>
       <c r="J80" s="28"/>
     </row>
-    <row r="81" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="D81" s="78"/>
+    <row r="81" spans="2:10" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="B81" s="74">
+        <v>43831</v>
+      </c>
+      <c r="C81" s="74"/>
+      <c r="D81" s="74"/>
       <c r="E81" s="20">
         <v>0</v>
       </c>
       <c r="F81" s="20">
-        <v>8.5299999999999994</v>
+        <v>3.9</v>
       </c>
       <c r="G81" s="20">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>92</v>
+      </c>
+      <c r="H81" s="75" t="s">
+        <v>28</v>
       </c>
       <c r="I81" s="28"/>
       <c r="J81" s="28"/>
     </row>
-    <row r="82" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="D82" s="78"/>
+    <row r="82" spans="2:10" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="B82" s="74">
+        <v>43800</v>
+      </c>
+      <c r="C82" s="74"/>
+      <c r="D82" s="74"/>
       <c r="E82" s="20">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="F82" s="20">
-        <v>15.46</v>
+        <v>7.35</v>
       </c>
       <c r="G82" s="20">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>94</v>
+      </c>
+      <c r="H82" s="75" t="s">
+        <v>29</v>
       </c>
       <c r="I82" s="28"/>
       <c r="J82" s="28"/>
     </row>
     <row r="83" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B83" s="78">
-[...3 lines deleted...]
-      <c r="D83" s="78"/>
+      <c r="B83" s="74">
+        <v>43770</v>
+      </c>
+      <c r="C83" s="74"/>
+      <c r="D83" s="74"/>
       <c r="E83" s="20">
         <v>0</v>
       </c>
       <c r="F83" s="20">
-        <v>17.68</v>
+        <v>9.1999999999999993</v>
       </c>
       <c r="G83" s="20">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="H83" s="79" t="s">
+        <v>95</v>
+      </c>
+      <c r="H83" s="75" t="s">
         <v>20</v>
       </c>
       <c r="I83" s="28"/>
       <c r="J83" s="28"/>
     </row>
     <row r="84" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B84" s="78">
-[...3 lines deleted...]
-      <c r="D84" s="78"/>
+      <c r="B84" s="74">
+        <v>43739</v>
+      </c>
+      <c r="C84" s="74"/>
+      <c r="D84" s="74"/>
       <c r="E84" s="20">
         <v>0</v>
       </c>
       <c r="F84" s="20">
-        <v>22.1</v>
+        <v>8.5299999999999994</v>
       </c>
       <c r="G84" s="20">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="H84" s="79" t="s">
+        <v>94</v>
+      </c>
+      <c r="H84" s="75" t="s">
         <v>20</v>
       </c>
       <c r="I84" s="28"/>
       <c r="J84" s="28"/>
     </row>
     <row r="85" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B85" s="78">
-[...3 lines deleted...]
-      <c r="D85" s="78"/>
+      <c r="B85" s="74">
+        <v>43709</v>
+      </c>
+      <c r="C85" s="74"/>
+      <c r="D85" s="74"/>
       <c r="E85" s="20">
         <v>0</v>
       </c>
       <c r="F85" s="20">
-        <v>20.03</v>
+        <v>15.46</v>
       </c>
       <c r="G85" s="20">
         <v>96</v>
       </c>
-      <c r="H85" s="79" t="s">
+      <c r="H85" s="75" t="s">
         <v>20</v>
       </c>
       <c r="I85" s="28"/>
       <c r="J85" s="28"/>
     </row>
     <row r="86" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B86" s="78">
-[...3 lines deleted...]
-      <c r="D86" s="78"/>
+      <c r="B86" s="74">
+        <v>43678</v>
+      </c>
+      <c r="C86" s="74"/>
+      <c r="D86" s="74"/>
       <c r="E86" s="20">
         <v>0</v>
       </c>
       <c r="F86" s="20">
-        <v>16.79</v>
+        <v>17.68</v>
       </c>
       <c r="G86" s="20">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="H86" s="79" t="s">
+        <v>80</v>
+      </c>
+      <c r="H86" s="75" t="s">
         <v>20</v>
       </c>
       <c r="I86" s="28"/>
       <c r="J86" s="28"/>
     </row>
     <row r="87" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B87" s="78">
-[...3 lines deleted...]
-      <c r="D87" s="78"/>
+      <c r="B87" s="74">
+        <v>43647</v>
+      </c>
+      <c r="C87" s="74"/>
+      <c r="D87" s="74"/>
       <c r="E87" s="20">
         <v>0</v>
       </c>
       <c r="F87" s="20">
-        <v>13.93</v>
+        <v>22.1</v>
       </c>
       <c r="G87" s="20">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="H87" s="79" t="s">
+        <v>86</v>
+      </c>
+      <c r="H87" s="75" t="s">
         <v>20</v>
       </c>
       <c r="I87" s="28"/>
       <c r="J87" s="28"/>
     </row>
     <row r="88" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B88" s="78">
-[...3 lines deleted...]
-      <c r="D88" s="78"/>
+      <c r="B88" s="74">
+        <v>43617</v>
+      </c>
+      <c r="C88" s="74"/>
+      <c r="D88" s="74"/>
       <c r="E88" s="20">
         <v>0</v>
       </c>
       <c r="F88" s="20">
-        <v>14.22</v>
+        <v>20.03</v>
       </c>
       <c r="G88" s="20">
         <v>96</v>
       </c>
-      <c r="H88" s="79" t="s">
+      <c r="H88" s="75" t="s">
         <v>20</v>
       </c>
       <c r="I88" s="28"/>
       <c r="J88" s="28"/>
     </row>
     <row r="89" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B89" s="78">
-[...3 lines deleted...]
-      <c r="D89" s="78"/>
+      <c r="B89" s="74">
+        <v>43586</v>
+      </c>
+      <c r="C89" s="74"/>
+      <c r="D89" s="74"/>
       <c r="E89" s="20">
         <v>0</v>
       </c>
       <c r="F89" s="20">
-        <v>13.93</v>
+        <v>16.79</v>
       </c>
       <c r="G89" s="20">
         <v>96</v>
       </c>
-      <c r="H89" s="79" t="s">
+      <c r="H89" s="75" t="s">
         <v>20</v>
       </c>
       <c r="I89" s="28"/>
       <c r="J89" s="28"/>
     </row>
     <row r="90" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B90" s="78">
-[...3 lines deleted...]
-      <c r="D90" s="78"/>
+      <c r="B90" s="74">
+        <v>43556</v>
+      </c>
+      <c r="C90" s="74"/>
+      <c r="D90" s="74"/>
       <c r="E90" s="20">
         <v>0</v>
       </c>
       <c r="F90" s="20">
-        <v>8.1999999999999993</v>
+        <v>13.93</v>
       </c>
       <c r="G90" s="20">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="H90" s="79" t="s">
+        <v>94</v>
+      </c>
+      <c r="H90" s="75" t="s">
         <v>20</v>
       </c>
       <c r="I90" s="28"/>
       <c r="J90" s="28"/>
     </row>
-    <row r="91" spans="2:10" ht="43.2" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="D91" s="78"/>
+    <row r="91" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B91" s="74">
+        <v>43525</v>
+      </c>
+      <c r="C91" s="74"/>
+      <c r="D91" s="74"/>
       <c r="E91" s="20">
         <v>0</v>
       </c>
       <c r="F91" s="20">
-        <v>14.05</v>
+        <v>14.22</v>
       </c>
       <c r="G91" s="20">
         <v>96</v>
       </c>
-      <c r="H91" s="79" t="s">
-        <v>30</v>
+      <c r="H91" s="75" t="s">
+        <v>20</v>
       </c>
       <c r="I91" s="28"/>
       <c r="J91" s="28"/>
     </row>
-    <row r="92" spans="2:10" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="D92" s="78"/>
+    <row r="92" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B92" s="74">
+        <v>43497</v>
+      </c>
+      <c r="C92" s="74"/>
+      <c r="D92" s="74"/>
       <c r="E92" s="20">
         <v>0</v>
       </c>
       <c r="F92" s="20">
-        <v>11.41</v>
+        <v>13.93</v>
       </c>
       <c r="G92" s="20">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>96</v>
+      </c>
+      <c r="H92" s="75" t="s">
+        <v>20</v>
       </c>
       <c r="I92" s="28"/>
       <c r="J92" s="28"/>
     </row>
     <row r="93" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B93" s="78">
-[...3 lines deleted...]
-      <c r="D93" s="78"/>
+      <c r="B93" s="74">
+        <v>43466</v>
+      </c>
+      <c r="C93" s="74"/>
+      <c r="D93" s="74"/>
       <c r="E93" s="20">
         <v>0</v>
       </c>
       <c r="F93" s="20">
-        <v>15.39</v>
+        <v>8.1999999999999993</v>
       </c>
       <c r="G93" s="20">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="H93" s="79" t="s">
+        <v>96</v>
+      </c>
+      <c r="H93" s="75" t="s">
         <v>20</v>
       </c>
       <c r="I93" s="28"/>
       <c r="J93" s="28"/>
     </row>
-    <row r="94" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="D94" s="78"/>
+    <row r="94" spans="2:10" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="B94" s="74">
+        <v>43435</v>
+      </c>
+      <c r="C94" s="74"/>
+      <c r="D94" s="74"/>
       <c r="E94" s="20">
         <v>0</v>
       </c>
       <c r="F94" s="20">
-        <v>20.37</v>
+        <v>14.05</v>
       </c>
       <c r="G94" s="20">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>96</v>
+      </c>
+      <c r="H94" s="75" t="s">
+        <v>30</v>
       </c>
       <c r="I94" s="28"/>
       <c r="J94" s="28"/>
     </row>
-    <row r="95" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="D95" s="78"/>
+    <row r="95" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B95" s="74">
+        <v>43405</v>
+      </c>
+      <c r="C95" s="74"/>
+      <c r="D95" s="74"/>
       <c r="E95" s="20">
         <v>0</v>
       </c>
       <c r="F95" s="20">
-        <v>22.79</v>
+        <v>11.41</v>
       </c>
       <c r="G95" s="20">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>87</v>
+      </c>
+      <c r="H95" s="75" t="s">
+        <v>31</v>
       </c>
       <c r="I95" s="28"/>
       <c r="J95" s="28"/>
     </row>
-    <row r="96" spans="2:10" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="D96" s="78"/>
+    <row r="96" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B96" s="74">
+        <v>43374</v>
+      </c>
+      <c r="C96" s="74"/>
+      <c r="D96" s="74"/>
       <c r="E96" s="20">
         <v>0</v>
       </c>
       <c r="F96" s="20">
-        <v>23.34</v>
+        <v>15.39</v>
       </c>
       <c r="G96" s="20">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="H96" s="79"/>
+        <v>71</v>
+      </c>
+      <c r="H96" s="75" t="s">
+        <v>20</v>
+      </c>
       <c r="I96" s="28"/>
       <c r="J96" s="28"/>
     </row>
-    <row r="97" spans="2:10" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="D97" s="78"/>
+    <row r="97" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B97" s="74">
+        <v>43344</v>
+      </c>
+      <c r="C97" s="74"/>
+      <c r="D97" s="74"/>
       <c r="E97" s="20">
         <v>0</v>
       </c>
       <c r="F97" s="20">
-        <v>20.59</v>
+        <v>20.37</v>
       </c>
       <c r="G97" s="20">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="H97" s="79"/>
+        <v>95</v>
+      </c>
+      <c r="H97" s="75" t="s">
+        <v>20</v>
+      </c>
       <c r="I97" s="28"/>
       <c r="J97" s="28"/>
     </row>
-    <row r="98" spans="2:10" ht="43.2" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="D98" s="78"/>
+    <row r="98" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B98" s="74">
+        <v>43313</v>
+      </c>
+      <c r="C98" s="74"/>
+      <c r="D98" s="74"/>
       <c r="E98" s="20">
         <v>0</v>
       </c>
-      <c r="F98" s="86">
-        <v>20.2</v>
+      <c r="F98" s="20">
+        <v>22.79</v>
       </c>
       <c r="G98" s="20">
+        <v>84</v>
+      </c>
+      <c r="H98" s="75" t="s">
+        <v>20</v>
+      </c>
+      <c r="I98" s="28"/>
+      <c r="J98" s="28"/>
+    </row>
+    <row r="99" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B99" s="74">
+        <v>43282</v>
+      </c>
+      <c r="C99" s="74"/>
+      <c r="D99" s="74"/>
+      <c r="E99" s="20">
+        <v>0</v>
+      </c>
+      <c r="F99" s="20">
+        <v>23.34</v>
+      </c>
+      <c r="G99" s="20">
         <v>98</v>
       </c>
-      <c r="H98" s="87"/>
-[...22 lines deleted...]
-      <c r="H99" s="87"/>
+      <c r="H99" s="75"/>
       <c r="I99" s="28"/>
       <c r="J99" s="28"/>
     </row>
     <row r="100" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B100" s="78">
-[...3 lines deleted...]
-      <c r="D100" s="78"/>
+      <c r="B100" s="74">
+        <v>43252</v>
+      </c>
+      <c r="C100" s="74"/>
+      <c r="D100" s="74"/>
       <c r="E100" s="20">
         <v>0</v>
       </c>
       <c r="F100" s="20">
-        <v>17.07</v>
+        <v>20.59</v>
       </c>
       <c r="G100" s="20">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="H100" s="87"/>
+        <v>98</v>
+      </c>
+      <c r="H100" s="75"/>
       <c r="I100" s="28"/>
       <c r="J100" s="28"/>
     </row>
-    <row r="101" spans="2:10" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="D101" s="78"/>
+    <row r="101" spans="2:10" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="B101" s="74">
+        <v>43221</v>
+      </c>
+      <c r="C101" s="74"/>
+      <c r="D101" s="74"/>
       <c r="E101" s="20">
         <v>0</v>
       </c>
-      <c r="F101" s="20">
-        <v>18.96</v>
+      <c r="F101" s="82">
+        <v>20.2</v>
       </c>
       <c r="G101" s="20">
-        <v>96</v>
-[...3 lines deleted...]
-      <c r="J101" s="28"/>
+        <v>98</v>
+      </c>
+      <c r="H101" s="83"/>
+      <c r="I101" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="J101" s="84" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="102" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B102" s="78">
-[...3 lines deleted...]
-      <c r="D102" s="78"/>
+      <c r="B102" s="74">
+        <v>43191</v>
+      </c>
+      <c r="C102" s="74"/>
+      <c r="D102" s="74"/>
       <c r="E102" s="20">
         <v>0</v>
       </c>
       <c r="F102" s="20">
-        <v>12.17</v>
+        <v>16.350000000000001</v>
       </c>
       <c r="G102" s="20">
         <v>94</v>
       </c>
-      <c r="H102" s="87"/>
+      <c r="H102" s="83"/>
       <c r="I102" s="28"/>
       <c r="J102" s="28"/>
     </row>
     <row r="103" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B103" s="78">
-[...3 lines deleted...]
-      <c r="D103" s="78"/>
+      <c r="B103" s="74">
+        <v>43160</v>
+      </c>
+      <c r="C103" s="74"/>
+      <c r="D103" s="74"/>
       <c r="E103" s="20">
         <v>0</v>
       </c>
       <c r="F103" s="20">
-        <v>11.14</v>
+        <v>17.07</v>
       </c>
       <c r="G103" s="20">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="H103" s="87"/>
+        <v>95</v>
+      </c>
+      <c r="H103" s="83"/>
       <c r="I103" s="28"/>
       <c r="J103" s="28"/>
     </row>
     <row r="104" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B104" s="78">
-[...3 lines deleted...]
-      <c r="D104" s="78"/>
+      <c r="B104" s="74">
+        <v>43132</v>
+      </c>
+      <c r="C104" s="74"/>
+      <c r="D104" s="74"/>
       <c r="E104" s="20">
         <v>0</v>
       </c>
       <c r="F104" s="20">
-        <v>15.68</v>
+        <v>18.96</v>
       </c>
       <c r="G104" s="20">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="H104" s="87"/>
+        <v>96</v>
+      </c>
+      <c r="H104" s="83"/>
       <c r="I104" s="28"/>
       <c r="J104" s="28"/>
     </row>
     <row r="105" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B105" s="78">
-[...3 lines deleted...]
-      <c r="D105" s="78"/>
+      <c r="B105" s="74">
+        <v>43101</v>
+      </c>
+      <c r="C105" s="74"/>
+      <c r="D105" s="74"/>
       <c r="E105" s="20">
         <v>0</v>
       </c>
       <c r="F105" s="20">
-        <v>17.239999999999998</v>
+        <v>12.17</v>
       </c>
       <c r="G105" s="20">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="H105" s="87"/>
+        <v>94</v>
+      </c>
+      <c r="H105" s="83"/>
       <c r="I105" s="28"/>
       <c r="J105" s="28"/>
     </row>
     <row r="106" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B106" s="78">
-[...3 lines deleted...]
-      <c r="D106" s="78"/>
+      <c r="B106" s="74">
+        <v>43070</v>
+      </c>
+      <c r="C106" s="74"/>
+      <c r="D106" s="74"/>
       <c r="E106" s="20">
         <v>0</v>
       </c>
-      <c r="F106" s="13">
-        <v>20.53</v>
+      <c r="F106" s="20">
+        <v>11.14</v>
       </c>
       <c r="G106" s="20">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="H106" s="87"/>
+        <v>96</v>
+      </c>
+      <c r="H106" s="83"/>
       <c r="I106" s="28"/>
       <c r="J106" s="28"/>
     </row>
     <row r="107" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B107" s="78">
-[...3 lines deleted...]
-      <c r="D107" s="78"/>
+      <c r="B107" s="74">
+        <v>43040</v>
+      </c>
+      <c r="C107" s="74"/>
+      <c r="D107" s="74"/>
       <c r="E107" s="20">
         <v>0</v>
       </c>
       <c r="F107" s="20">
-        <v>19.670000000000002</v>
+        <v>15.68</v>
       </c>
       <c r="G107" s="20">
         <v>98</v>
       </c>
-      <c r="H107" s="87"/>
+      <c r="H107" s="83"/>
       <c r="I107" s="28"/>
       <c r="J107" s="28"/>
     </row>
     <row r="108" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B108" s="78">
-[...3 lines deleted...]
-      <c r="D108" s="78"/>
+      <c r="B108" s="74">
+        <v>43009</v>
+      </c>
+      <c r="C108" s="74"/>
+      <c r="D108" s="74"/>
       <c r="E108" s="20">
         <v>0</v>
       </c>
       <c r="F108" s="20">
-        <v>19.809999999999999</v>
+        <v>17.239999999999998</v>
       </c>
       <c r="G108" s="20">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="H108" s="87"/>
+        <v>98</v>
+      </c>
+      <c r="H108" s="83"/>
       <c r="I108" s="28"/>
       <c r="J108" s="28"/>
     </row>
     <row r="109" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B109" s="78">
-[...3 lines deleted...]
-      <c r="D109" s="78"/>
+      <c r="B109" s="74">
+        <v>42979</v>
+      </c>
+      <c r="C109" s="74"/>
+      <c r="D109" s="74"/>
       <c r="E109" s="20">
         <v>0</v>
       </c>
-      <c r="F109" s="20">
-        <v>9.92</v>
+      <c r="F109" s="13">
+        <v>20.53</v>
       </c>
       <c r="G109" s="20">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="H109" s="87"/>
+        <v>98</v>
+      </c>
+      <c r="H109" s="83"/>
       <c r="I109" s="28"/>
       <c r="J109" s="28"/>
     </row>
     <row r="110" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B110" s="78">
-[...3 lines deleted...]
-      <c r="D110" s="78"/>
+      <c r="B110" s="74">
+        <v>42948</v>
+      </c>
+      <c r="C110" s="74"/>
+      <c r="D110" s="74"/>
       <c r="E110" s="20">
         <v>0</v>
       </c>
       <c r="F110" s="20">
-        <v>19.940000000000001</v>
+        <v>19.670000000000002</v>
       </c>
       <c r="G110" s="20">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="H110" s="87"/>
+        <v>98</v>
+      </c>
+      <c r="H110" s="83"/>
       <c r="I110" s="28"/>
       <c r="J110" s="28"/>
     </row>
     <row r="111" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B111" s="78">
-[...3 lines deleted...]
-      <c r="D111" s="78"/>
+      <c r="B111" s="74">
+        <v>42917</v>
+      </c>
+      <c r="C111" s="74"/>
+      <c r="D111" s="74"/>
       <c r="E111" s="20">
         <v>0</v>
       </c>
       <c r="F111" s="20">
-        <v>8.73</v>
+        <v>19.809999999999999</v>
       </c>
       <c r="G111" s="20">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="H111" s="87"/>
+        <v>96</v>
+      </c>
+      <c r="H111" s="83"/>
       <c r="I111" s="28"/>
       <c r="J111" s="28"/>
     </row>
-    <row r="112" spans="2:10" ht="17.7" customHeight="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="D112" s="78"/>
+    <row r="112" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B112" s="74">
+        <v>42887</v>
+      </c>
+      <c r="C112" s="74"/>
+      <c r="D112" s="74"/>
       <c r="E112" s="20">
         <v>0</v>
       </c>
       <c r="F112" s="20">
-        <v>19.95</v>
+        <v>9.92</v>
       </c>
       <c r="G112" s="20">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="H112" s="87"/>
+        <v>78</v>
+      </c>
+      <c r="H112" s="83"/>
       <c r="I112" s="28"/>
       <c r="J112" s="28"/>
     </row>
     <row r="113" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B113" s="78">
-[...3 lines deleted...]
-      <c r="D113" s="78"/>
+      <c r="B113" s="74">
+        <v>42887</v>
+      </c>
+      <c r="C113" s="74"/>
+      <c r="D113" s="74"/>
       <c r="E113" s="20">
         <v>0</v>
       </c>
       <c r="F113" s="20">
-        <v>16.260000000000002</v>
+        <v>19.940000000000001</v>
       </c>
       <c r="G113" s="20">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="H113" s="87"/>
+        <v>94</v>
+      </c>
+      <c r="H113" s="83"/>
       <c r="I113" s="28"/>
       <c r="J113" s="28"/>
     </row>
     <row r="114" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B114" s="78">
-[...3 lines deleted...]
-      <c r="D114" s="78"/>
+      <c r="B114" s="74">
+        <v>42856</v>
+      </c>
+      <c r="C114" s="74"/>
+      <c r="D114" s="74"/>
       <c r="E114" s="20">
         <v>0</v>
       </c>
       <c r="F114" s="20">
-        <v>16.989999999999998</v>
+        <v>8.73</v>
       </c>
       <c r="G114" s="20">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="H114" s="87"/>
+        <v>99</v>
+      </c>
+      <c r="H114" s="83"/>
       <c r="I114" s="28"/>
       <c r="J114" s="28"/>
     </row>
-    <row r="115" spans="2:10" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="D115" s="78"/>
+    <row r="115" spans="2:10" ht="17.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B115" s="74">
+        <v>42856</v>
+      </c>
+      <c r="C115" s="74"/>
+      <c r="D115" s="74"/>
       <c r="E115" s="20">
         <v>0</v>
       </c>
       <c r="F115" s="20">
-        <v>19.5</v>
+        <v>19.95</v>
       </c>
       <c r="G115" s="20">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="H115" s="87"/>
+        <v>94</v>
+      </c>
+      <c r="H115" s="83"/>
       <c r="I115" s="28"/>
       <c r="J115" s="28"/>
     </row>
     <row r="116" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B116" s="78">
-[...3 lines deleted...]
-      <c r="D116" s="78"/>
+      <c r="B116" s="74">
+        <v>42826</v>
+      </c>
+      <c r="C116" s="74"/>
+      <c r="D116" s="74"/>
       <c r="E116" s="20">
-        <v>-25</v>
+        <v>0</v>
       </c>
       <c r="F116" s="20">
-        <v>12.18</v>
+        <v>16.260000000000002</v>
       </c>
       <c r="G116" s="20">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="H116" s="87"/>
+        <v>90</v>
+      </c>
+      <c r="H116" s="83"/>
       <c r="I116" s="28"/>
       <c r="J116" s="28"/>
     </row>
     <row r="117" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B117" s="78">
-[...3 lines deleted...]
-      <c r="D117" s="78"/>
+      <c r="B117" s="74">
+        <v>42795</v>
+      </c>
+      <c r="C117" s="74"/>
+      <c r="D117" s="74"/>
       <c r="E117" s="20">
-        <v>-2</v>
+        <v>0</v>
       </c>
       <c r="F117" s="20">
-        <v>12.68</v>
+        <v>16.989999999999998</v>
       </c>
       <c r="G117" s="20">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="H117" s="87"/>
+        <v>98</v>
+      </c>
+      <c r="H117" s="83"/>
       <c r="I117" s="28"/>
       <c r="J117" s="28"/>
     </row>
-    <row r="118" spans="2:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="D118" s="78"/>
+    <row r="118" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B118" s="74">
+        <v>42767</v>
+      </c>
+      <c r="C118" s="74"/>
+      <c r="D118" s="74"/>
       <c r="E118" s="20">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="F118" s="20">
-        <v>16.420000000000002</v>
+        <v>19.5</v>
       </c>
       <c r="G118" s="20">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="H118" s="87"/>
+        <v>91</v>
+      </c>
+      <c r="H118" s="83"/>
       <c r="I118" s="28"/>
       <c r="J118" s="28"/>
     </row>
     <row r="119" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B119" s="78">
-[...3 lines deleted...]
-      <c r="D119" s="78"/>
+      <c r="B119" s="74">
+        <v>42736</v>
+      </c>
+      <c r="C119" s="74"/>
+      <c r="D119" s="74"/>
       <c r="E119" s="20">
-        <v>-2</v>
+        <v>-25</v>
       </c>
       <c r="F119" s="20">
-        <v>16.940000000000001</v>
+        <v>12.18</v>
       </c>
       <c r="G119" s="20">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="H119" s="87"/>
+        <v>98</v>
+      </c>
+      <c r="H119" s="83"/>
       <c r="I119" s="28"/>
       <c r="J119" s="28"/>
     </row>
     <row r="120" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B120" s="78">
-[...3 lines deleted...]
-      <c r="D120" s="78"/>
+      <c r="B120" s="74">
+        <v>42705</v>
+      </c>
+      <c r="C120" s="74"/>
+      <c r="D120" s="74"/>
       <c r="E120" s="20">
-        <v>-1</v>
+        <v>-2</v>
       </c>
       <c r="F120" s="20">
-        <v>16.97</v>
+        <v>12.68</v>
       </c>
       <c r="G120" s="20">
         <v>96</v>
       </c>
-      <c r="H120" s="87"/>
+      <c r="H120" s="83"/>
       <c r="I120" s="28"/>
       <c r="J120" s="28"/>
     </row>
-    <row r="121" spans="2:10" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="D121" s="78"/>
+    <row r="121" spans="2:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B121" s="74">
+        <v>42675</v>
+      </c>
+      <c r="C121" s="74"/>
+      <c r="D121" s="74"/>
       <c r="E121" s="20">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="F121" s="20">
-        <v>7.1</v>
+        <v>16.420000000000002</v>
       </c>
       <c r="G121" s="20">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="H121" s="87"/>
+        <v>96</v>
+      </c>
+      <c r="H121" s="83"/>
       <c r="I121" s="28"/>
       <c r="J121" s="28"/>
     </row>
     <row r="122" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B122" s="78">
-[...3 lines deleted...]
-      <c r="D122" s="78"/>
+      <c r="B122" s="74">
+        <v>42644</v>
+      </c>
+      <c r="C122" s="74"/>
+      <c r="D122" s="74"/>
       <c r="E122" s="20">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="F122" s="20">
-        <v>17.93</v>
+        <v>16.940000000000001</v>
       </c>
       <c r="G122" s="20">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="H122" s="87"/>
+        <v>96</v>
+      </c>
+      <c r="H122" s="83"/>
       <c r="I122" s="28"/>
       <c r="J122" s="28"/>
     </row>
     <row r="123" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B123" s="78">
-[...3 lines deleted...]
-      <c r="D123" s="78"/>
+      <c r="B123" s="74">
+        <v>42614</v>
+      </c>
+      <c r="C123" s="74"/>
+      <c r="D123" s="74"/>
       <c r="E123" s="20">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="F123" s="20">
-        <v>18.399999999999999</v>
+        <v>16.97</v>
       </c>
       <c r="G123" s="20">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="H123" s="87"/>
+        <v>96</v>
+      </c>
+      <c r="H123" s="83"/>
       <c r="I123" s="28"/>
       <c r="J123" s="28"/>
     </row>
     <row r="124" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B124" s="78">
-[...3 lines deleted...]
-      <c r="D124" s="78"/>
+      <c r="B124" s="74">
+        <v>42583</v>
+      </c>
+      <c r="C124" s="74"/>
+      <c r="D124" s="74"/>
       <c r="E124" s="20">
-        <v>-2</v>
+        <v>0</v>
       </c>
       <c r="F124" s="20">
-        <v>19.2</v>
+        <v>7.1</v>
       </c>
       <c r="G124" s="20">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="H124" s="87"/>
+        <v>100</v>
+      </c>
+      <c r="H124" s="83"/>
       <c r="I124" s="28"/>
       <c r="J124" s="28"/>
     </row>
-    <row r="125" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="D125" s="78"/>
+    <row r="125" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B125" s="74">
+        <v>42583</v>
+      </c>
+      <c r="C125" s="74"/>
+      <c r="D125" s="74"/>
       <c r="E125" s="20">
         <v>0</v>
       </c>
-      <c r="F125" s="13">
-        <v>20.55</v>
+      <c r="F125" s="20">
+        <v>17.93</v>
       </c>
       <c r="G125" s="20">
         <v>92</v>
       </c>
-      <c r="H125" s="87"/>
+      <c r="H125" s="83"/>
       <c r="I125" s="28"/>
       <c r="J125" s="28"/>
     </row>
-    <row r="126" spans="2:10" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="D126" s="78"/>
+    <row r="126" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B126" s="74">
+        <v>42552</v>
+      </c>
+      <c r="C126" s="74"/>
+      <c r="D126" s="74"/>
       <c r="E126" s="20">
         <v>0</v>
       </c>
       <c r="F126" s="20">
-        <v>15.9</v>
+        <v>18.399999999999999</v>
       </c>
       <c r="G126" s="20">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="H126" s="87"/>
+        <v>98</v>
+      </c>
+      <c r="H126" s="83"/>
       <c r="I126" s="28"/>
       <c r="J126" s="28"/>
     </row>
-    <row r="127" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="D127" s="78"/>
+    <row r="127" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B127" s="74">
+        <v>42522</v>
+      </c>
+      <c r="C127" s="74"/>
+      <c r="D127" s="74"/>
       <c r="E127" s="20">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="F127" s="20">
-        <v>16.600000000000001</v>
+        <v>19.2</v>
       </c>
       <c r="G127" s="20">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="H127" s="87"/>
+        <v>90</v>
+      </c>
+      <c r="H127" s="83"/>
       <c r="I127" s="28"/>
       <c r="J127" s="28"/>
     </row>
     <row r="128" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B128" s="78">
-[...3 lines deleted...]
-      <c r="D128" s="78"/>
+      <c r="B128" s="74">
+        <v>42491</v>
+      </c>
+      <c r="C128" s="74"/>
+      <c r="D128" s="74"/>
       <c r="E128" s="20">
         <v>0</v>
       </c>
-      <c r="F128" s="20">
-        <v>16.3</v>
+      <c r="F128" s="13">
+        <v>20.55</v>
       </c>
       <c r="G128" s="20">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="H128" s="87"/>
+        <v>92</v>
+      </c>
+      <c r="H128" s="83"/>
       <c r="I128" s="28"/>
       <c r="J128" s="28"/>
     </row>
-    <row r="129" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B129" s="73">
+    <row r="129" spans="2:10" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B129" s="74">
+        <v>42461</v>
+      </c>
+      <c r="C129" s="74"/>
+      <c r="D129" s="74"/>
+      <c r="E129" s="20">
+        <v>0</v>
+      </c>
+      <c r="F129" s="20">
+        <v>15.9</v>
+      </c>
+      <c r="G129" s="20">
+        <v>91</v>
+      </c>
+      <c r="H129" s="83"/>
+      <c r="I129" s="28"/>
+      <c r="J129" s="28"/>
+    </row>
+    <row r="130" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B130" s="74">
+        <v>42430</v>
+      </c>
+      <c r="C130" s="74"/>
+      <c r="D130" s="74"/>
+      <c r="E130" s="20">
+        <v>0</v>
+      </c>
+      <c r="F130" s="20">
+        <v>16.600000000000001</v>
+      </c>
+      <c r="G130" s="20">
+        <v>96</v>
+      </c>
+      <c r="H130" s="83"/>
+      <c r="I130" s="28"/>
+      <c r="J130" s="28"/>
+    </row>
+    <row r="131" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B131" s="74">
+        <v>42401</v>
+      </c>
+      <c r="C131" s="74"/>
+      <c r="D131" s="74"/>
+      <c r="E131" s="20">
+        <v>0</v>
+      </c>
+      <c r="F131" s="20">
+        <v>16.3</v>
+      </c>
+      <c r="G131" s="20">
+        <v>96</v>
+      </c>
+      <c r="H131" s="83"/>
+      <c r="I131" s="28"/>
+      <c r="J131" s="28"/>
+    </row>
+    <row r="132" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B132" s="69">
         <v>42370</v>
       </c>
-      <c r="C129" s="73"/>
-[...4 lines deleted...]
-      <c r="F129" s="20">
+      <c r="C132" s="69"/>
+      <c r="D132" s="69"/>
+      <c r="E132" s="20">
+        <v>0</v>
+      </c>
+      <c r="F132" s="20">
         <v>12.49</v>
       </c>
-      <c r="G129" s="20">
+      <c r="G132" s="20">
         <v>95</v>
       </c>
-      <c r="H129" s="87"/>
-[...4 lines deleted...]
-      <c r="B130" s="73">
+      <c r="H132" s="83"/>
+      <c r="I132" s="85"/>
+      <c r="J132" s="85"/>
+    </row>
+    <row r="133" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B133" s="69">
         <v>42339</v>
       </c>
-      <c r="C130" s="73"/>
-[...4 lines deleted...]
-      <c r="F130" s="20">
+      <c r="C133" s="69"/>
+      <c r="D133" s="69"/>
+      <c r="E133" s="20">
+        <v>0</v>
+      </c>
+      <c r="F133" s="20">
         <v>8.94</v>
       </c>
-      <c r="G130" s="20">
+      <c r="G133" s="20">
         <v>79</v>
       </c>
-      <c r="H130" s="87"/>
-[...4 lines deleted...]
-      <c r="B131" s="73">
+      <c r="H133" s="83"/>
+      <c r="I133" s="85"/>
+      <c r="J133" s="85"/>
+    </row>
+    <row r="134" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B134" s="69">
         <v>42309</v>
       </c>
-      <c r="C131" s="73"/>
-[...4 lines deleted...]
-      <c r="F131" s="20">
+      <c r="C134" s="69"/>
+      <c r="D134" s="69"/>
+      <c r="E134" s="20">
+        <v>0</v>
+      </c>
+      <c r="F134" s="20">
         <v>13.62</v>
       </c>
-      <c r="G131" s="20">
+      <c r="G134" s="20">
         <v>74</v>
       </c>
-      <c r="H131" s="87"/>
-[...4 lines deleted...]
-      <c r="B132" s="73">
+      <c r="H134" s="83"/>
+      <c r="I134" s="85"/>
+      <c r="J134" s="85"/>
+    </row>
+    <row r="135" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B135" s="69">
         <v>42278</v>
       </c>
-      <c r="C132" s="73"/>
-[...4 lines deleted...]
-      <c r="F132" s="20">
+      <c r="C135" s="69"/>
+      <c r="D135" s="69"/>
+      <c r="E135" s="20">
+        <v>0</v>
+      </c>
+      <c r="F135" s="20">
         <v>16.440000000000001</v>
-      </c>
-[...55 lines deleted...]
-        <v>16.79</v>
       </c>
       <c r="G135" s="20">
         <v>98</v>
       </c>
-      <c r="H135" s="87"/>
-[...1 lines deleted...]
-      <c r="J135" s="89"/>
+      <c r="H135" s="83"/>
+      <c r="I135" s="85"/>
+      <c r="J135" s="85"/>
     </row>
     <row r="136" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B136" s="73">
+      <c r="B136" s="69">
+        <v>42248</v>
+      </c>
+      <c r="C136" s="69"/>
+      <c r="D136" s="69"/>
+      <c r="E136" s="20">
+        <v>0</v>
+      </c>
+      <c r="F136" s="20">
+        <v>16.190000000000001</v>
+      </c>
+      <c r="G136" s="20">
+        <v>92</v>
+      </c>
+      <c r="H136" s="83"/>
+      <c r="I136" s="85"/>
+      <c r="J136" s="85"/>
+    </row>
+    <row r="137" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B137" s="69">
+        <v>42217</v>
+      </c>
+      <c r="C137" s="69"/>
+      <c r="D137" s="69"/>
+      <c r="E137" s="20">
+        <v>0</v>
+      </c>
+      <c r="F137" s="20">
+        <v>17.600000000000001</v>
+      </c>
+      <c r="G137" s="20">
+        <v>90</v>
+      </c>
+      <c r="H137" s="83"/>
+      <c r="I137" s="85"/>
+      <c r="J137" s="85"/>
+    </row>
+    <row r="138" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B138" s="69">
+        <v>42186</v>
+      </c>
+      <c r="C138" s="69"/>
+      <c r="D138" s="69"/>
+      <c r="E138" s="20">
+        <v>0</v>
+      </c>
+      <c r="F138" s="20">
+        <v>16.79</v>
+      </c>
+      <c r="G138" s="20">
+        <v>98</v>
+      </c>
+      <c r="H138" s="83"/>
+      <c r="I138" s="85"/>
+      <c r="J138" s="85"/>
+    </row>
+    <row r="139" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B139" s="69">
         <v>42156</v>
       </c>
-      <c r="C136" s="73"/>
-[...4 lines deleted...]
-      <c r="F136" s="20">
+      <c r="C139" s="69"/>
+      <c r="D139" s="69"/>
+      <c r="E139" s="20">
+        <v>0</v>
+      </c>
+      <c r="F139" s="20">
         <v>18.5</v>
       </c>
-      <c r="G136" s="20">
+      <c r="G139" s="20">
         <v>94</v>
       </c>
-      <c r="H136" s="87"/>
-[...4 lines deleted...]
-      <c r="B137" s="73">
+      <c r="H139" s="83"/>
+      <c r="I139" s="85"/>
+      <c r="J139" s="85"/>
+    </row>
+    <row r="140" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B140" s="69">
         <v>42125</v>
       </c>
-      <c r="C137" s="73"/>
-[...4 lines deleted...]
-      <c r="F137" s="20">
+      <c r="C140" s="69"/>
+      <c r="D140" s="69"/>
+      <c r="E140" s="20">
+        <v>0</v>
+      </c>
+      <c r="F140" s="20">
         <v>17.010000000000002</v>
       </c>
-      <c r="G137" s="20">
+      <c r="G140" s="20">
         <v>98</v>
       </c>
-      <c r="H137" s="87"/>
-[...4 lines deleted...]
-      <c r="B138" s="73">
+      <c r="H140" s="83"/>
+      <c r="I140" s="85"/>
+      <c r="J140" s="85"/>
+    </row>
+    <row r="141" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B141" s="69">
         <v>42095</v>
       </c>
-      <c r="C138" s="73"/>
-[...4 lines deleted...]
-      <c r="F138" s="20">
+      <c r="C141" s="69"/>
+      <c r="D141" s="69"/>
+      <c r="E141" s="20">
+        <v>0</v>
+      </c>
+      <c r="F141" s="20">
         <v>15.26</v>
       </c>
-      <c r="G138" s="20">
+      <c r="G141" s="20">
         <v>81</v>
       </c>
-      <c r="H138" s="87"/>
-[...4 lines deleted...]
-      <c r="B139" s="73">
+      <c r="H141" s="83"/>
+      <c r="I141" s="85"/>
+      <c r="J141" s="85"/>
+    </row>
+    <row r="142" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B142" s="69">
         <v>42064</v>
       </c>
-      <c r="C139" s="73"/>
-[...4 lines deleted...]
-      <c r="F139" s="13">
+      <c r="C142" s="69"/>
+      <c r="D142" s="69"/>
+      <c r="E142" s="13">
+        <v>0</v>
+      </c>
+      <c r="F142" s="13">
         <v>20.56</v>
       </c>
-      <c r="G139" s="13">
+      <c r="G142" s="13">
         <v>91</v>
       </c>
-      <c r="H139" s="87"/>
-[...4 lines deleted...]
-      <c r="B140" s="73">
+      <c r="H142" s="83"/>
+      <c r="I142" s="85"/>
+      <c r="J142" s="85"/>
+    </row>
+    <row r="143" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B143" s="69">
         <v>42036</v>
       </c>
-      <c r="C140" s="73"/>
-[...4 lines deleted...]
-      <c r="F140" s="20">
+      <c r="C143" s="69"/>
+      <c r="D143" s="69"/>
+      <c r="E143" s="20">
+        <v>0</v>
+      </c>
+      <c r="F143" s="20">
         <v>20.14</v>
       </c>
-      <c r="G140" s="20">
+      <c r="G143" s="20">
         <v>86</v>
       </c>
-      <c r="H140" s="87"/>
-[...4 lines deleted...]
-      <c r="B141" s="73">
+      <c r="H143" s="83"/>
+      <c r="I143" s="85"/>
+      <c r="J143" s="85"/>
+    </row>
+    <row r="144" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B144" s="69">
         <v>42005</v>
       </c>
-      <c r="C141" s="73"/>
-[...4 lines deleted...]
-      <c r="F141" s="13">
+      <c r="C144" s="69"/>
+      <c r="D144" s="69"/>
+      <c r="E144" s="13">
+        <v>0</v>
+      </c>
+      <c r="F144" s="13">
         <v>7.69</v>
       </c>
-      <c r="G141" s="13">
+      <c r="G144" s="13">
         <v>89</v>
       </c>
-      <c r="H141" s="87"/>
-[...4 lines deleted...]
-      <c r="B142" s="73">
+      <c r="H144" s="83"/>
+      <c r="I144" s="85"/>
+      <c r="J144" s="85"/>
+    </row>
+    <row r="145" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B145" s="69">
         <v>41974</v>
       </c>
-      <c r="C142" s="73"/>
-[...4 lines deleted...]
-      <c r="F142" s="13">
+      <c r="C145" s="69"/>
+      <c r="D145" s="69"/>
+      <c r="E145" s="13">
+        <v>0</v>
+      </c>
+      <c r="F145" s="13">
         <v>6.62</v>
       </c>
-      <c r="G142" s="13">
+      <c r="G145" s="13">
         <v>92</v>
       </c>
-      <c r="H142" s="87"/>
-[...4 lines deleted...]
-      <c r="B143" s="73">
+      <c r="H145" s="83"/>
+      <c r="I145" s="85"/>
+      <c r="J145" s="85"/>
+    </row>
+    <row r="146" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B146" s="69">
         <v>41944</v>
       </c>
-      <c r="C143" s="73"/>
-[...4 lines deleted...]
-      <c r="F143" s="13">
+      <c r="C146" s="69"/>
+      <c r="D146" s="69"/>
+      <c r="E146" s="13">
+        <v>0</v>
+      </c>
+      <c r="F146" s="13">
         <v>12.53</v>
       </c>
-      <c r="G143" s="13">
+      <c r="G146" s="13">
         <v>99</v>
       </c>
-      <c r="H143" s="87"/>
-[...4 lines deleted...]
-      <c r="B144" s="73">
+      <c r="H146" s="83"/>
+      <c r="I146" s="85"/>
+      <c r="J146" s="85"/>
+    </row>
+    <row r="147" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B147" s="69">
         <v>41913</v>
       </c>
-      <c r="C144" s="73"/>
-[...4 lines deleted...]
-      <c r="F144" s="13">
+      <c r="C147" s="69"/>
+      <c r="D147" s="69"/>
+      <c r="E147" s="13">
+        <v>0</v>
+      </c>
+      <c r="F147" s="13">
         <v>15.4</v>
       </c>
-      <c r="G144" s="13">
+      <c r="G147" s="13">
         <v>100</v>
       </c>
-      <c r="H144" s="87"/>
-[...4 lines deleted...]
-      <c r="B145" s="73">
+      <c r="H147" s="83"/>
+      <c r="I147" s="85"/>
+      <c r="J147" s="85"/>
+    </row>
+    <row r="148" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B148" s="69">
         <v>41883</v>
       </c>
-      <c r="C145" s="73"/>
-[...4 lines deleted...]
-      <c r="F145" s="13">
+      <c r="C148" s="69"/>
+      <c r="D148" s="69"/>
+      <c r="E148" s="13">
+        <v>0</v>
+      </c>
+      <c r="F148" s="13">
         <v>7.45</v>
       </c>
-      <c r="G145" s="13">
+      <c r="G148" s="13">
         <v>100</v>
       </c>
-      <c r="H145" s="87"/>
-[...1 lines deleted...]
-      <c r="J145" s="89"/>
+      <c r="H148" s="83"/>
+      <c r="I148" s="85"/>
+      <c r="J148" s="85"/>
     </row>
   </sheetData>
   <mergeCells count="13">
-    <mergeCell ref="B71:J71"/>
+    <mergeCell ref="B74:J74"/>
     <mergeCell ref="B3:J3"/>
     <mergeCell ref="B4:J4"/>
     <mergeCell ref="B5:J5"/>
     <mergeCell ref="B6:B8"/>
     <mergeCell ref="B9:J9"/>
     <mergeCell ref="E6:G6"/>
     <mergeCell ref="H6:H8"/>
     <mergeCell ref="E7:G7"/>
     <mergeCell ref="I6:J7"/>
     <mergeCell ref="D6:D8"/>
     <mergeCell ref="B10:J10"/>
     <mergeCell ref="C6:C8"/>
   </mergeCells>
   <phoneticPr fontId="7" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="B4:J4" r:id="rId1" display="Link to EPA Public Registers     https://www.epa.nsw.gov.au/licensing-and-regulation/public-registers" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" scale="17" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="B2:J22"/>
   <sheetViews>
     <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <selection activeCell="I13" sqref="I13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="2" max="3" width="10.44140625" customWidth="1"/>
     <col min="4" max="4" width="11.6640625" customWidth="1"/>
     <col min="8" max="8" width="35.88671875" customWidth="1"/>
     <col min="9" max="9" width="19.33203125" customWidth="1"/>
     <col min="10" max="10" width="16.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:10" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="3" spans="2:10" ht="34.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B3" s="103" t="s">
-[...9 lines deleted...]
-      <c r="J3" s="105"/>
+      <c r="B3" s="99" t="s">
+        <v>0</v>
+      </c>
+      <c r="C3" s="100"/>
+      <c r="D3" s="100"/>
+      <c r="E3" s="100"/>
+      <c r="F3" s="100"/>
+      <c r="G3" s="100"/>
+      <c r="H3" s="100"/>
+      <c r="I3" s="100"/>
+      <c r="J3" s="101"/>
     </row>
     <row r="4" spans="2:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B4" s="106" t="s">
+      <c r="B4" s="102" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="107"/>
-[...6 lines deleted...]
-      <c r="J4" s="108"/>
+      <c r="C4" s="103"/>
+      <c r="D4" s="103"/>
+      <c r="E4" s="103"/>
+      <c r="F4" s="103"/>
+      <c r="G4" s="103"/>
+      <c r="H4" s="103"/>
+      <c r="I4" s="103"/>
+      <c r="J4" s="104"/>
     </row>
     <row r="5" spans="2:10" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B5" s="109" t="s">
+      <c r="B5" s="105" t="s">
         <v>34</v>
       </c>
-      <c r="C5" s="110"/>
-[...6 lines deleted...]
-      <c r="J5" s="111"/>
+      <c r="C5" s="106"/>
+      <c r="D5" s="106"/>
+      <c r="E5" s="106"/>
+      <c r="F5" s="106"/>
+      <c r="G5" s="106"/>
+      <c r="H5" s="106"/>
+      <c r="I5" s="106"/>
+      <c r="J5" s="107"/>
     </row>
     <row r="6" spans="2:10" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B6" s="112" t="s">
+      <c r="B6" s="108" t="s">
         <v>3</v>
       </c>
-      <c r="C6" s="112" t="s">
+      <c r="C6" s="108" t="s">
         <v>4</v>
       </c>
-      <c r="D6" s="112" t="s">
+      <c r="D6" s="108" t="s">
         <v>5</v>
       </c>
-      <c r="E6" s="137" t="s">
+      <c r="E6" s="133" t="s">
         <v>35</v>
       </c>
-      <c r="F6" s="137"/>
-[...1 lines deleted...]
-      <c r="H6" s="121" t="s">
+      <c r="F6" s="133"/>
+      <c r="G6" s="134"/>
+      <c r="H6" s="117" t="s">
         <v>36</v>
       </c>
-      <c r="I6" s="127" t="s">
+      <c r="I6" s="123" t="s">
         <v>8</v>
       </c>
-      <c r="J6" s="128"/>
+      <c r="J6" s="124"/>
     </row>
     <row r="7" spans="2:10" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B7" s="113"/>
-[...2 lines deleted...]
-      <c r="E7" s="135" t="s">
+      <c r="B7" s="109"/>
+      <c r="C7" s="109"/>
+      <c r="D7" s="109"/>
+      <c r="E7" s="131" t="s">
         <v>37</v>
       </c>
-      <c r="F7" s="135"/>
-[...3 lines deleted...]
-      <c r="J7" s="130"/>
+      <c r="F7" s="131"/>
+      <c r="G7" s="132"/>
+      <c r="H7" s="118"/>
+      <c r="I7" s="125"/>
+      <c r="J7" s="126"/>
     </row>
     <row r="8" spans="2:10" ht="29.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B8" s="114"/>
-[...1 lines deleted...]
-      <c r="D8" s="114"/>
+      <c r="B8" s="110"/>
+      <c r="C8" s="110"/>
+      <c r="D8" s="110"/>
       <c r="E8" s="42" t="s">
         <v>10</v>
       </c>
       <c r="F8" s="19" t="s">
         <v>11</v>
       </c>
       <c r="G8" s="19" t="s">
         <v>12</v>
       </c>
-      <c r="H8" s="123"/>
+      <c r="H8" s="119"/>
       <c r="I8" s="40" t="s">
         <v>13</v>
       </c>
       <c r="J8" s="40" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="2:10" ht="34.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B9" s="115" t="s">
+      <c r="B9" s="111" t="s">
         <v>15</v>
       </c>
-      <c r="C9" s="116"/>
-[...6 lines deleted...]
-      <c r="J9" s="117"/>
+      <c r="C9" s="112"/>
+      <c r="D9" s="112"/>
+      <c r="E9" s="112"/>
+      <c r="F9" s="112"/>
+      <c r="G9" s="112"/>
+      <c r="H9" s="112"/>
+      <c r="I9" s="112"/>
+      <c r="J9" s="113"/>
     </row>
     <row r="10" spans="2:10" ht="63" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B10" s="131" t="s">
+      <c r="B10" s="127" t="s">
         <v>16</v>
       </c>
-      <c r="C10" s="132"/>
-[...6 lines deleted...]
-      <c r="J10" s="133"/>
+      <c r="C10" s="128"/>
+      <c r="D10" s="128"/>
+      <c r="E10" s="128"/>
+      <c r="F10" s="128"/>
+      <c r="G10" s="128"/>
+      <c r="H10" s="128"/>
+      <c r="I10" s="128"/>
+      <c r="J10" s="129"/>
     </row>
     <row r="11" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B11" s="93" t="s">
+      <c r="B11" s="88" t="s">
         <v>38</v>
       </c>
-      <c r="C11" s="93"/>
-      <c r="D11" s="93"/>
+      <c r="C11" s="88"/>
+      <c r="D11" s="88"/>
       <c r="E11" s="20" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="20" t="s">
         <v>38</v>
       </c>
       <c r="G11" s="20" t="s">
         <v>38</v>
       </c>
       <c r="H11" s="20" t="s">
         <v>38</v>
       </c>
       <c r="I11" s="20"/>
       <c r="J11" s="20"/>
     </row>
     <row r="12" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B12" s="93">
+      <c r="B12" s="88">
         <v>45748</v>
       </c>
-      <c r="C12" s="93">
+      <c r="C12" s="88">
         <v>45809</v>
       </c>
-      <c r="D12" s="93">
+      <c r="D12" s="88">
         <v>45809</v>
       </c>
       <c r="E12" s="20">
         <v>160</v>
       </c>
       <c r="F12" s="20">
         <v>160</v>
       </c>
       <c r="G12" s="20">
         <v>160</v>
       </c>
-      <c r="H12" s="94" t="s">
+      <c r="H12" s="89" t="s">
         <v>128</v>
       </c>
       <c r="I12" s="20"/>
       <c r="J12" s="20"/>
     </row>
     <row r="13" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B13" s="93">
+      <c r="B13" s="88">
         <v>45393</v>
       </c>
-      <c r="C13" s="93">
+      <c r="C13" s="88">
         <v>45426</v>
       </c>
-      <c r="D13" s="93">
+      <c r="D13" s="88">
         <v>45427</v>
       </c>
       <c r="E13" s="20">
         <v>370</v>
       </c>
       <c r="F13" s="20">
         <v>370</v>
       </c>
       <c r="G13" s="20">
         <v>370</v>
       </c>
       <c r="H13" s="20" t="s">
         <v>39</v>
       </c>
       <c r="I13" s="20"/>
       <c r="J13" s="20"/>
     </row>
     <row r="14" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B14" s="93">
+      <c r="B14" s="88">
         <v>45047</v>
       </c>
-      <c r="C14" s="93">
+      <c r="C14" s="88">
         <v>45078</v>
       </c>
-      <c r="D14" s="93">
+      <c r="D14" s="88">
         <v>45078</v>
       </c>
       <c r="E14" s="20">
         <v>240</v>
       </c>
       <c r="F14" s="20">
         <v>240</v>
       </c>
       <c r="G14" s="20">
         <v>240</v>
       </c>
       <c r="H14" s="20" t="s">
         <v>39</v>
       </c>
       <c r="I14" s="20"/>
       <c r="J14" s="20"/>
     </row>
     <row r="15" spans="2:10" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B15" s="93">
+      <c r="B15" s="88">
         <v>44621</v>
       </c>
-      <c r="C15" s="93">
+      <c r="C15" s="88">
         <v>44682</v>
       </c>
-      <c r="D15" s="93">
+      <c r="D15" s="88">
         <v>44682</v>
       </c>
       <c r="E15" s="20">
         <v>350</v>
       </c>
       <c r="F15" s="20">
         <v>350</v>
       </c>
       <c r="G15" s="20">
         <v>350</v>
       </c>
       <c r="H15" s="20" t="s">
         <v>39</v>
       </c>
       <c r="I15" s="20"/>
       <c r="J15" s="20"/>
     </row>
     <row r="16" spans="2:10" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B16" s="93">
+      <c r="B16" s="88">
         <v>44224</v>
       </c>
-      <c r="C16" s="93">
+      <c r="C16" s="88">
         <v>44337</v>
       </c>
-      <c r="D16" s="93">
+      <c r="D16" s="88">
         <v>44348</v>
       </c>
       <c r="E16" s="20">
         <v>260</v>
       </c>
       <c r="F16" s="20">
         <v>260</v>
       </c>
       <c r="G16" s="20">
         <v>260</v>
       </c>
       <c r="H16" s="20" t="s">
         <v>39</v>
       </c>
       <c r="I16" s="20"/>
       <c r="J16" s="20"/>
     </row>
     <row r="17" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B17" s="134" t="s">
+      <c r="B17" s="130" t="s">
         <v>27</v>
       </c>
-      <c r="C17" s="134"/>
-[...6 lines deleted...]
-      <c r="J17" s="134"/>
+      <c r="C17" s="130"/>
+      <c r="D17" s="130"/>
+      <c r="E17" s="130"/>
+      <c r="F17" s="130"/>
+      <c r="G17" s="130"/>
+      <c r="H17" s="130"/>
+      <c r="I17" s="130"/>
+      <c r="J17" s="130"/>
     </row>
     <row r="18" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B18" s="93">
+      <c r="B18" s="88">
         <v>43831</v>
       </c>
-      <c r="C18" s="93"/>
-      <c r="D18" s="93"/>
+      <c r="C18" s="88"/>
+      <c r="D18" s="88"/>
       <c r="E18" s="20">
         <v>220</v>
       </c>
       <c r="F18" s="20">
         <v>220</v>
       </c>
       <c r="G18" s="20">
         <v>230</v>
       </c>
       <c r="H18" s="20" t="s">
         <v>40</v>
       </c>
       <c r="I18" s="20"/>
       <c r="J18" s="20"/>
     </row>
     <row r="19" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B19" s="93">
+      <c r="B19" s="88">
         <v>43497</v>
       </c>
-      <c r="C19" s="93"/>
-      <c r="D19" s="93"/>
+      <c r="C19" s="88"/>
+      <c r="D19" s="88"/>
       <c r="E19" s="20">
         <v>120</v>
       </c>
       <c r="F19" s="20">
         <v>120</v>
       </c>
       <c r="G19" s="20">
         <v>120</v>
       </c>
       <c r="H19" s="20" t="s">
         <v>40</v>
       </c>
       <c r="I19" s="20"/>
       <c r="J19" s="20"/>
     </row>
     <row r="20" spans="2:10" ht="43.2" x14ac:dyDescent="0.3">
-      <c r="B20" s="93">
+      <c r="B20" s="88">
         <v>43009</v>
       </c>
-      <c r="C20" s="93"/>
-      <c r="D20" s="93"/>
+      <c r="C20" s="88"/>
+      <c r="D20" s="88"/>
       <c r="E20" s="20">
         <v>250</v>
       </c>
       <c r="F20" s="20">
         <v>250</v>
       </c>
       <c r="G20" s="20">
         <v>250</v>
       </c>
       <c r="H20" s="20"/>
       <c r="I20" s="13" t="s">
         <v>32</v>
       </c>
-      <c r="J20" s="88" t="s">
+      <c r="J20" s="84" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="21" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B21" s="93">
+      <c r="B21" s="88">
         <v>42826</v>
       </c>
-      <c r="C21" s="93"/>
-      <c r="D21" s="93"/>
+      <c r="C21" s="88"/>
+      <c r="D21" s="88"/>
       <c r="E21" s="20">
         <v>230</v>
       </c>
       <c r="F21" s="20">
         <v>240</v>
       </c>
       <c r="G21" s="20">
         <v>250</v>
       </c>
       <c r="H21" s="20"/>
       <c r="I21" s="20"/>
       <c r="J21" s="20"/>
     </row>
     <row r="22" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B22" s="72">
+      <c r="B22" s="68">
         <v>42064</v>
       </c>
-      <c r="C22" s="72"/>
-      <c r="D22" s="72"/>
+      <c r="C22" s="68"/>
+      <c r="D22" s="68"/>
       <c r="E22" s="13">
         <v>220</v>
       </c>
       <c r="F22" s="13">
         <v>220</v>
       </c>
       <c r="G22" s="13">
         <v>220</v>
       </c>
       <c r="H22" s="13"/>
       <c r="I22" s="13"/>
       <c r="J22" s="13"/>
     </row>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="B17:J17"/>
     <mergeCell ref="B3:J3"/>
     <mergeCell ref="B4:J4"/>
     <mergeCell ref="B5:J5"/>
     <mergeCell ref="B9:J9"/>
     <mergeCell ref="E7:G7"/>
     <mergeCell ref="E6:G6"/>
     <mergeCell ref="H6:H8"/>
     <mergeCell ref="B6:B8"/>
     <mergeCell ref="I6:J7"/>
     <mergeCell ref="D6:D8"/>
     <mergeCell ref="B10:J10"/>
     <mergeCell ref="C6:C8"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B4:J4" r:id="rId1" display="Link to EPA Public Registers     https://www.epa.nsw.gov.au/licensing-and-regulation/public-registers" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="B2:J142"/>
+  <dimension ref="B2:J149"/>
   <sheetViews>
-    <sheetView topLeftCell="A7" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="A13" sqref="A13:XFD13"/>
+    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="M17" sqref="M17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="2" max="2" width="12" customWidth="1"/>
     <col min="3" max="3" width="20" customWidth="1"/>
     <col min="4" max="4" width="14.33203125" customWidth="1"/>
     <col min="8" max="8" width="72.5546875" style="53" customWidth="1"/>
     <col min="9" max="9" width="14.44140625" customWidth="1"/>
     <col min="10" max="10" width="13.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:10" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="3" spans="2:10" ht="34.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B3" s="103" t="s">
-[...9 lines deleted...]
-      <c r="J3" s="105"/>
+      <c r="B3" s="99" t="s">
+        <v>0</v>
+      </c>
+      <c r="C3" s="100"/>
+      <c r="D3" s="100"/>
+      <c r="E3" s="100"/>
+      <c r="F3" s="100"/>
+      <c r="G3" s="100"/>
+      <c r="H3" s="100"/>
+      <c r="I3" s="100"/>
+      <c r="J3" s="101"/>
     </row>
     <row r="4" spans="2:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B4" s="106" t="s">
+      <c r="B4" s="102" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="107"/>
-[...6 lines deleted...]
-      <c r="J4" s="108"/>
+      <c r="C4" s="103"/>
+      <c r="D4" s="103"/>
+      <c r="E4" s="103"/>
+      <c r="F4" s="103"/>
+      <c r="G4" s="103"/>
+      <c r="H4" s="103"/>
+      <c r="I4" s="103"/>
+      <c r="J4" s="104"/>
     </row>
     <row r="5" spans="2:10" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B5" s="109" t="s">
+      <c r="B5" s="105" t="s">
         <v>41</v>
       </c>
-      <c r="C5" s="110"/>
-[...6 lines deleted...]
-      <c r="J5" s="111"/>
+      <c r="C5" s="106"/>
+      <c r="D5" s="106"/>
+      <c r="E5" s="106"/>
+      <c r="F5" s="106"/>
+      <c r="G5" s="106"/>
+      <c r="H5" s="106"/>
+      <c r="I5" s="106"/>
+      <c r="J5" s="107"/>
     </row>
     <row r="6" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B6" s="112" t="s">
+      <c r="B6" s="108" t="s">
         <v>3</v>
       </c>
-      <c r="C6" s="112" t="s">
+      <c r="C6" s="108" t="s">
         <v>4</v>
       </c>
-      <c r="D6" s="112" t="s">
+      <c r="D6" s="108" t="s">
         <v>5</v>
       </c>
-      <c r="E6" s="118" t="s">
+      <c r="E6" s="114" t="s">
         <v>6</v>
       </c>
-      <c r="F6" s="119"/>
-[...1 lines deleted...]
-      <c r="H6" s="121" t="s">
+      <c r="F6" s="115"/>
+      <c r="G6" s="116"/>
+      <c r="H6" s="117" t="s">
         <v>36</v>
       </c>
-      <c r="I6" s="127" t="s">
+      <c r="I6" s="123" t="s">
         <v>8</v>
       </c>
-      <c r="J6" s="128"/>
+      <c r="J6" s="124"/>
     </row>
     <row r="7" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B7" s="113"/>
-[...2 lines deleted...]
-      <c r="E7" s="124" t="s">
+      <c r="B7" s="109"/>
+      <c r="C7" s="109"/>
+      <c r="D7" s="109"/>
+      <c r="E7" s="120" t="s">
         <v>9</v>
       </c>
-      <c r="F7" s="125"/>
-[...3 lines deleted...]
-      <c r="J7" s="140"/>
+      <c r="F7" s="121"/>
+      <c r="G7" s="122"/>
+      <c r="H7" s="118"/>
+      <c r="I7" s="135"/>
+      <c r="J7" s="136"/>
     </row>
     <row r="8" spans="2:10" ht="29.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B8" s="114"/>
-[...1 lines deleted...]
-      <c r="D8" s="114"/>
+      <c r="B8" s="110"/>
+      <c r="C8" s="110"/>
+      <c r="D8" s="110"/>
       <c r="E8" s="18" t="s">
         <v>10</v>
       </c>
       <c r="F8" s="19" t="s">
         <v>11</v>
       </c>
       <c r="G8" s="19" t="s">
         <v>12</v>
       </c>
-      <c r="H8" s="123"/>
+      <c r="H8" s="119"/>
       <c r="I8" s="25" t="s">
         <v>13</v>
       </c>
       <c r="J8" s="26" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="2:10" ht="34.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B9" s="115" t="s">
+      <c r="B9" s="111" t="s">
         <v>15</v>
       </c>
-      <c r="C9" s="116"/>
-[...6 lines deleted...]
-      <c r="J9" s="117"/>
+      <c r="C9" s="112"/>
+      <c r="D9" s="112"/>
+      <c r="E9" s="112"/>
+      <c r="F9" s="112"/>
+      <c r="G9" s="112"/>
+      <c r="H9" s="112"/>
+      <c r="I9" s="112"/>
+      <c r="J9" s="113"/>
     </row>
     <row r="10" spans="2:10" ht="51.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B10" s="131" t="s">
+      <c r="B10" s="137" t="s">
         <v>16</v>
       </c>
-      <c r="C10" s="132"/>
-[...6 lines deleted...]
-      <c r="J10" s="133"/>
+      <c r="C10" s="138"/>
+      <c r="D10" s="138"/>
+      <c r="E10" s="138"/>
+      <c r="F10" s="138"/>
+      <c r="G10" s="138"/>
+      <c r="H10" s="138"/>
+      <c r="I10" s="138"/>
+      <c r="J10" s="139"/>
     </row>
     <row r="11" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B11" s="96"/>
-[...7 lines deleted...]
-      <c r="J11" s="62"/>
+      <c r="B11" s="27"/>
+      <c r="C11" s="27"/>
+      <c r="D11" s="27"/>
+      <c r="E11" s="23"/>
+      <c r="F11" s="96"/>
+      <c r="G11" s="35"/>
+      <c r="H11" s="77"/>
+      <c r="I11" s="27"/>
+      <c r="J11" s="97"/>
     </row>
     <row r="12" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B12" s="28"/>
-      <c r="C12" s="27"/>
-[...5 lines deleted...]
-      <c r="I12" s="27"/>
+      <c r="C12" s="28"/>
+      <c r="D12" s="28"/>
+      <c r="E12" s="20"/>
+      <c r="F12" s="76"/>
+      <c r="G12" s="20"/>
+      <c r="H12" s="75"/>
+      <c r="I12" s="28"/>
       <c r="J12" s="28"/>
     </row>
-    <row r="13" spans="2:10" ht="43.2" x14ac:dyDescent="0.3">
-[...21 lines deleted...]
-      <c r="I13" s="27"/>
+    <row r="13" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B13" s="28"/>
+      <c r="C13" s="28"/>
+      <c r="D13" s="28"/>
+      <c r="E13" s="20"/>
+      <c r="F13" s="76"/>
+      <c r="G13" s="20"/>
+      <c r="H13" s="75"/>
+      <c r="I13" s="28"/>
       <c r="J13" s="28"/>
     </row>
-    <row r="14" spans="2:10" ht="43.2" x14ac:dyDescent="0.3">
-[...21 lines deleted...]
-      <c r="I14" s="27"/>
+    <row r="14" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B14" s="28"/>
+      <c r="C14" s="28"/>
+      <c r="D14" s="28"/>
+      <c r="E14" s="20"/>
+      <c r="F14" s="76"/>
+      <c r="G14" s="20"/>
+      <c r="H14" s="75"/>
+      <c r="I14" s="28"/>
       <c r="J14" s="28"/>
     </row>
-    <row r="15" spans="2:10" ht="43.2" x14ac:dyDescent="0.3">
-[...21 lines deleted...]
-      <c r="I15" s="27"/>
+    <row r="15" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B15" s="28"/>
+      <c r="C15" s="28"/>
+      <c r="D15" s="28"/>
+      <c r="E15" s="20"/>
+      <c r="F15" s="76"/>
+      <c r="G15" s="20"/>
+      <c r="H15" s="75"/>
+      <c r="I15" s="28"/>
       <c r="J15" s="28"/>
     </row>
-    <row r="16" spans="2:10" ht="64.8" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>45719</v>
+    <row r="16" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B16" s="74">
+        <v>45901</v>
+      </c>
+      <c r="C16" s="80">
+        <v>45943</v>
+      </c>
+      <c r="D16" s="80">
+        <v>45943</v>
       </c>
       <c r="E16" s="23">
         <v>0</v>
       </c>
-      <c r="F16" s="91">
-        <v>3.93</v>
+      <c r="F16" s="96">
+        <v>0</v>
       </c>
       <c r="G16" s="35">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="H16" s="79" t="s">
+        <v>0</v>
+      </c>
+      <c r="H16" s="75" t="s">
+        <v>130</v>
+      </c>
+      <c r="I16" s="28"/>
+      <c r="J16" s="28"/>
+    </row>
+    <row r="17" spans="2:10" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="B17" s="74">
+        <v>45870</v>
+      </c>
+      <c r="C17" s="80">
+        <v>45903</v>
+      </c>
+      <c r="D17" s="80">
+        <v>45903</v>
+      </c>
+      <c r="E17" s="23">
+        <v>0</v>
+      </c>
+      <c r="F17" s="86">
+        <v>5.05</v>
+      </c>
+      <c r="G17" s="35">
+        <v>79</v>
+      </c>
+      <c r="H17" s="75" t="s">
         <v>125</v>
-      </c>
-[...23 lines deleted...]
-        <v>17</v>
       </c>
       <c r="I17" s="27"/>
       <c r="J17" s="28"/>
     </row>
-    <row r="18" spans="2:10" ht="64.8" customHeight="1" x14ac:dyDescent="0.3">
-[...19 lines deleted...]
-        <v>17</v>
+    <row r="18" spans="2:10" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="B18" s="74">
+        <v>45839</v>
+      </c>
+      <c r="C18" s="80">
+        <v>45903</v>
+      </c>
+      <c r="D18" s="80">
+        <v>45903</v>
+      </c>
+      <c r="E18" s="86">
+        <v>0</v>
+      </c>
+      <c r="F18" s="86">
+        <v>4.58</v>
+      </c>
+      <c r="G18" s="86">
+        <v>74</v>
+      </c>
+      <c r="H18" s="75" t="s">
+        <v>125</v>
       </c>
       <c r="I18" s="27"/>
       <c r="J18" s="28"/>
     </row>
-    <row r="19" spans="2:10" ht="64.8" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>45690</v>
+    <row r="19" spans="2:10" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="B19" s="74">
+        <v>45809</v>
+      </c>
+      <c r="C19" s="80">
+        <v>45903</v>
+      </c>
+      <c r="D19" s="80">
+        <v>45903</v>
       </c>
       <c r="E19" s="23">
         <v>0</v>
       </c>
-      <c r="F19" s="91">
-        <v>5.3</v>
+      <c r="F19" s="92">
+        <v>4.66</v>
       </c>
       <c r="G19" s="35">
-        <v>78</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>74</v>
+      </c>
+      <c r="H19" s="75" t="s">
+        <v>125</v>
       </c>
       <c r="I19" s="27"/>
       <c r="J19" s="28"/>
     </row>
-    <row r="20" spans="2:10" ht="59.4" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>45608</v>
+    <row r="20" spans="2:10" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="B20" s="74">
+        <v>45778</v>
+      </c>
+      <c r="C20" s="80">
+        <v>45814</v>
+      </c>
+      <c r="D20" s="80">
+        <v>45818</v>
       </c>
       <c r="E20" s="23">
         <v>0</v>
       </c>
-      <c r="F20" s="91">
-        <v>6.9</v>
+      <c r="F20" s="92">
+        <v>0</v>
       </c>
       <c r="G20" s="35">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>0</v>
+      </c>
+      <c r="H20" s="75" t="s">
+        <v>126</v>
       </c>
       <c r="I20" s="27"/>
       <c r="J20" s="28"/>
     </row>
-    <row r="21" spans="2:10" s="5" customFormat="1" ht="60.6" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>45575</v>
+    <row r="21" spans="2:10" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="B21" s="74">
+        <v>45748</v>
+      </c>
+      <c r="C21" s="80">
+        <v>45814</v>
+      </c>
+      <c r="D21" s="80">
+        <v>45818</v>
       </c>
       <c r="E21" s="23">
         <v>0</v>
       </c>
-      <c r="F21" s="91">
-        <v>7.09</v>
+      <c r="F21" s="86">
+        <v>0</v>
       </c>
       <c r="G21" s="35">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>0</v>
+      </c>
+      <c r="H21" s="75" t="s">
+        <v>126</v>
       </c>
       <c r="I21" s="27"/>
       <c r="J21" s="28"/>
     </row>
-    <row r="22" spans="2:10" s="5" customFormat="1" ht="57.6" customHeight="1" x14ac:dyDescent="0.3">
-[...19 lines deleted...]
-        <v>17</v>
+    <row r="22" spans="2:10" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="B22" s="74">
+        <v>45717</v>
+      </c>
+      <c r="C22" s="80">
+        <v>45814</v>
+      </c>
+      <c r="D22" s="80">
+        <v>45818</v>
+      </c>
+      <c r="E22" s="23">
+        <v>0</v>
+      </c>
+      <c r="F22" s="86">
+        <v>0</v>
+      </c>
+      <c r="G22" s="35">
+        <v>0</v>
+      </c>
+      <c r="H22" s="75" t="s">
+        <v>126</v>
       </c>
       <c r="I22" s="27"/>
       <c r="J22" s="28"/>
     </row>
-    <row r="23" spans="2:10" s="5" customFormat="1" ht="60.6" customHeight="1" x14ac:dyDescent="0.3">
-[...19 lines deleted...]
-        <v>17</v>
+    <row r="23" spans="2:10" ht="64.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B23" s="94">
+        <v>45689</v>
+      </c>
+      <c r="C23" s="80">
+        <v>45719</v>
+      </c>
+      <c r="D23" s="80">
+        <v>45719</v>
+      </c>
+      <c r="E23" s="23">
+        <v>0</v>
+      </c>
+      <c r="F23" s="86">
+        <v>3.93</v>
+      </c>
+      <c r="G23" s="35">
+        <v>55</v>
+      </c>
+      <c r="H23" s="75" t="s">
+        <v>125</v>
       </c>
       <c r="I23" s="27"/>
       <c r="J23" s="28"/>
     </row>
-    <row r="24" spans="2:10" s="5" customFormat="1" ht="60.6" customHeight="1" x14ac:dyDescent="0.3">
-[...18 lines deleted...]
-      <c r="H24" s="79" t="s">
+    <row r="24" spans="2:10" ht="64.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B24" s="74">
+        <v>45659</v>
+      </c>
+      <c r="C24" s="80">
+        <v>45690</v>
+      </c>
+      <c r="D24" s="80">
+        <v>45690</v>
+      </c>
+      <c r="E24" s="23">
+        <v>0</v>
+      </c>
+      <c r="F24" s="86">
+        <v>4.2</v>
+      </c>
+      <c r="G24" s="35">
+        <v>78</v>
+      </c>
+      <c r="H24" s="75" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="27"/>
       <c r="J24" s="28"/>
     </row>
-    <row r="25" spans="2:10" s="5" customFormat="1" ht="60.6" customHeight="1" x14ac:dyDescent="0.3">
-[...18 lines deleted...]
-      <c r="H25" s="79" t="s">
+    <row r="25" spans="2:10" ht="64.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B25" s="74">
+        <v>45627</v>
+      </c>
+      <c r="C25" s="80">
+        <v>45690</v>
+      </c>
+      <c r="D25" s="80">
+        <v>45690</v>
+      </c>
+      <c r="E25" s="23">
+        <v>0</v>
+      </c>
+      <c r="F25" s="86">
+        <v>6.95</v>
+      </c>
+      <c r="G25" s="35">
+        <v>60</v>
+      </c>
+      <c r="H25" s="75" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="27"/>
       <c r="J25" s="28"/>
     </row>
-    <row r="26" spans="2:10" ht="61.95" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>45426</v>
+    <row r="26" spans="2:10" ht="64.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B26" s="74">
+        <v>45597</v>
+      </c>
+      <c r="C26" s="80">
+        <v>45690</v>
+      </c>
+      <c r="D26" s="80">
+        <v>45690</v>
       </c>
       <c r="E26" s="23">
         <v>0</v>
       </c>
-      <c r="F26" s="23">
-[...5 lines deleted...]
-      <c r="H26" s="81" t="s">
+      <c r="F26" s="86">
+        <v>5.3</v>
+      </c>
+      <c r="G26" s="35">
+        <v>78</v>
+      </c>
+      <c r="H26" s="75" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="27"/>
       <c r="J26" s="28"/>
     </row>
-    <row r="27" spans="2:10" ht="57.6" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>45401</v>
+    <row r="27" spans="2:10" ht="59.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B27" s="74">
+        <v>45566</v>
+      </c>
+      <c r="C27" s="80">
+        <v>45608</v>
+      </c>
+      <c r="D27" s="80">
+        <v>45608</v>
       </c>
       <c r="E27" s="23">
         <v>0</v>
       </c>
-      <c r="F27" s="23">
-[...5 lines deleted...]
-      <c r="H27" s="81" t="s">
+      <c r="F27" s="86">
+        <v>6.9</v>
+      </c>
+      <c r="G27" s="35">
+        <v>65</v>
+      </c>
+      <c r="H27" s="75" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="27"/>
       <c r="J27" s="28"/>
     </row>
-    <row r="28" spans="2:10" ht="59.4" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>45401</v>
+    <row r="28" spans="2:10" s="5" customFormat="1" ht="60.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B28" s="74">
+        <v>45536</v>
+      </c>
+      <c r="C28" s="80">
+        <v>45575</v>
+      </c>
+      <c r="D28" s="80">
+        <v>45575</v>
       </c>
       <c r="E28" s="23">
         <v>0</v>
       </c>
-      <c r="F28" s="23">
-[...5 lines deleted...]
-      <c r="H28" s="81" t="s">
+      <c r="F28" s="86">
+        <v>7.09</v>
+      </c>
+      <c r="G28" s="35">
+        <v>74</v>
+      </c>
+      <c r="H28" s="75" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="27"/>
       <c r="J28" s="28"/>
     </row>
-    <row r="29" spans="2:10" ht="61.2" customHeight="1" x14ac:dyDescent="0.3">
-[...18 lines deleted...]
-      <c r="H29" s="81" t="s">
+    <row r="29" spans="2:10" s="5" customFormat="1" ht="57.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B29" s="74">
+        <v>45505</v>
+      </c>
+      <c r="C29" s="87">
+        <v>45537</v>
+      </c>
+      <c r="D29" s="87">
+        <v>45537</v>
+      </c>
+      <c r="E29" s="86">
+        <v>0</v>
+      </c>
+      <c r="F29" s="86">
+        <v>8.76</v>
+      </c>
+      <c r="G29" s="86">
+        <v>80</v>
+      </c>
+      <c r="H29" s="75" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="27"/>
       <c r="J29" s="28"/>
     </row>
-    <row r="30" spans="2:10" ht="61.95" customHeight="1" x14ac:dyDescent="0.3">
-[...18 lines deleted...]
-      <c r="H30" s="81" t="s">
+    <row r="30" spans="2:10" s="5" customFormat="1" ht="60.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B30" s="74">
+        <v>45474</v>
+      </c>
+      <c r="C30" s="87">
+        <v>45510</v>
+      </c>
+      <c r="D30" s="87">
+        <v>45510</v>
+      </c>
+      <c r="E30" s="86">
+        <v>0</v>
+      </c>
+      <c r="F30" s="86">
+        <v>6.06</v>
+      </c>
+      <c r="G30" s="86">
+        <v>74</v>
+      </c>
+      <c r="H30" s="75" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="27"/>
       <c r="J30" s="28"/>
     </row>
-    <row r="31" spans="2:10" ht="57.6" customHeight="1" x14ac:dyDescent="0.3">
-[...18 lines deleted...]
-      <c r="H31" s="81" t="s">
+    <row r="31" spans="2:10" s="5" customFormat="1" ht="60.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B31" s="74">
+        <v>45444</v>
+      </c>
+      <c r="C31" s="87">
+        <v>45481</v>
+      </c>
+      <c r="D31" s="87">
+        <v>45481</v>
+      </c>
+      <c r="E31" s="86">
+        <v>0</v>
+      </c>
+      <c r="F31" s="86">
+        <v>8.76</v>
+      </c>
+      <c r="G31" s="86">
+        <v>63</v>
+      </c>
+      <c r="H31" s="75" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="27"/>
       <c r="J31" s="28"/>
     </row>
-    <row r="32" spans="2:10" ht="58.95" customHeight="1" x14ac:dyDescent="0.3">
-[...18 lines deleted...]
-      <c r="H32" s="81" t="s">
+    <row r="32" spans="2:10" s="5" customFormat="1" ht="60.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B32" s="74">
+        <v>45413</v>
+      </c>
+      <c r="C32" s="81">
+        <v>45456</v>
+      </c>
+      <c r="D32" s="81">
+        <v>45456</v>
+      </c>
+      <c r="E32" s="20">
+        <v>0</v>
+      </c>
+      <c r="F32" s="20">
+        <v>8.61</v>
+      </c>
+      <c r="G32" s="20">
+        <v>76</v>
+      </c>
+      <c r="H32" s="75" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="27"/>
       <c r="J32" s="28"/>
     </row>
-    <row r="33" spans="2:10" ht="58.95" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>45401</v>
+    <row r="33" spans="2:10" ht="61.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B33" s="74">
+        <v>45383</v>
+      </c>
+      <c r="C33" s="80">
+        <v>45426</v>
+      </c>
+      <c r="D33" s="80">
+        <v>45426</v>
       </c>
       <c r="E33" s="23">
         <v>0</v>
       </c>
       <c r="F33" s="23">
-        <v>10.5</v>
+        <v>7.75</v>
       </c>
       <c r="G33" s="23">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="H33" s="81" t="s">
+        <v>75</v>
+      </c>
+      <c r="H33" s="77" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="27"/>
       <c r="J33" s="28"/>
     </row>
-    <row r="34" spans="2:10" ht="60.6" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="C34" s="84">
+    <row r="34" spans="2:10" ht="57.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B34" s="74">
+        <v>45352</v>
+      </c>
+      <c r="C34" s="80">
         <v>45401</v>
       </c>
-      <c r="D34" s="84">
+      <c r="D34" s="80">
         <v>45401</v>
       </c>
       <c r="E34" s="23">
         <v>0</v>
       </c>
       <c r="F34" s="23">
-        <v>11.3</v>
+        <v>7.9</v>
       </c>
       <c r="G34" s="23">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="H34" s="81" t="s">
+        <v>78</v>
+      </c>
+      <c r="H34" s="77" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="27"/>
       <c r="J34" s="28"/>
     </row>
-    <row r="35" spans="2:10" ht="60.6" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>45163</v>
+    <row r="35" spans="2:10" ht="59.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B35" s="74">
+        <v>45323</v>
+      </c>
+      <c r="C35" s="80">
+        <v>45401</v>
+      </c>
+      <c r="D35" s="80">
+        <v>45401</v>
       </c>
       <c r="E35" s="23">
         <v>0</v>
       </c>
       <c r="F35" s="23">
-        <v>14.3</v>
+        <v>5.7</v>
       </c>
       <c r="G35" s="23">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="H35" s="81" t="s">
+        <v>72</v>
+      </c>
+      <c r="H35" s="77" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="27"/>
       <c r="J35" s="28"/>
     </row>
-    <row r="36" spans="2:10" ht="61.95" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>45163</v>
+    <row r="36" spans="2:10" ht="61.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B36" s="74">
+        <v>45292</v>
+      </c>
+      <c r="C36" s="80">
+        <v>45401</v>
+      </c>
+      <c r="D36" s="80">
+        <v>45401</v>
       </c>
       <c r="E36" s="23">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="F36" s="23">
-        <v>12.74</v>
+        <v>2.6</v>
       </c>
       <c r="G36" s="23">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="H36" s="81" t="s">
+        <v>69</v>
+      </c>
+      <c r="H36" s="77" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="27"/>
       <c r="J36" s="28"/>
     </row>
     <row r="37" spans="2:10" ht="61.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B37" s="78">
-[...6 lines deleted...]
-        <v>45086</v>
+      <c r="B37" s="74">
+        <v>45261</v>
+      </c>
+      <c r="C37" s="80">
+        <v>45401</v>
+      </c>
+      <c r="D37" s="80">
+        <v>45401</v>
       </c>
       <c r="E37" s="23">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="F37" s="23">
-        <v>11.3</v>
+        <v>2.9</v>
       </c>
       <c r="G37" s="23">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="H37" s="81" t="s">
+        <v>42</v>
+      </c>
+      <c r="H37" s="77" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="27"/>
       <c r="J37" s="28"/>
     </row>
     <row r="38" spans="2:10" ht="57.6" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B38" s="78">
-[...6 lines deleted...]
-        <v>45085</v>
+      <c r="B38" s="74">
+        <v>45231</v>
+      </c>
+      <c r="C38" s="80">
+        <v>45401</v>
+      </c>
+      <c r="D38" s="80">
+        <v>45401</v>
       </c>
       <c r="E38" s="23">
         <v>0</v>
       </c>
       <c r="F38" s="23">
-        <v>11.2</v>
+        <v>5.3</v>
       </c>
       <c r="G38" s="23">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="H38" s="81" t="s">
+        <v>81</v>
+      </c>
+      <c r="H38" s="77" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="27"/>
       <c r="J38" s="28"/>
     </row>
-    <row r="39" spans="2:10" ht="57" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>45021</v>
+    <row r="39" spans="2:10" ht="58.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B39" s="74">
+        <v>45200</v>
+      </c>
+      <c r="C39" s="80">
+        <v>45401</v>
+      </c>
+      <c r="D39" s="80">
+        <v>45401</v>
       </c>
       <c r="E39" s="23">
         <v>0</v>
       </c>
       <c r="F39" s="23">
-        <v>9.74</v>
+        <v>4.5</v>
       </c>
       <c r="G39" s="23">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="H39" s="81" t="s">
+        <v>67</v>
+      </c>
+      <c r="H39" s="77" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="27"/>
       <c r="J39" s="28"/>
     </row>
-    <row r="40" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>45021</v>
+    <row r="40" spans="2:10" ht="58.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B40" s="74">
+        <v>45170</v>
+      </c>
+      <c r="C40" s="80">
+        <v>45401</v>
+      </c>
+      <c r="D40" s="80">
+        <v>45401</v>
       </c>
       <c r="E40" s="23">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F40" s="23">
-        <v>8.66</v>
+        <v>10.5</v>
       </c>
       <c r="G40" s="23">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>100</v>
+      </c>
+      <c r="H40" s="77" t="s">
+        <v>17</v>
       </c>
       <c r="I40" s="27"/>
       <c r="J40" s="28"/>
     </row>
-    <row r="41" spans="2:10" ht="43.2" x14ac:dyDescent="0.3">
-      <c r="B41" s="78">
+    <row r="41" spans="2:10" ht="60.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B41" s="74">
+        <v>45139</v>
+      </c>
+      <c r="C41" s="80">
+        <v>45401</v>
+      </c>
+      <c r="D41" s="80">
+        <v>45401</v>
+      </c>
+      <c r="E41" s="23">
+        <v>0</v>
+      </c>
+      <c r="F41" s="23">
+        <v>11.3</v>
+      </c>
+      <c r="G41" s="23">
+        <v>83</v>
+      </c>
+      <c r="H41" s="77" t="s">
+        <v>17</v>
+      </c>
+      <c r="I41" s="27"/>
+      <c r="J41" s="28"/>
+    </row>
+    <row r="42" spans="2:10" ht="60.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B42" s="74">
+        <v>45108</v>
+      </c>
+      <c r="C42" s="80">
+        <v>45163</v>
+      </c>
+      <c r="D42" s="80">
+        <v>45163</v>
+      </c>
+      <c r="E42" s="23">
+        <v>0</v>
+      </c>
+      <c r="F42" s="23">
+        <v>14.3</v>
+      </c>
+      <c r="G42" s="23">
+        <v>94</v>
+      </c>
+      <c r="H42" s="77" t="s">
+        <v>17</v>
+      </c>
+      <c r="I42" s="27"/>
+      <c r="J42" s="28"/>
+    </row>
+    <row r="43" spans="2:10" ht="61.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B43" s="74">
+        <v>45078</v>
+      </c>
+      <c r="C43" s="80">
+        <v>45163</v>
+      </c>
+      <c r="D43" s="80">
+        <v>45163</v>
+      </c>
+      <c r="E43" s="23">
+        <v>5</v>
+      </c>
+      <c r="F43" s="23">
+        <v>12.74</v>
+      </c>
+      <c r="G43" s="23">
+        <v>96</v>
+      </c>
+      <c r="H43" s="77" t="s">
+        <v>17</v>
+      </c>
+      <c r="I43" s="27"/>
+      <c r="J43" s="28"/>
+    </row>
+    <row r="44" spans="2:10" ht="61.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B44" s="74">
+        <v>45047</v>
+      </c>
+      <c r="C44" s="80">
+        <v>45086</v>
+      </c>
+      <c r="D44" s="80">
+        <v>45086</v>
+      </c>
+      <c r="E44" s="23">
+        <v>5</v>
+      </c>
+      <c r="F44" s="23">
+        <v>11.3</v>
+      </c>
+      <c r="G44" s="23">
+        <v>92</v>
+      </c>
+      <c r="H44" s="77" t="s">
+        <v>17</v>
+      </c>
+      <c r="I44" s="27"/>
+      <c r="J44" s="28"/>
+    </row>
+    <row r="45" spans="2:10" ht="57.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B45" s="74">
+        <v>45017</v>
+      </c>
+      <c r="C45" s="80">
+        <v>45085</v>
+      </c>
+      <c r="D45" s="80">
+        <v>45085</v>
+      </c>
+      <c r="E45" s="23">
+        <v>0</v>
+      </c>
+      <c r="F45" s="23">
+        <v>11.2</v>
+      </c>
+      <c r="G45" s="23">
+        <v>99</v>
+      </c>
+      <c r="H45" s="77" t="s">
+        <v>17</v>
+      </c>
+      <c r="I45" s="27"/>
+      <c r="J45" s="28"/>
+    </row>
+    <row r="46" spans="2:10" ht="57" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B46" s="74">
+        <v>44986</v>
+      </c>
+      <c r="C46" s="79">
+        <v>45021</v>
+      </c>
+      <c r="D46" s="79">
+        <v>45021</v>
+      </c>
+      <c r="E46" s="23">
+        <v>0</v>
+      </c>
+      <c r="F46" s="23">
+        <v>9.74</v>
+      </c>
+      <c r="G46" s="23">
+        <v>98</v>
+      </c>
+      <c r="H46" s="77" t="s">
+        <v>17</v>
+      </c>
+      <c r="I46" s="27"/>
+      <c r="J46" s="28"/>
+    </row>
+    <row r="47" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B47" s="74">
+        <v>44958</v>
+      </c>
+      <c r="C47" s="79">
+        <v>45021</v>
+      </c>
+      <c r="D47" s="79">
+        <v>45021</v>
+      </c>
+      <c r="E47" s="23">
+        <v>2</v>
+      </c>
+      <c r="F47" s="23">
+        <v>8.66</v>
+      </c>
+      <c r="G47" s="23">
+        <v>70</v>
+      </c>
+      <c r="H47" s="75" t="s">
+        <v>42</v>
+      </c>
+      <c r="I47" s="27"/>
+      <c r="J47" s="28"/>
+    </row>
+    <row r="48" spans="2:10" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="B48" s="74">
         <v>44927</v>
       </c>
-      <c r="C41" s="83">
+      <c r="C48" s="79">
         <v>45021</v>
       </c>
-      <c r="D41" s="83">
+      <c r="D48" s="79">
         <v>45021</v>
       </c>
-      <c r="E41" s="20">
-[...2 lines deleted...]
-      <c r="F41" s="20">
+      <c r="E48" s="20">
+        <v>0</v>
+      </c>
+      <c r="F48" s="20">
         <v>7.38</v>
       </c>
-      <c r="G41" s="20">
+      <c r="G48" s="20">
         <v>95</v>
       </c>
-      <c r="H41" s="79" t="s">
+      <c r="H48" s="75" t="s">
         <v>43</v>
-      </c>
-[...173 lines deleted...]
-        <v>42</v>
       </c>
       <c r="I48" s="28"/>
       <c r="J48" s="28"/>
     </row>
-    <row r="49" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="C49" s="83">
+    <row r="49" spans="2:10" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="B49" s="74">
+        <v>44896</v>
+      </c>
+      <c r="C49" s="79">
         <v>45021</v>
       </c>
-      <c r="D49" s="83">
+      <c r="D49" s="79">
         <v>45021</v>
       </c>
-      <c r="E49" s="20">
-[...18 lines deleted...]
-      <c r="C50" s="83">
+      <c r="E49" s="78">
+        <v>0</v>
+      </c>
+      <c r="F49" s="78">
+        <v>4.37</v>
+      </c>
+      <c r="G49" s="78">
+        <v>89</v>
+      </c>
+      <c r="H49" s="75" t="s">
+        <v>44</v>
+      </c>
+      <c r="I49" s="76"/>
+      <c r="J49" s="76"/>
+    </row>
+    <row r="50" spans="2:10" ht="72" x14ac:dyDescent="0.3">
+      <c r="B50" s="74">
+        <v>44866</v>
+      </c>
+      <c r="C50" s="79">
         <v>45021</v>
       </c>
-      <c r="D50" s="83">
+      <c r="D50" s="79">
         <v>45021</v>
       </c>
       <c r="E50" s="20">
         <v>0</v>
       </c>
       <c r="F50" s="20">
-        <v>6.92</v>
+        <v>5.92</v>
       </c>
       <c r="G50" s="20">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>99</v>
+      </c>
+      <c r="H50" s="75" t="s">
+        <v>45</v>
       </c>
       <c r="I50" s="28"/>
       <c r="J50" s="28"/>
     </row>
-    <row r="51" spans="2:10" ht="31.95" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="C51" s="83">
+    <row r="51" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B51" s="74">
+        <v>44835</v>
+      </c>
+      <c r="C51" s="79">
         <v>45021</v>
       </c>
-      <c r="D51" s="83">
+      <c r="D51" s="79">
         <v>45021</v>
       </c>
       <c r="E51" s="20">
         <v>0</v>
       </c>
       <c r="F51" s="20">
-        <v>0</v>
+        <v>8.5299999999999994</v>
       </c>
       <c r="G51" s="20">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>97</v>
+      </c>
+      <c r="H51" s="75" t="s">
+        <v>42</v>
       </c>
       <c r="I51" s="28"/>
       <c r="J51" s="28"/>
     </row>
-    <row r="52" spans="2:10" ht="72" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="C52" s="83">
+    <row r="52" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B52" s="74">
+        <v>44805</v>
+      </c>
+      <c r="C52" s="79">
         <v>45021</v>
       </c>
-      <c r="D52" s="83">
+      <c r="D52" s="79">
         <v>45021</v>
       </c>
       <c r="E52" s="20">
         <v>0</v>
       </c>
       <c r="F52" s="20">
-        <v>5.92</v>
+        <v>6.7</v>
       </c>
       <c r="G52" s="20">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>79</v>
+      </c>
+      <c r="H52" s="75" t="s">
+        <v>42</v>
       </c>
       <c r="I52" s="28"/>
       <c r="J52" s="28"/>
     </row>
-    <row r="53" spans="2:10" ht="72" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="C53" s="83">
+    <row r="53" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B53" s="74">
+        <v>44774</v>
+      </c>
+      <c r="C53" s="79">
         <v>45021</v>
       </c>
-      <c r="D53" s="83">
+      <c r="D53" s="79">
         <v>45021</v>
       </c>
       <c r="E53" s="20">
         <v>0</v>
       </c>
       <c r="F53" s="20">
-        <v>6.9</v>
+        <v>5.83</v>
       </c>
       <c r="G53" s="20">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>81</v>
+      </c>
+      <c r="H53" s="75" t="s">
+        <v>42</v>
       </c>
       <c r="I53" s="28"/>
       <c r="J53" s="28"/>
     </row>
-    <row r="54" spans="2:10" ht="32.4" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="C54" s="83">
+    <row r="54" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B54" s="74">
+        <v>44743</v>
+      </c>
+      <c r="C54" s="79">
         <v>45021</v>
       </c>
-      <c r="D54" s="83">
+      <c r="D54" s="79">
         <v>45021</v>
       </c>
       <c r="E54" s="20">
         <v>0</v>
       </c>
       <c r="F54" s="20">
-        <v>0</v>
+        <v>6.68</v>
       </c>
       <c r="G54" s="20">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>73</v>
+      </c>
+      <c r="H54" s="75" t="s">
+        <v>42</v>
       </c>
       <c r="I54" s="28"/>
       <c r="J54" s="28"/>
     </row>
-    <row r="55" spans="2:10" ht="72" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="C55" s="83">
+    <row r="55" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B55" s="74">
+        <v>44713</v>
+      </c>
+      <c r="C55" s="79">
         <v>45021</v>
       </c>
-      <c r="D55" s="83">
+      <c r="D55" s="79">
         <v>45021</v>
       </c>
       <c r="E55" s="20">
         <v>0</v>
       </c>
       <c r="F55" s="20">
-        <v>6.5</v>
+        <v>5.8</v>
       </c>
       <c r="G55" s="20">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>84</v>
+      </c>
+      <c r="H55" s="75" t="s">
+        <v>42</v>
       </c>
       <c r="I55" s="28"/>
       <c r="J55" s="28"/>
     </row>
-    <row r="56" spans="2:10" ht="69.599999999999994" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="C56" s="83">
+    <row r="56" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B56" s="74">
+        <v>44682</v>
+      </c>
+      <c r="C56" s="79">
         <v>45021</v>
       </c>
-      <c r="D56" s="83">
+      <c r="D56" s="79">
         <v>45021</v>
       </c>
       <c r="E56" s="20">
         <v>0</v>
       </c>
       <c r="F56" s="20">
-        <v>6.89</v>
+        <v>6.8</v>
       </c>
       <c r="G56" s="20">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>57</v>
+      </c>
+      <c r="H56" s="75" t="s">
+        <v>42</v>
       </c>
       <c r="I56" s="28"/>
       <c r="J56" s="28"/>
     </row>
-    <row r="57" spans="2:10" ht="72" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="C57" s="83">
+    <row r="57" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B57" s="74">
+        <v>44652</v>
+      </c>
+      <c r="C57" s="79">
         <v>45021</v>
       </c>
-      <c r="D57" s="83">
+      <c r="D57" s="79">
         <v>45021</v>
       </c>
       <c r="E57" s="20">
         <v>0</v>
       </c>
       <c r="F57" s="20">
-        <v>7.04</v>
+        <v>6.92</v>
       </c>
       <c r="G57" s="20">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>69</v>
+      </c>
+      <c r="H57" s="75" t="s">
+        <v>42</v>
       </c>
       <c r="I57" s="28"/>
       <c r="J57" s="28"/>
     </row>
-    <row r="58" spans="2:10" ht="72" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="C58" s="83">
+    <row r="58" spans="2:10" ht="31.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B58" s="74">
+        <v>44621</v>
+      </c>
+      <c r="C58" s="79">
         <v>45021</v>
       </c>
-      <c r="D58" s="83">
+      <c r="D58" s="79">
         <v>45021</v>
       </c>
       <c r="E58" s="20">
         <v>0</v>
       </c>
       <c r="F58" s="20">
-        <v>8.02</v>
+        <v>0</v>
       </c>
       <c r="G58" s="20">
-        <v>92</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>0</v>
+      </c>
+      <c r="H58" s="75" t="s">
+        <v>26</v>
       </c>
       <c r="I58" s="28"/>
       <c r="J58" s="28"/>
     </row>
     <row r="59" spans="2:10" ht="72" x14ac:dyDescent="0.3">
-      <c r="B59" s="78">
-[...2 lines deleted...]
-      <c r="C59" s="83">
+      <c r="B59" s="74">
+        <v>44593</v>
+      </c>
+      <c r="C59" s="79">
         <v>45021</v>
       </c>
-      <c r="D59" s="83">
+      <c r="D59" s="79">
         <v>45021</v>
       </c>
       <c r="E59" s="20">
         <v>0</v>
       </c>
       <c r="F59" s="20">
-        <v>8.6</v>
+        <v>5.92</v>
       </c>
       <c r="G59" s="20">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="H59" s="79" t="s">
+        <v>62</v>
+      </c>
+      <c r="H59" s="75" t="s">
         <v>25</v>
       </c>
       <c r="I59" s="28"/>
       <c r="J59" s="28"/>
     </row>
-    <row r="60" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="C60" s="83">
+    <row r="60" spans="2:10" ht="72" x14ac:dyDescent="0.3">
+      <c r="B60" s="74">
+        <v>44562</v>
+      </c>
+      <c r="C60" s="79">
         <v>45021</v>
       </c>
-      <c r="D60" s="83">
+      <c r="D60" s="79">
         <v>45021</v>
       </c>
       <c r="E60" s="20">
         <v>0</v>
       </c>
       <c r="F60" s="20">
-        <v>4.6500000000000004</v>
+        <v>6.9</v>
       </c>
       <c r="G60" s="20">
         <v>99</v>
       </c>
-      <c r="H60" s="79" t="s">
-        <v>46</v>
+      <c r="H60" s="75" t="s">
+        <v>25</v>
       </c>
       <c r="I60" s="28"/>
       <c r="J60" s="28"/>
     </row>
-    <row r="61" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="C61" s="83">
+    <row r="61" spans="2:10" ht="32.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B61" s="74">
+        <v>44531</v>
+      </c>
+      <c r="C61" s="79">
         <v>45021</v>
       </c>
-      <c r="D61" s="83">
+      <c r="D61" s="79">
         <v>45021</v>
       </c>
       <c r="E61" s="20">
         <v>0</v>
       </c>
       <c r="F61" s="20">
-        <v>4.97</v>
+        <v>0</v>
       </c>
       <c r="G61" s="20">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>46</v>
+        <v>0</v>
+      </c>
+      <c r="H61" s="75" t="s">
+        <v>26</v>
       </c>
       <c r="I61" s="28"/>
       <c r="J61" s="28"/>
     </row>
-    <row r="62" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="C62" s="83">
+    <row r="62" spans="2:10" ht="72" x14ac:dyDescent="0.3">
+      <c r="B62" s="74">
+        <v>44501</v>
+      </c>
+      <c r="C62" s="79">
         <v>45021</v>
       </c>
-      <c r="D62" s="83">
+      <c r="D62" s="79">
         <v>45021</v>
       </c>
       <c r="E62" s="20">
         <v>0</v>
       </c>
       <c r="F62" s="20">
-        <v>6.45</v>
+        <v>6.5</v>
       </c>
       <c r="G62" s="20">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>46</v>
+        <v>64</v>
+      </c>
+      <c r="H62" s="75" t="s">
+        <v>25</v>
       </c>
       <c r="I62" s="28"/>
       <c r="J62" s="28"/>
     </row>
-    <row r="63" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="C63" s="83">
+    <row r="63" spans="2:10" ht="69.599999999999994" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B63" s="74">
+        <v>44470</v>
+      </c>
+      <c r="C63" s="79">
         <v>45021</v>
       </c>
-      <c r="D63" s="83">
+      <c r="D63" s="79">
         <v>45021</v>
       </c>
       <c r="E63" s="20">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="F63" s="20">
-        <v>15</v>
+        <v>6.89</v>
       </c>
       <c r="G63" s="20">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>46</v>
+        <v>98</v>
+      </c>
+      <c r="H63" s="75" t="s">
+        <v>25</v>
       </c>
       <c r="I63" s="28"/>
       <c r="J63" s="28"/>
     </row>
-    <row r="64" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="C64" s="83">
+    <row r="64" spans="2:10" ht="72" x14ac:dyDescent="0.3">
+      <c r="B64" s="74">
+        <v>44440</v>
+      </c>
+      <c r="C64" s="79">
         <v>45021</v>
       </c>
-      <c r="D64" s="83">
+      <c r="D64" s="79">
         <v>45021</v>
       </c>
       <c r="E64" s="20">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="F64" s="20">
-        <v>11.06</v>
+        <v>7.04</v>
       </c>
       <c r="G64" s="20">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>46</v>
+        <v>60</v>
+      </c>
+      <c r="H64" s="75" t="s">
+        <v>25</v>
       </c>
       <c r="I64" s="28"/>
       <c r="J64" s="28"/>
     </row>
-    <row r="65" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="C65" s="83">
+    <row r="65" spans="2:10" ht="72" x14ac:dyDescent="0.3">
+      <c r="B65" s="74">
+        <v>44409</v>
+      </c>
+      <c r="C65" s="79">
         <v>45021</v>
       </c>
-      <c r="D65" s="83">
+      <c r="D65" s="79">
         <v>45021</v>
       </c>
       <c r="E65" s="20">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F65" s="20">
-        <v>11.3</v>
+        <v>8.02</v>
       </c>
       <c r="G65" s="20">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>46</v>
+        <v>92</v>
+      </c>
+      <c r="H65" s="75" t="s">
+        <v>25</v>
       </c>
       <c r="I65" s="28"/>
       <c r="J65" s="28"/>
     </row>
-    <row r="66" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="C66" s="83">
+    <row r="66" spans="2:10" ht="72" x14ac:dyDescent="0.3">
+      <c r="B66" s="74">
+        <v>44378</v>
+      </c>
+      <c r="C66" s="79">
         <v>45021</v>
       </c>
-      <c r="D66" s="83">
+      <c r="D66" s="79">
         <v>45021</v>
       </c>
       <c r="E66" s="20">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F66" s="20">
-        <v>5.76</v>
+        <v>8.6</v>
       </c>
       <c r="G66" s="20">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>46</v>
+        <v>79</v>
+      </c>
+      <c r="H66" s="75" t="s">
+        <v>25</v>
       </c>
       <c r="I66" s="28"/>
       <c r="J66" s="28"/>
     </row>
     <row r="67" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B67" s="78">
-[...2 lines deleted...]
-      <c r="C67" s="83">
+      <c r="B67" s="74">
+        <v>44348</v>
+      </c>
+      <c r="C67" s="79">
         <v>45021</v>
       </c>
-      <c r="D67" s="83">
+      <c r="D67" s="79">
         <v>45021</v>
       </c>
       <c r="E67" s="20">
         <v>0</v>
       </c>
       <c r="F67" s="20">
-        <v>7.9</v>
+        <v>4.6500000000000004</v>
       </c>
       <c r="G67" s="20">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="H67" s="79" t="s">
+        <v>99</v>
+      </c>
+      <c r="H67" s="75" t="s">
         <v>46</v>
       </c>
       <c r="I67" s="28"/>
       <c r="J67" s="28"/>
     </row>
     <row r="68" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B68" s="78">
-[...2 lines deleted...]
-      <c r="C68" s="83">
+      <c r="B68" s="74">
+        <v>44317</v>
+      </c>
+      <c r="C68" s="79">
         <v>45021</v>
       </c>
-      <c r="D68" s="83">
+      <c r="D68" s="79">
         <v>45021</v>
       </c>
       <c r="E68" s="20">
         <v>0</v>
       </c>
       <c r="F68" s="20">
-        <v>9.2200000000000006</v>
+        <v>4.97</v>
       </c>
       <c r="G68" s="20">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="H68" s="79" t="s">
+        <v>86</v>
+      </c>
+      <c r="H68" s="75" t="s">
         <v>46</v>
       </c>
       <c r="I68" s="28"/>
       <c r="J68" s="28"/>
     </row>
     <row r="69" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B69" s="78">
-[...2 lines deleted...]
-      <c r="C69" s="83">
+      <c r="B69" s="74">
+        <v>44287</v>
+      </c>
+      <c r="C69" s="79">
         <v>45021</v>
       </c>
-      <c r="D69" s="83">
+      <c r="D69" s="79">
         <v>45021</v>
       </c>
       <c r="E69" s="20">
         <v>0</v>
       </c>
       <c r="F69" s="20">
-        <v>8.89</v>
+        <v>6.45</v>
       </c>
       <c r="G69" s="20">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="H69" s="79" t="s">
+        <v>63</v>
+      </c>
+      <c r="H69" s="75" t="s">
         <v>46</v>
       </c>
       <c r="I69" s="28"/>
       <c r="J69" s="28"/>
     </row>
     <row r="70" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B70" s="78">
-[...2 lines deleted...]
-      <c r="C70" s="83">
+      <c r="B70" s="74">
+        <v>44256</v>
+      </c>
+      <c r="C70" s="79">
         <v>45021</v>
       </c>
-      <c r="D70" s="83">
+      <c r="D70" s="79">
         <v>45021</v>
       </c>
       <c r="E70" s="20">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="F70" s="20">
-        <v>9.0500000000000007</v>
+        <v>15</v>
       </c>
       <c r="G70" s="20">
-        <v>70</v>
-[...1 lines deleted...]
-      <c r="H70" s="79" t="s">
+        <v>75</v>
+      </c>
+      <c r="H70" s="75" t="s">
         <v>46</v>
       </c>
       <c r="I70" s="28"/>
       <c r="J70" s="28"/>
     </row>
-    <row r="71" spans="2:10" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-      <c r="J71" s="102"/>
+    <row r="71" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B71" s="74">
+        <v>44228</v>
+      </c>
+      <c r="C71" s="79">
+        <v>45021</v>
+      </c>
+      <c r="D71" s="79">
+        <v>45021</v>
+      </c>
+      <c r="E71" s="20">
+        <v>5</v>
+      </c>
+      <c r="F71" s="20">
+        <v>11.06</v>
+      </c>
+      <c r="G71" s="20">
+        <v>73</v>
+      </c>
+      <c r="H71" s="75" t="s">
+        <v>46</v>
+      </c>
+      <c r="I71" s="28"/>
+      <c r="J71" s="28"/>
     </row>
     <row r="72" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B72" s="78">
-[...3 lines deleted...]
-      <c r="D72" s="78"/>
+      <c r="B72" s="74">
+        <v>44197</v>
+      </c>
+      <c r="C72" s="79">
+        <v>45021</v>
+      </c>
+      <c r="D72" s="79">
+        <v>45021</v>
+      </c>
       <c r="E72" s="20">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F72" s="20">
-        <v>9.23</v>
+        <v>11.3</v>
       </c>
       <c r="G72" s="20">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="H72" s="79" t="s">
+        <v>70</v>
+      </c>
+      <c r="H72" s="75" t="s">
         <v>46</v>
       </c>
       <c r="I72" s="28"/>
       <c r="J72" s="28"/>
     </row>
     <row r="73" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B73" s="78">
-[...3 lines deleted...]
-      <c r="D73" s="78"/>
+      <c r="B73" s="74">
+        <v>44166</v>
+      </c>
+      <c r="C73" s="79">
+        <v>45021</v>
+      </c>
+      <c r="D73" s="79">
+        <v>45021</v>
+      </c>
       <c r="E73" s="20">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F73" s="20">
-        <v>10.18</v>
+        <v>5.76</v>
       </c>
       <c r="G73" s="20">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="H73" s="79" t="s">
+        <v>65</v>
+      </c>
+      <c r="H73" s="75" t="s">
         <v>46</v>
       </c>
       <c r="I73" s="28"/>
       <c r="J73" s="28"/>
     </row>
     <row r="74" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B74" s="78">
-[...3 lines deleted...]
-      <c r="D74" s="78"/>
+      <c r="B74" s="74">
+        <v>44136</v>
+      </c>
+      <c r="C74" s="79">
+        <v>45021</v>
+      </c>
+      <c r="D74" s="79">
+        <v>45021</v>
+      </c>
       <c r="E74" s="20">
         <v>0</v>
       </c>
       <c r="F74" s="20">
-        <v>9.6</v>
+        <v>7.9</v>
       </c>
       <c r="G74" s="20">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="H74" s="79" t="s">
+        <v>62</v>
+      </c>
+      <c r="H74" s="75" t="s">
         <v>46</v>
       </c>
       <c r="I74" s="28"/>
-      <c r="J74" s="77"/>
+      <c r="J74" s="28"/>
     </row>
     <row r="75" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B75" s="78">
-[...3 lines deleted...]
-      <c r="D75" s="78"/>
+      <c r="B75" s="74">
+        <v>44105</v>
+      </c>
+      <c r="C75" s="79">
+        <v>45021</v>
+      </c>
+      <c r="D75" s="79">
+        <v>45021</v>
+      </c>
       <c r="E75" s="20">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="F75" s="20">
-        <v>9.6</v>
+        <v>9.2200000000000006</v>
       </c>
       <c r="G75" s="20">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="H75" s="79" t="s">
+        <v>76</v>
+      </c>
+      <c r="H75" s="75" t="s">
         <v>46</v>
       </c>
       <c r="I75" s="28"/>
       <c r="J75" s="28"/>
     </row>
     <row r="76" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B76" s="78">
-[...3 lines deleted...]
-      <c r="D76" s="78"/>
+      <c r="B76" s="74">
+        <v>44075</v>
+      </c>
+      <c r="C76" s="79">
+        <v>45021</v>
+      </c>
+      <c r="D76" s="79">
+        <v>45021</v>
+      </c>
       <c r="E76" s="20">
         <v>0</v>
       </c>
       <c r="F76" s="20">
-        <v>14.45</v>
+        <v>8.89</v>
       </c>
       <c r="G76" s="20">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="H76" s="79" t="s">
+        <v>57</v>
+      </c>
+      <c r="H76" s="75" t="s">
         <v>46</v>
       </c>
       <c r="I76" s="28"/>
       <c r="J76" s="28"/>
     </row>
     <row r="77" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B77" s="78">
-[...3 lines deleted...]
-      <c r="D77" s="78"/>
+      <c r="B77" s="74">
+        <v>44044</v>
+      </c>
+      <c r="C77" s="79">
+        <v>45021</v>
+      </c>
+      <c r="D77" s="79">
+        <v>45021</v>
+      </c>
       <c r="E77" s="20">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="F77" s="20">
-        <v>17.8</v>
+        <v>9.0500000000000007</v>
       </c>
       <c r="G77" s="20">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="H77" s="79" t="s">
+        <v>70</v>
+      </c>
+      <c r="H77" s="75" t="s">
         <v>46</v>
       </c>
       <c r="I77" s="28"/>
       <c r="J77" s="28"/>
     </row>
-    <row r="78" spans="2:10" ht="43.2" x14ac:dyDescent="0.3">
-[...25 lines deleted...]
-      <c r="D79" s="78"/>
+    <row r="78" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B78" s="98" t="s">
+        <v>27</v>
+      </c>
+      <c r="C78" s="98"/>
+      <c r="D78" s="98"/>
+      <c r="E78" s="98"/>
+      <c r="F78" s="98"/>
+      <c r="G78" s="98"/>
+      <c r="H78" s="98"/>
+      <c r="I78" s="98"/>
+      <c r="J78" s="98"/>
+    </row>
+    <row r="79" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B79" s="74">
+        <v>44013</v>
+      </c>
+      <c r="C79" s="74"/>
+      <c r="D79" s="74"/>
       <c r="E79" s="20">
         <v>0</v>
       </c>
       <c r="F79" s="20">
-        <v>12.64</v>
+        <v>9.23</v>
       </c>
       <c r="G79" s="20">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>92</v>
+      </c>
+      <c r="H79" s="75" t="s">
+        <v>46</v>
       </c>
       <c r="I79" s="28"/>
       <c r="J79" s="28"/>
     </row>
     <row r="80" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B80" s="78">
-[...3 lines deleted...]
-      <c r="D80" s="78"/>
+      <c r="B80" s="74">
+        <v>43983</v>
+      </c>
+      <c r="C80" s="74"/>
+      <c r="D80" s="74"/>
       <c r="E80" s="20">
         <v>0</v>
       </c>
       <c r="F80" s="20">
-        <v>11.6</v>
+        <v>10.18</v>
       </c>
       <c r="G80" s="20">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="H80" s="79" t="s">
+        <v>85</v>
+      </c>
+      <c r="H80" s="75" t="s">
         <v>46</v>
       </c>
       <c r="I80" s="28"/>
       <c r="J80" s="28"/>
     </row>
     <row r="81" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B81" s="78">
-[...3 lines deleted...]
-      <c r="D81" s="78"/>
+      <c r="B81" s="74">
+        <v>43952</v>
+      </c>
+      <c r="C81" s="74"/>
+      <c r="D81" s="74"/>
       <c r="E81" s="20">
         <v>0</v>
       </c>
       <c r="F81" s="20">
-        <v>6.24</v>
+        <v>9.6</v>
       </c>
       <c r="G81" s="20">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="H81" s="79" t="s">
+        <v>72</v>
+      </c>
+      <c r="H81" s="75" t="s">
         <v>46</v>
       </c>
       <c r="I81" s="28"/>
-      <c r="J81" s="28"/>
+      <c r="J81" s="73"/>
     </row>
     <row r="82" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B82" s="78">
-[...3 lines deleted...]
-      <c r="D82" s="78"/>
+      <c r="B82" s="74">
+        <v>43922</v>
+      </c>
+      <c r="C82" s="74"/>
+      <c r="D82" s="74"/>
       <c r="E82" s="20">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="F82" s="20">
-        <v>9.7100000000000009</v>
+        <v>9.6</v>
       </c>
       <c r="G82" s="20">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="H82" s="79" t="s">
+        <v>97</v>
+      </c>
+      <c r="H82" s="75" t="s">
         <v>46</v>
       </c>
       <c r="I82" s="28"/>
       <c r="J82" s="28"/>
     </row>
     <row r="83" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B83" s="78">
-[...3 lines deleted...]
-      <c r="D83" s="78"/>
+      <c r="B83" s="74">
+        <v>43891</v>
+      </c>
+      <c r="C83" s="74"/>
+      <c r="D83" s="74"/>
       <c r="E83" s="20">
         <v>0</v>
       </c>
       <c r="F83" s="20">
-        <v>8.4600000000000009</v>
+        <v>14.45</v>
       </c>
       <c r="G83" s="20">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="H83" s="79" t="s">
+        <v>78</v>
+      </c>
+      <c r="H83" s="75" t="s">
         <v>46</v>
       </c>
       <c r="I83" s="28"/>
       <c r="J83" s="28"/>
     </row>
     <row r="84" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B84" s="78">
-[...3 lines deleted...]
-      <c r="D84" s="78"/>
+      <c r="B84" s="74">
+        <v>43862</v>
+      </c>
+      <c r="C84" s="74"/>
+      <c r="D84" s="74"/>
       <c r="E84" s="20">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="F84" s="20">
-        <v>9.41</v>
+        <v>17.8</v>
       </c>
       <c r="G84" s="20">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="H84" s="79" t="s">
+        <v>96</v>
+      </c>
+      <c r="H84" s="75" t="s">
         <v>46</v>
       </c>
       <c r="I84" s="28"/>
       <c r="J84" s="28"/>
     </row>
-    <row r="85" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="D85" s="78"/>
+    <row r="85" spans="2:10" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="B85" s="74">
+        <v>43831</v>
+      </c>
+      <c r="C85" s="74"/>
+      <c r="D85" s="74"/>
       <c r="E85" s="20">
         <v>0</v>
       </c>
       <c r="F85" s="20">
-        <v>9.0399999999999991</v>
+        <v>12.1</v>
       </c>
       <c r="G85" s="20">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>46</v>
+        <v>79</v>
+      </c>
+      <c r="H85" s="75" t="s">
+        <v>47</v>
       </c>
       <c r="I85" s="28"/>
       <c r="J85" s="28"/>
     </row>
-    <row r="86" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="D86" s="78"/>
+    <row r="86" spans="2:10" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="B86" s="74">
+        <v>43800</v>
+      </c>
+      <c r="C86" s="74"/>
+      <c r="D86" s="74"/>
       <c r="E86" s="20">
         <v>0</v>
       </c>
       <c r="F86" s="20">
-        <v>7.88</v>
+        <v>12.64</v>
       </c>
       <c r="G86" s="20">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>46</v>
+        <v>84</v>
+      </c>
+      <c r="H86" s="75" t="s">
+        <v>48</v>
       </c>
       <c r="I86" s="28"/>
       <c r="J86" s="28"/>
     </row>
     <row r="87" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B87" s="78">
-[...3 lines deleted...]
-      <c r="D87" s="78"/>
+      <c r="B87" s="74">
+        <v>43770</v>
+      </c>
+      <c r="C87" s="74"/>
+      <c r="D87" s="74"/>
       <c r="E87" s="20">
         <v>0</v>
       </c>
       <c r="F87" s="20">
-        <v>9.08</v>
+        <v>11.6</v>
       </c>
       <c r="G87" s="20">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="H87" s="79" t="s">
+        <v>93</v>
+      </c>
+      <c r="H87" s="75" t="s">
         <v>46</v>
       </c>
       <c r="I87" s="28"/>
       <c r="J87" s="28"/>
     </row>
     <row r="88" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B88" s="44">
+      <c r="B88" s="74">
+        <v>43739</v>
+      </c>
+      <c r="C88" s="74"/>
+      <c r="D88" s="74"/>
+      <c r="E88" s="20">
+        <v>0</v>
+      </c>
+      <c r="F88" s="20">
+        <v>6.24</v>
+      </c>
+      <c r="G88" s="20">
+        <v>88</v>
+      </c>
+      <c r="H88" s="75" t="s">
+        <v>46</v>
+      </c>
+      <c r="I88" s="28"/>
+      <c r="J88" s="28"/>
+    </row>
+    <row r="89" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B89" s="74">
+        <v>43709</v>
+      </c>
+      <c r="C89" s="74"/>
+      <c r="D89" s="74"/>
+      <c r="E89" s="20">
+        <v>0</v>
+      </c>
+      <c r="F89" s="20">
+        <v>9.7100000000000009</v>
+      </c>
+      <c r="G89" s="20">
+        <v>99</v>
+      </c>
+      <c r="H89" s="75" t="s">
+        <v>46</v>
+      </c>
+      <c r="I89" s="28"/>
+      <c r="J89" s="28"/>
+    </row>
+    <row r="90" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B90" s="74">
+        <v>43678</v>
+      </c>
+      <c r="C90" s="74"/>
+      <c r="D90" s="74"/>
+      <c r="E90" s="20">
+        <v>0</v>
+      </c>
+      <c r="F90" s="20">
+        <v>8.4600000000000009</v>
+      </c>
+      <c r="G90" s="20">
+        <v>64</v>
+      </c>
+      <c r="H90" s="75" t="s">
+        <v>46</v>
+      </c>
+      <c r="I90" s="28"/>
+      <c r="J90" s="28"/>
+    </row>
+    <row r="91" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B91" s="74">
+        <v>43647</v>
+      </c>
+      <c r="C91" s="74"/>
+      <c r="D91" s="74"/>
+      <c r="E91" s="20">
+        <v>1</v>
+      </c>
+      <c r="F91" s="20">
+        <v>9.41</v>
+      </c>
+      <c r="G91" s="20">
+        <v>91</v>
+      </c>
+      <c r="H91" s="75" t="s">
+        <v>46</v>
+      </c>
+      <c r="I91" s="28"/>
+      <c r="J91" s="28"/>
+    </row>
+    <row r="92" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B92" s="74">
+        <v>43617</v>
+      </c>
+      <c r="C92" s="74"/>
+      <c r="D92" s="74"/>
+      <c r="E92" s="20">
+        <v>0</v>
+      </c>
+      <c r="F92" s="20">
+        <v>9.0399999999999991</v>
+      </c>
+      <c r="G92" s="20">
+        <v>57</v>
+      </c>
+      <c r="H92" s="75" t="s">
+        <v>46</v>
+      </c>
+      <c r="I92" s="28"/>
+      <c r="J92" s="28"/>
+    </row>
+    <row r="93" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B93" s="74">
+        <v>43586</v>
+      </c>
+      <c r="C93" s="74"/>
+      <c r="D93" s="74"/>
+      <c r="E93" s="20">
+        <v>0</v>
+      </c>
+      <c r="F93" s="20">
+        <v>7.88</v>
+      </c>
+      <c r="G93" s="20">
+        <v>59</v>
+      </c>
+      <c r="H93" s="75" t="s">
+        <v>46</v>
+      </c>
+      <c r="I93" s="28"/>
+      <c r="J93" s="28"/>
+    </row>
+    <row r="94" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B94" s="74">
+        <v>43556</v>
+      </c>
+      <c r="C94" s="74"/>
+      <c r="D94" s="74"/>
+      <c r="E94" s="20">
+        <v>0</v>
+      </c>
+      <c r="F94" s="20">
+        <v>9.08</v>
+      </c>
+      <c r="G94" s="20">
+        <v>78</v>
+      </c>
+      <c r="H94" s="75" t="s">
+        <v>46</v>
+      </c>
+      <c r="I94" s="28"/>
+      <c r="J94" s="28"/>
+    </row>
+    <row r="95" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B95" s="44">
         <v>43525</v>
-      </c>
-[...145 lines deleted...]
-        <v>43313</v>
       </c>
       <c r="C95" s="44"/>
       <c r="D95" s="44"/>
       <c r="E95" s="37">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F95" s="20">
-        <v>9.3800000000000008</v>
+        <v>8.1999999999999993</v>
       </c>
       <c r="G95" s="38">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="H95" s="54"/>
+        <v>86</v>
+      </c>
+      <c r="H95" s="54" t="s">
+        <v>46</v>
+      </c>
       <c r="I95" s="36"/>
       <c r="J95" s="16"/>
     </row>
     <row r="96" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
       <c r="B96" s="44">
-        <v>43282</v>
+        <v>43497</v>
       </c>
       <c r="C96" s="44"/>
       <c r="D96" s="44"/>
       <c r="E96" s="37">
         <v>0</v>
       </c>
       <c r="F96" s="20">
-        <v>10.24</v>
+        <v>8.06</v>
       </c>
       <c r="G96" s="38">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="H96" s="54" t="s">
         <v>46</v>
       </c>
       <c r="I96" s="36"/>
       <c r="J96" s="16"/>
     </row>
-    <row r="97" spans="2:10" x14ac:dyDescent="0.3">
+    <row r="97" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
       <c r="B97" s="44">
-        <v>43252</v>
+        <v>43466</v>
       </c>
       <c r="C97" s="44"/>
       <c r="D97" s="44"/>
       <c r="E97" s="37">
         <v>0</v>
       </c>
       <c r="F97" s="20">
-        <v>9.76</v>
+        <v>6.7</v>
       </c>
       <c r="G97" s="38">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="H97" s="54"/>
+        <v>81</v>
+      </c>
+      <c r="H97" s="54" t="s">
+        <v>46</v>
+      </c>
       <c r="I97" s="36"/>
       <c r="J97" s="16"/>
     </row>
-    <row r="98" spans="2:10" ht="57.6" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="D98" s="43"/>
+    <row r="98" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B98" s="44">
+        <v>43435</v>
+      </c>
+      <c r="C98" s="44"/>
+      <c r="D98" s="44"/>
       <c r="E98" s="37">
         <v>0</v>
       </c>
       <c r="F98" s="20">
-        <v>8.58</v>
+        <v>8.4600000000000009</v>
       </c>
       <c r="G98" s="38">
-        <v>100</v>
-[...7 lines deleted...]
-      </c>
+        <v>93</v>
+      </c>
+      <c r="H98" s="54" t="s">
+        <v>46</v>
+      </c>
+      <c r="I98" s="36"/>
+      <c r="J98" s="16"/>
     </row>
     <row r="99" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B99" s="43">
-[...3 lines deleted...]
-      <c r="D99" s="43"/>
+      <c r="B99" s="44">
+        <v>43405</v>
+      </c>
+      <c r="C99" s="44"/>
+      <c r="D99" s="44"/>
       <c r="E99" s="37">
         <v>0</v>
       </c>
       <c r="F99" s="20">
-        <v>7.21</v>
+        <v>7.84</v>
       </c>
       <c r="G99" s="38">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="H99" s="55"/>
+        <v>99</v>
+      </c>
+      <c r="H99" s="54" t="s">
+        <v>49</v>
+      </c>
       <c r="I99" s="36"/>
       <c r="J99" s="16"/>
     </row>
-    <row r="100" spans="2:10" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="D100" s="43"/>
+    <row r="100" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B100" s="44">
+        <v>43374</v>
+      </c>
+      <c r="C100" s="44"/>
+      <c r="D100" s="44"/>
       <c r="E100" s="37">
         <v>0</v>
       </c>
       <c r="F100" s="20">
-        <v>8.2899999999999991</v>
+        <v>7.36</v>
       </c>
       <c r="G100" s="38">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="H100" s="55"/>
+        <v>69</v>
+      </c>
+      <c r="H100" s="54" t="s">
+        <v>46</v>
+      </c>
       <c r="I100" s="36"/>
       <c r="J100" s="16"/>
     </row>
-    <row r="101" spans="2:10" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="D101" s="43"/>
+    <row r="101" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B101" s="44">
+        <v>43344</v>
+      </c>
+      <c r="C101" s="44"/>
+      <c r="D101" s="44"/>
       <c r="E101" s="37">
         <v>0</v>
       </c>
       <c r="F101" s="20">
-        <v>8.25</v>
+        <v>8.7100000000000009</v>
       </c>
       <c r="G101" s="38">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="H101" s="55"/>
+        <v>93</v>
+      </c>
+      <c r="H101" s="54" t="s">
+        <v>46</v>
+      </c>
       <c r="I101" s="36"/>
       <c r="J101" s="16"/>
     </row>
     <row r="102" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B102" s="43">
-[...3 lines deleted...]
-      <c r="D102" s="43"/>
+      <c r="B102" s="44">
+        <v>43313</v>
+      </c>
+      <c r="C102" s="44"/>
+      <c r="D102" s="44"/>
       <c r="E102" s="37">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F102" s="20">
-        <v>6.57</v>
+        <v>9.3800000000000008</v>
       </c>
       <c r="G102" s="38">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="H102" s="55"/>
+        <v>93</v>
+      </c>
+      <c r="H102" s="54"/>
       <c r="I102" s="36"/>
       <c r="J102" s="16"/>
     </row>
-    <row r="103" spans="2:10" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="D103" s="43"/>
+    <row r="103" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B103" s="44">
+        <v>43282</v>
+      </c>
+      <c r="C103" s="44"/>
+      <c r="D103" s="44"/>
       <c r="E103" s="37">
         <v>0</v>
       </c>
       <c r="F103" s="20">
-        <v>6.31</v>
+        <v>10.24</v>
       </c>
       <c r="G103" s="38">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="H103" s="55"/>
+        <v>89</v>
+      </c>
+      <c r="H103" s="54" t="s">
+        <v>46</v>
+      </c>
       <c r="I103" s="36"/>
       <c r="J103" s="16"/>
     </row>
     <row r="104" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B104" s="43">
-[...3 lines deleted...]
-      <c r="D104" s="43"/>
+      <c r="B104" s="44">
+        <v>43252</v>
+      </c>
+      <c r="C104" s="44"/>
+      <c r="D104" s="44"/>
       <c r="E104" s="37">
         <v>0</v>
       </c>
       <c r="F104" s="20">
-        <v>8.5</v>
+        <v>9.76</v>
       </c>
       <c r="G104" s="38">
         <v>100</v>
       </c>
-      <c r="H104" s="55"/>
+      <c r="H104" s="54"/>
       <c r="I104" s="36"/>
       <c r="J104" s="16"/>
     </row>
-    <row r="105" spans="2:10" x14ac:dyDescent="0.3">
+    <row r="105" spans="2:10" ht="57.6" x14ac:dyDescent="0.3">
       <c r="B105" s="43">
-        <v>43009</v>
+        <v>43221</v>
       </c>
       <c r="C105" s="43"/>
       <c r="D105" s="43"/>
       <c r="E105" s="37">
         <v>0</v>
       </c>
       <c r="F105" s="20">
-        <v>7.6</v>
+        <v>8.58</v>
       </c>
       <c r="G105" s="38">
         <v>100</v>
       </c>
       <c r="H105" s="55"/>
-      <c r="I105" s="36"/>
-      <c r="J105" s="16"/>
+      <c r="I105" s="48" t="s">
+        <v>32</v>
+      </c>
+      <c r="J105" s="46" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="106" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B106" s="43">
-        <v>42979</v>
+        <v>43191</v>
       </c>
       <c r="C106" s="43"/>
       <c r="D106" s="43"/>
       <c r="E106" s="37">
         <v>0</v>
       </c>
       <c r="F106" s="20">
-        <v>8.86</v>
+        <v>7.21</v>
       </c>
       <c r="G106" s="38">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="H106" s="55"/>
       <c r="I106" s="36"/>
       <c r="J106" s="16"/>
     </row>
     <row r="107" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B107" s="43">
-        <v>42948</v>
+        <v>43160</v>
       </c>
       <c r="C107" s="43"/>
       <c r="D107" s="43"/>
       <c r="E107" s="37">
         <v>0</v>
       </c>
       <c r="F107" s="20">
-        <v>8.6300000000000008</v>
+        <v>8.2899999999999991</v>
       </c>
       <c r="G107" s="38">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="H107" s="55"/>
       <c r="I107" s="36"/>
       <c r="J107" s="16"/>
     </row>
     <row r="108" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B108" s="43">
-        <v>42917</v>
+        <v>43132</v>
       </c>
       <c r="C108" s="43"/>
       <c r="D108" s="43"/>
       <c r="E108" s="37">
         <v>0</v>
       </c>
       <c r="F108" s="20">
-        <v>9.42</v>
+        <v>8.25</v>
       </c>
       <c r="G108" s="38">
-        <v>81</v>
+        <v>99</v>
       </c>
       <c r="H108" s="55"/>
       <c r="I108" s="36"/>
       <c r="J108" s="16"/>
     </row>
     <row r="109" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B109" s="43">
-        <v>42887</v>
+        <v>43101</v>
       </c>
       <c r="C109" s="43"/>
       <c r="D109" s="43"/>
       <c r="E109" s="37">
         <v>0</v>
       </c>
       <c r="F109" s="20">
-        <v>9.92</v>
+        <v>6.57</v>
       </c>
       <c r="G109" s="38">
-        <v>78</v>
+        <v>100</v>
       </c>
       <c r="H109" s="55"/>
       <c r="I109" s="36"/>
       <c r="J109" s="16"/>
     </row>
     <row r="110" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B110" s="43">
-        <v>42856</v>
+        <v>43070</v>
       </c>
       <c r="C110" s="43"/>
       <c r="D110" s="43"/>
       <c r="E110" s="37">
         <v>0</v>
       </c>
       <c r="F110" s="20">
-        <v>8.73</v>
+        <v>6.31</v>
       </c>
       <c r="G110" s="38">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="H110" s="55"/>
       <c r="I110" s="36"/>
       <c r="J110" s="16"/>
     </row>
     <row r="111" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B111" s="43">
-        <v>42826</v>
+        <v>43040</v>
       </c>
       <c r="C111" s="43"/>
       <c r="D111" s="43"/>
       <c r="E111" s="37">
         <v>0</v>
       </c>
       <c r="F111" s="20">
-        <v>8.2100000000000009</v>
+        <v>8.5</v>
       </c>
       <c r="G111" s="38">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="H111" s="55"/>
       <c r="I111" s="36"/>
       <c r="J111" s="16"/>
     </row>
     <row r="112" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B112" s="43">
-        <v>42795</v>
+        <v>43009</v>
       </c>
       <c r="C112" s="43"/>
       <c r="D112" s="43"/>
       <c r="E112" s="37">
         <v>0</v>
       </c>
       <c r="F112" s="20">
-        <v>7.09</v>
+        <v>7.6</v>
       </c>
       <c r="G112" s="38">
         <v>100</v>
       </c>
       <c r="H112" s="55"/>
       <c r="I112" s="36"/>
       <c r="J112" s="16"/>
     </row>
     <row r="113" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B113" s="43">
-        <v>42767</v>
+        <v>42979</v>
       </c>
       <c r="C113" s="43"/>
       <c r="D113" s="43"/>
       <c r="E113" s="37">
         <v>0</v>
       </c>
       <c r="F113" s="20">
-        <v>8.07</v>
+        <v>8.86</v>
       </c>
       <c r="G113" s="38">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="H113" s="55"/>
       <c r="I113" s="36"/>
       <c r="J113" s="16"/>
     </row>
     <row r="114" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B114" s="43">
-        <v>42736</v>
+        <v>42948</v>
       </c>
       <c r="C114" s="43"/>
       <c r="D114" s="43"/>
       <c r="E114" s="37">
         <v>0</v>
       </c>
       <c r="F114" s="20">
-        <v>5.67</v>
+        <v>8.6300000000000008</v>
       </c>
       <c r="G114" s="38">
         <v>100</v>
       </c>
       <c r="H114" s="55"/>
       <c r="I114" s="36"/>
       <c r="J114" s="16"/>
     </row>
     <row r="115" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B115" s="43">
-        <v>42705</v>
+        <v>42917</v>
       </c>
       <c r="C115" s="43"/>
       <c r="D115" s="43"/>
       <c r="E115" s="37">
         <v>0</v>
       </c>
       <c r="F115" s="20">
-        <v>5.41</v>
+        <v>9.42</v>
       </c>
       <c r="G115" s="38">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="H115" s="55"/>
       <c r="I115" s="36"/>
       <c r="J115" s="16"/>
     </row>
     <row r="116" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B116" s="43">
-        <v>42675</v>
+        <v>42887</v>
       </c>
       <c r="C116" s="43"/>
       <c r="D116" s="43"/>
       <c r="E116" s="37">
         <v>0</v>
       </c>
       <c r="F116" s="20">
-        <v>6.15</v>
+        <v>9.92</v>
       </c>
       <c r="G116" s="38">
-        <v>99</v>
+        <v>78</v>
       </c>
       <c r="H116" s="55"/>
       <c r="I116" s="36"/>
       <c r="J116" s="16"/>
     </row>
     <row r="117" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B117" s="43">
-        <v>42644</v>
+        <v>42856</v>
       </c>
       <c r="C117" s="43"/>
       <c r="D117" s="43"/>
       <c r="E117" s="37">
         <v>0</v>
       </c>
       <c r="F117" s="20">
-        <v>6.18</v>
+        <v>8.73</v>
       </c>
       <c r="G117" s="38">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="H117" s="55"/>
       <c r="I117" s="36"/>
       <c r="J117" s="16"/>
     </row>
     <row r="118" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B118" s="43">
-        <v>42614</v>
+        <v>42826</v>
       </c>
       <c r="C118" s="43"/>
       <c r="D118" s="43"/>
       <c r="E118" s="37">
         <v>0</v>
       </c>
       <c r="F118" s="20">
-        <v>7.01</v>
+        <v>8.2100000000000009</v>
       </c>
       <c r="G118" s="38">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="H118" s="55"/>
       <c r="I118" s="36"/>
       <c r="J118" s="16"/>
     </row>
     <row r="119" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B119" s="44">
-[...3 lines deleted...]
-      <c r="D119" s="44"/>
+      <c r="B119" s="43">
+        <v>42795</v>
+      </c>
+      <c r="C119" s="43"/>
+      <c r="D119" s="43"/>
       <c r="E119" s="37">
         <v>0</v>
       </c>
       <c r="F119" s="20">
-        <v>7.1</v>
+        <v>7.09</v>
       </c>
       <c r="G119" s="38">
         <v>100</v>
       </c>
       <c r="H119" s="55"/>
       <c r="I119" s="36"/>
       <c r="J119" s="16"/>
     </row>
     <row r="120" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B120" s="44">
-[...3 lines deleted...]
-      <c r="D120" s="44"/>
+      <c r="B120" s="43">
+        <v>42767</v>
+      </c>
+      <c r="C120" s="43"/>
+      <c r="D120" s="43"/>
       <c r="E120" s="37">
         <v>0</v>
       </c>
       <c r="F120" s="20">
-        <v>7</v>
+        <v>8.07</v>
       </c>
       <c r="G120" s="38">
-        <v>100</v>
+        <v>81</v>
       </c>
       <c r="H120" s="55"/>
       <c r="I120" s="36"/>
       <c r="J120" s="16"/>
     </row>
     <row r="121" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B121" s="44">
-[...3 lines deleted...]
-      <c r="D121" s="44"/>
+      <c r="B121" s="43">
+        <v>42736</v>
+      </c>
+      <c r="C121" s="43"/>
+      <c r="D121" s="43"/>
       <c r="E121" s="37">
         <v>0</v>
       </c>
       <c r="F121" s="20">
-        <v>7.12</v>
+        <v>5.67</v>
       </c>
       <c r="G121" s="38">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="H121" s="55"/>
       <c r="I121" s="36"/>
       <c r="J121" s="16"/>
     </row>
     <row r="122" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B122" s="44">
-[...3 lines deleted...]
-      <c r="D122" s="44"/>
+      <c r="B122" s="43">
+        <v>42705</v>
+      </c>
+      <c r="C122" s="43"/>
+      <c r="D122" s="43"/>
       <c r="E122" s="37">
         <v>0</v>
       </c>
       <c r="F122" s="20">
-        <v>6</v>
+        <v>5.41</v>
       </c>
       <c r="G122" s="38">
-        <v>54</v>
+        <v>79</v>
       </c>
       <c r="H122" s="55"/>
       <c r="I122" s="36"/>
       <c r="J122" s="16"/>
     </row>
-    <row r="123" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="D123" s="44"/>
+    <row r="123" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B123" s="43">
+        <v>42675</v>
+      </c>
+      <c r="C123" s="43"/>
+      <c r="D123" s="43"/>
       <c r="E123" s="37">
         <v>0</v>
       </c>
       <c r="F123" s="20">
-        <v>5.9</v>
+        <v>6.15</v>
       </c>
       <c r="G123" s="38">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="H123" s="55"/>
       <c r="I123" s="36"/>
       <c r="J123" s="16"/>
     </row>
     <row r="124" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B124" s="44">
-[...3 lines deleted...]
-      <c r="D124" s="44"/>
+      <c r="B124" s="43">
+        <v>42644</v>
+      </c>
+      <c r="C124" s="43"/>
+      <c r="D124" s="43"/>
       <c r="E124" s="37">
         <v>0</v>
       </c>
       <c r="F124" s="20">
-        <v>6.1</v>
+        <v>6.18</v>
       </c>
       <c r="G124" s="38">
-        <v>80</v>
+        <v>98</v>
       </c>
       <c r="H124" s="55"/>
       <c r="I124" s="36"/>
       <c r="J124" s="16"/>
     </row>
     <row r="125" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B125" s="44">
-[...3 lines deleted...]
-      <c r="D125" s="44"/>
+      <c r="B125" s="43">
+        <v>42614</v>
+      </c>
+      <c r="C125" s="43"/>
+      <c r="D125" s="43"/>
       <c r="E125" s="37">
         <v>0</v>
       </c>
       <c r="F125" s="20">
-        <v>5.9</v>
+        <v>7.01</v>
       </c>
       <c r="G125" s="38">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="H125" s="55"/>
       <c r="I125" s="36"/>
       <c r="J125" s="16"/>
     </row>
     <row r="126" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B126" s="45">
-[...3 lines deleted...]
-      <c r="D126" s="45"/>
+      <c r="B126" s="44">
+        <v>42583</v>
+      </c>
+      <c r="C126" s="44"/>
+      <c r="D126" s="44"/>
       <c r="E126" s="37">
         <v>0</v>
       </c>
       <c r="F126" s="20">
-        <v>5.74</v>
+        <v>7.1</v>
       </c>
       <c r="G126" s="38">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="H126" s="55"/>
-      <c r="I126" s="50"/>
-      <c r="J126" s="47"/>
+      <c r="I126" s="36"/>
+      <c r="J126" s="16"/>
     </row>
     <row r="127" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B127" s="45">
-[...3 lines deleted...]
-      <c r="D127" s="45"/>
+      <c r="B127" s="44">
+        <v>42552</v>
+      </c>
+      <c r="C127" s="44"/>
+      <c r="D127" s="44"/>
       <c r="E127" s="37">
         <v>0</v>
       </c>
       <c r="F127" s="20">
-        <v>3.44</v>
+        <v>7</v>
       </c>
       <c r="G127" s="38">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="H127" s="55"/>
-      <c r="I127" s="50"/>
-      <c r="J127" s="47"/>
+      <c r="I127" s="36"/>
+      <c r="J127" s="16"/>
     </row>
     <row r="128" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B128" s="45">
-[...3 lines deleted...]
-      <c r="D128" s="45"/>
+      <c r="B128" s="44">
+        <v>42522</v>
+      </c>
+      <c r="C128" s="44"/>
+      <c r="D128" s="44"/>
       <c r="E128" s="37">
         <v>0</v>
       </c>
       <c r="F128" s="20">
-        <v>5.37</v>
+        <v>7.12</v>
       </c>
       <c r="G128" s="38">
-        <v>43</v>
+        <v>98</v>
       </c>
       <c r="H128" s="55"/>
-      <c r="I128" s="50"/>
-      <c r="J128" s="47"/>
+      <c r="I128" s="36"/>
+      <c r="J128" s="16"/>
     </row>
     <row r="129" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B129" s="45">
-[...3 lines deleted...]
-      <c r="D129" s="45"/>
+      <c r="B129" s="44">
+        <v>42491</v>
+      </c>
+      <c r="C129" s="44"/>
+      <c r="D129" s="44"/>
       <c r="E129" s="37">
         <v>0</v>
       </c>
       <c r="F129" s="20">
-        <v>6.32</v>
+        <v>6</v>
       </c>
       <c r="G129" s="38">
-        <v>100</v>
+        <v>54</v>
       </c>
       <c r="H129" s="55"/>
-      <c r="I129" s="50"/>
-[...7 lines deleted...]
-      <c r="D130" s="45"/>
+      <c r="I129" s="36"/>
+      <c r="J129" s="16"/>
+    </row>
+    <row r="130" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B130" s="44">
+        <v>42461</v>
+      </c>
+      <c r="C130" s="44"/>
+      <c r="D130" s="44"/>
       <c r="E130" s="37">
         <v>0</v>
       </c>
       <c r="F130" s="20">
-        <v>6.18</v>
+        <v>5.9</v>
       </c>
       <c r="G130" s="38">
-        <v>74</v>
+        <v>95</v>
       </c>
       <c r="H130" s="55"/>
-      <c r="I130" s="50"/>
-      <c r="J130" s="47"/>
+      <c r="I130" s="36"/>
+      <c r="J130" s="16"/>
     </row>
     <row r="131" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B131" s="45">
-[...3 lines deleted...]
-      <c r="D131" s="45"/>
+      <c r="B131" s="44">
+        <v>42430</v>
+      </c>
+      <c r="C131" s="44"/>
+      <c r="D131" s="44"/>
       <c r="E131" s="37">
         <v>0</v>
       </c>
       <c r="F131" s="20">
-        <v>6.16</v>
+        <v>6.1</v>
       </c>
       <c r="G131" s="38">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="H131" s="55"/>
-      <c r="I131" s="50"/>
-      <c r="J131" s="47"/>
+      <c r="I131" s="36"/>
+      <c r="J131" s="16"/>
     </row>
     <row r="132" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B132" s="45">
-[...3 lines deleted...]
-      <c r="D132" s="45"/>
+      <c r="B132" s="44">
+        <v>42401</v>
+      </c>
+      <c r="C132" s="44"/>
+      <c r="D132" s="44"/>
       <c r="E132" s="37">
         <v>0</v>
       </c>
       <c r="F132" s="20">
-        <v>7.3</v>
+        <v>5.9</v>
       </c>
       <c r="G132" s="38">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="H132" s="55"/>
-      <c r="I132" s="50"/>
-      <c r="J132" s="47"/>
+      <c r="I132" s="36"/>
+      <c r="J132" s="16"/>
     </row>
     <row r="133" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B133" s="45">
-        <v>42156</v>
+        <v>42370</v>
       </c>
       <c r="C133" s="45"/>
       <c r="D133" s="45"/>
       <c r="E133" s="37">
         <v>0</v>
       </c>
       <c r="F133" s="20">
-        <v>7.97</v>
+        <v>5.74</v>
       </c>
       <c r="G133" s="38">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="H133" s="55"/>
       <c r="I133" s="50"/>
       <c r="J133" s="47"/>
     </row>
     <row r="134" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B134" s="45">
-        <v>42125</v>
+        <v>42339</v>
       </c>
       <c r="C134" s="45"/>
       <c r="D134" s="45"/>
       <c r="E134" s="37">
         <v>0</v>
       </c>
       <c r="F134" s="20">
-        <v>7.67</v>
+        <v>3.44</v>
       </c>
       <c r="G134" s="38">
-        <v>100</v>
+        <v>81</v>
       </c>
       <c r="H134" s="55"/>
       <c r="I134" s="50"/>
       <c r="J134" s="47"/>
     </row>
     <row r="135" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B135" s="45">
-        <v>42095</v>
+        <v>42309</v>
       </c>
       <c r="C135" s="45"/>
       <c r="D135" s="45"/>
       <c r="E135" s="37">
         <v>0</v>
       </c>
       <c r="F135" s="20">
-        <v>8.33</v>
+        <v>5.37</v>
       </c>
       <c r="G135" s="38">
-        <v>72</v>
+        <v>43</v>
       </c>
       <c r="H135" s="55"/>
       <c r="I135" s="50"/>
       <c r="J135" s="47"/>
     </row>
     <row r="136" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B136" s="45">
-        <v>42064</v>
+        <v>42278</v>
       </c>
       <c r="C136" s="45"/>
       <c r="D136" s="45"/>
-      <c r="E136" s="48">
-[...6 lines deleted...]
-        <v>81</v>
+      <c r="E136" s="37">
+        <v>0</v>
+      </c>
+      <c r="F136" s="20">
+        <v>6.32</v>
+      </c>
+      <c r="G136" s="38">
+        <v>100</v>
       </c>
       <c r="H136" s="55"/>
       <c r="I136" s="50"/>
       <c r="J136" s="47"/>
     </row>
     <row r="137" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B137" s="45">
-        <v>42036</v>
+        <v>42248</v>
       </c>
       <c r="C137" s="45"/>
       <c r="D137" s="45"/>
       <c r="E137" s="37">
         <v>0</v>
       </c>
       <c r="F137" s="20">
-        <v>6.45</v>
+        <v>6.18</v>
       </c>
       <c r="G137" s="38">
-        <v>96</v>
+        <v>74</v>
       </c>
       <c r="H137" s="55"/>
       <c r="I137" s="50"/>
       <c r="J137" s="47"/>
     </row>
     <row r="138" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B138" s="45">
-        <v>42005</v>
+        <v>42217</v>
       </c>
       <c r="C138" s="45"/>
       <c r="D138" s="45"/>
-      <c r="E138" s="48">
-[...6 lines deleted...]
-        <v>88</v>
+      <c r="E138" s="37">
+        <v>0</v>
+      </c>
+      <c r="F138" s="20">
+        <v>6.16</v>
+      </c>
+      <c r="G138" s="38">
+        <v>86</v>
       </c>
       <c r="H138" s="55"/>
       <c r="I138" s="50"/>
       <c r="J138" s="47"/>
     </row>
     <row r="139" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B139" s="45">
-        <v>41974</v>
+        <v>42186</v>
       </c>
       <c r="C139" s="45"/>
       <c r="D139" s="45"/>
-      <c r="E139" s="48">
-[...6 lines deleted...]
-        <v>73</v>
+      <c r="E139" s="37">
+        <v>0</v>
+      </c>
+      <c r="F139" s="20">
+        <v>7.3</v>
+      </c>
+      <c r="G139" s="38">
+        <v>100</v>
       </c>
       <c r="H139" s="55"/>
       <c r="I139" s="50"/>
       <c r="J139" s="47"/>
     </row>
     <row r="140" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B140" s="45">
-        <v>41944</v>
+        <v>42156</v>
       </c>
       <c r="C140" s="45"/>
       <c r="D140" s="45"/>
-      <c r="E140" s="48">
-[...6 lines deleted...]
-        <v>95</v>
+      <c r="E140" s="37">
+        <v>0</v>
+      </c>
+      <c r="F140" s="20">
+        <v>7.97</v>
+      </c>
+      <c r="G140" s="38">
+        <v>99</v>
       </c>
       <c r="H140" s="55"/>
       <c r="I140" s="50"/>
       <c r="J140" s="47"/>
     </row>
     <row r="141" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B141" s="45">
-        <v>41913</v>
+        <v>42125</v>
       </c>
       <c r="C141" s="45"/>
       <c r="D141" s="45"/>
-      <c r="E141" s="48">
-[...5 lines deleted...]
-      <c r="G141" s="49">
+      <c r="E141" s="37">
+        <v>0</v>
+      </c>
+      <c r="F141" s="20">
+        <v>7.67</v>
+      </c>
+      <c r="G141" s="38">
         <v>100</v>
       </c>
       <c r="H141" s="55"/>
       <c r="I141" s="50"/>
       <c r="J141" s="47"/>
     </row>
     <row r="142" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B142" s="45">
-        <v>41883</v>
+        <v>42095</v>
       </c>
       <c r="C142" s="45"/>
       <c r="D142" s="45"/>
-      <c r="E142" s="48">
-[...6 lines deleted...]
-        <v>98</v>
+      <c r="E142" s="37">
+        <v>0</v>
+      </c>
+      <c r="F142" s="20">
+        <v>8.33</v>
+      </c>
+      <c r="G142" s="38">
+        <v>72</v>
       </c>
       <c r="H142" s="55"/>
       <c r="I142" s="50"/>
       <c r="J142" s="47"/>
     </row>
+    <row r="143" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B143" s="45">
+        <v>42064</v>
+      </c>
+      <c r="C143" s="45"/>
+      <c r="D143" s="45"/>
+      <c r="E143" s="48">
+        <v>0</v>
+      </c>
+      <c r="F143" s="13">
+        <v>6.25</v>
+      </c>
+      <c r="G143" s="49">
+        <v>81</v>
+      </c>
+      <c r="H143" s="55"/>
+      <c r="I143" s="50"/>
+      <c r="J143" s="47"/>
+    </row>
+    <row r="144" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B144" s="45">
+        <v>42036</v>
+      </c>
+      <c r="C144" s="45"/>
+      <c r="D144" s="45"/>
+      <c r="E144" s="37">
+        <v>0</v>
+      </c>
+      <c r="F144" s="20">
+        <v>6.45</v>
+      </c>
+      <c r="G144" s="38">
+        <v>96</v>
+      </c>
+      <c r="H144" s="55"/>
+      <c r="I144" s="50"/>
+      <c r="J144" s="47"/>
+    </row>
+    <row r="145" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B145" s="45">
+        <v>42005</v>
+      </c>
+      <c r="C145" s="45"/>
+      <c r="D145" s="45"/>
+      <c r="E145" s="48">
+        <v>0</v>
+      </c>
+      <c r="F145" s="13">
+        <v>23.7</v>
+      </c>
+      <c r="G145" s="49">
+        <v>88</v>
+      </c>
+      <c r="H145" s="55"/>
+      <c r="I145" s="50"/>
+      <c r="J145" s="47"/>
+    </row>
+    <row r="146" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B146" s="45">
+        <v>41974</v>
+      </c>
+      <c r="C146" s="45"/>
+      <c r="D146" s="45"/>
+      <c r="E146" s="48">
+        <v>0</v>
+      </c>
+      <c r="F146" s="13">
+        <v>13.59</v>
+      </c>
+      <c r="G146" s="49">
+        <v>73</v>
+      </c>
+      <c r="H146" s="55"/>
+      <c r="I146" s="50"/>
+      <c r="J146" s="47"/>
+    </row>
+    <row r="147" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B147" s="45">
+        <v>41944</v>
+      </c>
+      <c r="C147" s="45"/>
+      <c r="D147" s="45"/>
+      <c r="E147" s="48">
+        <v>0</v>
+      </c>
+      <c r="F147" s="13">
+        <v>20.8</v>
+      </c>
+      <c r="G147" s="49">
+        <v>95</v>
+      </c>
+      <c r="H147" s="55"/>
+      <c r="I147" s="50"/>
+      <c r="J147" s="47"/>
+    </row>
+    <row r="148" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B148" s="45">
+        <v>41913</v>
+      </c>
+      <c r="C148" s="45"/>
+      <c r="D148" s="45"/>
+      <c r="E148" s="48">
+        <v>0</v>
+      </c>
+      <c r="F148" s="13">
+        <v>16.5</v>
+      </c>
+      <c r="G148" s="49">
+        <v>100</v>
+      </c>
+      <c r="H148" s="55"/>
+      <c r="I148" s="50"/>
+      <c r="J148" s="47"/>
+    </row>
+    <row r="149" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B149" s="45">
+        <v>41883</v>
+      </c>
+      <c r="C149" s="45"/>
+      <c r="D149" s="45"/>
+      <c r="E149" s="48">
+        <v>0</v>
+      </c>
+      <c r="F149" s="13">
+        <v>16.68</v>
+      </c>
+      <c r="G149" s="49">
+        <v>98</v>
+      </c>
+      <c r="H149" s="55"/>
+      <c r="I149" s="50"/>
+      <c r="J149" s="47"/>
+    </row>
   </sheetData>
   <mergeCells count="13">
-    <mergeCell ref="B71:J71"/>
+    <mergeCell ref="B78:J78"/>
     <mergeCell ref="B6:B8"/>
     <mergeCell ref="B3:J3"/>
     <mergeCell ref="B4:J4"/>
     <mergeCell ref="B5:J5"/>
     <mergeCell ref="B9:J9"/>
     <mergeCell ref="E7:G7"/>
     <mergeCell ref="I6:J7"/>
     <mergeCell ref="E6:G6"/>
     <mergeCell ref="H6:H8"/>
     <mergeCell ref="D6:D8"/>
     <mergeCell ref="B10:J10"/>
     <mergeCell ref="C6:C8"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B4:J4" r:id="rId1" display="Link to EPA Public Registers     https://www.epa.nsw.gov.au/licensing-and-regulation/public-registers" xr:uid="{00000000-0004-0000-0200-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="B1:J21"/>
   <sheetViews>
-    <sheetView topLeftCell="A2" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="G12" sqref="G12"/>
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="H12" sqref="H12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="2" max="3" width="11.5546875" customWidth="1"/>
     <col min="4" max="4" width="11.109375" customWidth="1"/>
     <col min="8" max="8" width="36.5546875" customWidth="1"/>
     <col min="9" max="9" width="15.33203125" customWidth="1"/>
     <col min="10" max="10" width="16.44140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="2" spans="2:10" ht="34.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B2" s="103" t="s">
-[...9 lines deleted...]
-      <c r="J2" s="105"/>
+      <c r="B2" s="99" t="s">
+        <v>0</v>
+      </c>
+      <c r="C2" s="100"/>
+      <c r="D2" s="100"/>
+      <c r="E2" s="100"/>
+      <c r="F2" s="100"/>
+      <c r="G2" s="100"/>
+      <c r="H2" s="100"/>
+      <c r="I2" s="100"/>
+      <c r="J2" s="101"/>
     </row>
     <row r="3" spans="2:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B3" s="106" t="s">
+      <c r="B3" s="102" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="107"/>
-[...6 lines deleted...]
-      <c r="J3" s="108"/>
+      <c r="C3" s="103"/>
+      <c r="D3" s="103"/>
+      <c r="E3" s="103"/>
+      <c r="F3" s="103"/>
+      <c r="G3" s="103"/>
+      <c r="H3" s="103"/>
+      <c r="I3" s="103"/>
+      <c r="J3" s="104"/>
     </row>
     <row r="4" spans="2:10" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B4" s="109" t="s">
+      <c r="B4" s="105" t="s">
         <v>50</v>
       </c>
-      <c r="C4" s="110"/>
-[...6 lines deleted...]
-      <c r="J4" s="111"/>
+      <c r="C4" s="106"/>
+      <c r="D4" s="106"/>
+      <c r="E4" s="106"/>
+      <c r="F4" s="106"/>
+      <c r="G4" s="106"/>
+      <c r="H4" s="106"/>
+      <c r="I4" s="106"/>
+      <c r="J4" s="107"/>
     </row>
     <row r="5" spans="2:10" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B5" s="112" t="s">
+      <c r="B5" s="108" t="s">
         <v>3</v>
       </c>
-      <c r="C5" s="112" t="s">
+      <c r="C5" s="108" t="s">
         <v>4</v>
       </c>
-      <c r="D5" s="112" t="s">
+      <c r="D5" s="108" t="s">
         <v>5</v>
       </c>
-      <c r="E5" s="143" t="s">
+      <c r="E5" s="142" t="s">
         <v>35</v>
       </c>
-      <c r="F5" s="137"/>
-[...1 lines deleted...]
-      <c r="H5" s="121" t="s">
+      <c r="F5" s="133"/>
+      <c r="G5" s="134"/>
+      <c r="H5" s="117" t="s">
         <v>36</v>
       </c>
-      <c r="I5" s="127" t="s">
+      <c r="I5" s="123" t="s">
         <v>8</v>
       </c>
-      <c r="J5" s="128"/>
+      <c r="J5" s="124"/>
     </row>
     <row r="6" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B6" s="113"/>
-[...2 lines deleted...]
-      <c r="E6" s="142" t="s">
+      <c r="B6" s="109"/>
+      <c r="C6" s="109"/>
+      <c r="D6" s="109"/>
+      <c r="E6" s="141" t="s">
         <v>51</v>
       </c>
-      <c r="F6" s="135"/>
-[...3 lines deleted...]
-      <c r="J6" s="140"/>
+      <c r="F6" s="131"/>
+      <c r="G6" s="132"/>
+      <c r="H6" s="118"/>
+      <c r="I6" s="135"/>
+      <c r="J6" s="136"/>
     </row>
     <row r="7" spans="2:10" ht="29.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B7" s="114"/>
-[...1 lines deleted...]
-      <c r="D7" s="114"/>
+      <c r="B7" s="110"/>
+      <c r="C7" s="110"/>
+      <c r="D7" s="110"/>
       <c r="E7" s="19" t="s">
         <v>10</v>
       </c>
       <c r="F7" s="19" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="19" t="s">
         <v>12</v>
       </c>
-      <c r="H7" s="123"/>
+      <c r="H7" s="119"/>
       <c r="I7" s="25" t="s">
         <v>13</v>
       </c>
       <c r="J7" s="26" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="8" spans="2:10" ht="34.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B8" s="115" t="s">
+      <c r="B8" s="111" t="s">
         <v>15</v>
       </c>
-      <c r="C8" s="116"/>
-[...6 lines deleted...]
-      <c r="J8" s="117"/>
+      <c r="C8" s="112"/>
+      <c r="D8" s="112"/>
+      <c r="E8" s="112"/>
+      <c r="F8" s="112"/>
+      <c r="G8" s="112"/>
+      <c r="H8" s="112"/>
+      <c r="I8" s="112"/>
+      <c r="J8" s="113"/>
     </row>
     <row r="9" spans="2:10" ht="61.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B9" s="131" t="s">
+      <c r="B9" s="127" t="s">
         <v>16</v>
       </c>
-      <c r="C9" s="132"/>
-[...6 lines deleted...]
-      <c r="J9" s="133"/>
+      <c r="C9" s="128"/>
+      <c r="D9" s="128"/>
+      <c r="E9" s="128"/>
+      <c r="F9" s="128"/>
+      <c r="G9" s="128"/>
+      <c r="H9" s="128"/>
+      <c r="I9" s="128"/>
+      <c r="J9" s="129"/>
     </row>
     <row r="10" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B10" s="94"/>
-[...7 lines deleted...]
-      <c r="J10" s="94"/>
+      <c r="B10" s="89"/>
+      <c r="C10" s="89"/>
+      <c r="D10" s="89"/>
+      <c r="E10" s="89"/>
+      <c r="F10" s="89"/>
+      <c r="G10" s="89"/>
+      <c r="H10" s="89"/>
+      <c r="I10" s="89"/>
+      <c r="J10" s="89"/>
     </row>
     <row r="11" spans="2:10" ht="37.200000000000003" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B11" s="192">
+      <c r="B11" s="95">
         <v>45748</v>
       </c>
-      <c r="C11" s="192">
+      <c r="C11" s="95">
         <v>45809</v>
       </c>
-      <c r="D11" s="192">
+      <c r="D11" s="95">
         <v>45809</v>
       </c>
-      <c r="E11" s="94">
+      <c r="E11" s="89">
         <v>120</v>
       </c>
-      <c r="F11" s="94">
+      <c r="F11" s="89">
         <v>120</v>
       </c>
-      <c r="G11" s="94">
+      <c r="G11" s="89">
         <v>120</v>
       </c>
-      <c r="H11" s="94" t="s">
+      <c r="H11" s="89" t="s">
         <v>128</v>
       </c>
-      <c r="I11" s="94"/>
-      <c r="J11" s="94"/>
+      <c r="I11" s="89"/>
+      <c r="J11" s="89"/>
     </row>
     <row r="12" spans="2:10" s="5" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B12" s="93">
+      <c r="B12" s="88">
         <v>45393</v>
       </c>
-      <c r="C12" s="93">
+      <c r="C12" s="88">
         <v>45426</v>
       </c>
-      <c r="D12" s="93">
+      <c r="D12" s="88">
         <v>45427</v>
       </c>
       <c r="E12" s="20">
         <v>170</v>
       </c>
       <c r="F12" s="20">
         <v>170</v>
       </c>
       <c r="G12" s="20">
         <v>170</v>
       </c>
       <c r="H12" s="20" t="s">
         <v>39</v>
       </c>
       <c r="I12" s="20"/>
       <c r="J12" s="20"/>
     </row>
     <row r="13" spans="2:10" s="5" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B13" s="93">
+      <c r="B13" s="88">
         <v>45017</v>
       </c>
-      <c r="C13" s="93">
+      <c r="C13" s="88">
         <v>45017</v>
       </c>
-      <c r="D13" s="93">
+      <c r="D13" s="88">
         <v>45078</v>
       </c>
       <c r="E13" s="20">
         <v>240</v>
       </c>
       <c r="F13" s="20">
         <v>240</v>
       </c>
       <c r="G13" s="20">
         <v>240</v>
       </c>
       <c r="H13" s="20" t="s">
         <v>39</v>
       </c>
       <c r="I13" s="20"/>
       <c r="J13" s="20"/>
     </row>
     <row r="14" spans="2:10" s="5" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B14" s="93">
+      <c r="B14" s="88">
         <v>44621</v>
       </c>
-      <c r="C14" s="93">
+      <c r="C14" s="88">
         <v>44682</v>
       </c>
-      <c r="D14" s="93">
+      <c r="D14" s="88">
         <v>44682</v>
       </c>
       <c r="E14" s="20">
         <v>270</v>
       </c>
       <c r="F14" s="20">
         <v>270</v>
       </c>
       <c r="G14" s="20">
         <v>270</v>
       </c>
       <c r="H14" s="20" t="s">
         <v>39</v>
       </c>
       <c r="I14" s="20"/>
       <c r="J14" s="20"/>
     </row>
     <row r="15" spans="2:10" s="5" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B15" s="93">
+      <c r="B15" s="88">
         <v>44197</v>
       </c>
-      <c r="C15" s="93">
+      <c r="C15" s="88">
         <v>44317</v>
       </c>
-      <c r="D15" s="93">
+      <c r="D15" s="88">
         <v>44348</v>
       </c>
       <c r="E15" s="20">
         <v>170</v>
       </c>
       <c r="F15" s="20">
         <v>170</v>
       </c>
       <c r="G15" s="20">
         <v>170</v>
       </c>
       <c r="H15" s="20" t="s">
         <v>39</v>
       </c>
       <c r="I15" s="20"/>
       <c r="J15" s="20"/>
     </row>
     <row r="16" spans="2:10" s="5" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="B16" s="141" t="s">
+      <c r="B16" s="140" t="s">
         <v>27</v>
       </c>
-      <c r="C16" s="141"/>
-[...6 lines deleted...]
-      <c r="J16" s="141"/>
+      <c r="C16" s="140"/>
+      <c r="D16" s="140"/>
+      <c r="E16" s="140"/>
+      <c r="F16" s="140"/>
+      <c r="G16" s="140"/>
+      <c r="H16" s="140"/>
+      <c r="I16" s="140"/>
+      <c r="J16" s="140"/>
     </row>
     <row r="17" spans="2:10" s="5" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="B17" s="93">
+      <c r="B17" s="88">
         <v>43831</v>
       </c>
-      <c r="C17" s="93"/>
-      <c r="D17" s="93"/>
+      <c r="C17" s="88"/>
+      <c r="D17" s="88"/>
       <c r="E17" s="20">
         <v>110</v>
       </c>
       <c r="F17" s="20">
         <v>140</v>
       </c>
       <c r="G17" s="20">
         <v>150</v>
       </c>
       <c r="H17" s="20" t="s">
         <v>52</v>
       </c>
       <c r="I17" s="20"/>
       <c r="J17" s="20"/>
     </row>
     <row r="18" spans="2:10" s="5" customFormat="1" ht="19.2" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B18" s="93">
+      <c r="B18" s="88">
         <v>43497</v>
       </c>
-      <c r="C18" s="93"/>
-      <c r="D18" s="93"/>
+      <c r="C18" s="88"/>
+      <c r="D18" s="88"/>
       <c r="E18" s="20">
         <v>150</v>
       </c>
       <c r="F18" s="20">
         <v>150</v>
       </c>
       <c r="G18" s="20">
         <v>150</v>
       </c>
       <c r="H18" s="20" t="s">
         <v>52</v>
       </c>
       <c r="I18" s="20"/>
       <c r="J18" s="20"/>
     </row>
     <row r="19" spans="2:10" s="5" customFormat="1" ht="72" x14ac:dyDescent="0.3">
-      <c r="B19" s="93">
+      <c r="B19" s="88">
         <v>43009</v>
       </c>
-      <c r="C19" s="93"/>
-      <c r="D19" s="93"/>
+      <c r="C19" s="88"/>
+      <c r="D19" s="88"/>
       <c r="E19" s="20">
         <v>170</v>
       </c>
       <c r="F19" s="20">
         <v>180</v>
       </c>
       <c r="G19" s="20">
         <v>190</v>
       </c>
       <c r="H19" s="20"/>
       <c r="I19" s="20" t="s">
         <v>53</v>
       </c>
-      <c r="J19" s="95">
+      <c r="J19" s="90">
         <v>43242</v>
       </c>
     </row>
     <row r="20" spans="2:10" s="5" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="B20" s="93">
+      <c r="B20" s="88">
         <v>42826</v>
       </c>
-      <c r="C20" s="93"/>
-      <c r="D20" s="93"/>
+      <c r="C20" s="88"/>
+      <c r="D20" s="88"/>
       <c r="E20" s="20">
         <v>220</v>
       </c>
       <c r="F20" s="20">
         <v>240</v>
       </c>
       <c r="G20" s="20">
         <v>250</v>
       </c>
       <c r="H20" s="20"/>
       <c r="I20" s="20"/>
       <c r="J20" s="20"/>
     </row>
     <row r="21" spans="2:10" s="5" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="B21" s="72">
+      <c r="B21" s="68">
         <v>42064</v>
       </c>
-      <c r="C21" s="72"/>
-      <c r="D21" s="72"/>
+      <c r="C21" s="68"/>
+      <c r="D21" s="68"/>
       <c r="E21" s="13">
         <v>160</v>
       </c>
       <c r="F21" s="13">
         <v>160</v>
       </c>
       <c r="G21" s="13">
         <v>160</v>
       </c>
       <c r="H21" s="13"/>
       <c r="I21" s="13"/>
       <c r="J21" s="13"/>
     </row>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="B16:J16"/>
     <mergeCell ref="B2:J2"/>
     <mergeCell ref="B3:J3"/>
     <mergeCell ref="B4:J4"/>
     <mergeCell ref="B8:J8"/>
     <mergeCell ref="E6:G6"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="H5:H7"/>
     <mergeCell ref="I5:J6"/>
     <mergeCell ref="B5:B7"/>
     <mergeCell ref="D5:D7"/>
     <mergeCell ref="B9:J9"/>
     <mergeCell ref="C5:C7"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B3:J3" r:id="rId1" display="Link to EPA Public Registers     https://www.epa.nsw.gov.au/licensing-and-regulation/public-registers" xr:uid="{00000000-0004-0000-0300-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B4:T93"/>
+  <dimension ref="B4:T95"/>
   <sheetViews>
-    <sheetView topLeftCell="A3" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="R18" sqref="R18"/>
+    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="R14" sqref="R14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="2" max="4" width="13.109375" customWidth="1"/>
     <col min="5" max="7" width="11.6640625" customWidth="1"/>
     <col min="8" max="8" width="16.44140625" customWidth="1"/>
     <col min="9" max="17" width="11.6640625" customWidth="1"/>
     <col min="18" max="18" width="67.44140625" style="15" customWidth="1"/>
     <col min="19" max="19" width="36.109375" customWidth="1"/>
     <col min="20" max="20" width="22.33203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="4" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="5" spans="2:20" ht="34.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B5" s="170" t="s">
+      <c r="B5" s="169" t="s">
         <v>54</v>
       </c>
-      <c r="C5" s="171"/>
-[...16 lines deleted...]
-      <c r="T5" s="172"/>
+      <c r="C5" s="170"/>
+      <c r="D5" s="170"/>
+      <c r="E5" s="170"/>
+      <c r="F5" s="170"/>
+      <c r="G5" s="170"/>
+      <c r="H5" s="170"/>
+      <c r="I5" s="170"/>
+      <c r="J5" s="170"/>
+      <c r="K5" s="170"/>
+      <c r="L5" s="170"/>
+      <c r="M5" s="170"/>
+      <c r="N5" s="170"/>
+      <c r="O5" s="170"/>
+      <c r="P5" s="170"/>
+      <c r="Q5" s="170"/>
+      <c r="R5" s="170"/>
+      <c r="S5" s="170"/>
+      <c r="T5" s="171"/>
     </row>
     <row r="6" spans="2:20" ht="25.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B6" s="173" t="s">
+      <c r="B6" s="172" t="s">
         <v>1</v>
       </c>
-      <c r="C6" s="174"/>
-[...16 lines deleted...]
-      <c r="T6" s="175"/>
+      <c r="C6" s="173"/>
+      <c r="D6" s="173"/>
+      <c r="E6" s="173"/>
+      <c r="F6" s="173"/>
+      <c r="G6" s="173"/>
+      <c r="H6" s="173"/>
+      <c r="I6" s="173"/>
+      <c r="J6" s="173"/>
+      <c r="K6" s="173"/>
+      <c r="L6" s="173"/>
+      <c r="M6" s="173"/>
+      <c r="N6" s="173"/>
+      <c r="O6" s="173"/>
+      <c r="P6" s="173"/>
+      <c r="Q6" s="173"/>
+      <c r="R6" s="173"/>
+      <c r="S6" s="173"/>
+      <c r="T6" s="174"/>
     </row>
     <row r="7" spans="2:20" ht="25.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B7" s="176" t="s">
+      <c r="B7" s="175" t="s">
         <v>55</v>
       </c>
-      <c r="C7" s="177"/>
-[...16 lines deleted...]
-      <c r="T7" s="178"/>
+      <c r="C7" s="176"/>
+      <c r="D7" s="176"/>
+      <c r="E7" s="176"/>
+      <c r="F7" s="176"/>
+      <c r="G7" s="176"/>
+      <c r="H7" s="176"/>
+      <c r="I7" s="176"/>
+      <c r="J7" s="176"/>
+      <c r="K7" s="176"/>
+      <c r="L7" s="176"/>
+      <c r="M7" s="176"/>
+      <c r="N7" s="176"/>
+      <c r="O7" s="176"/>
+      <c r="P7" s="176"/>
+      <c r="Q7" s="176"/>
+      <c r="R7" s="176"/>
+      <c r="S7" s="176"/>
+      <c r="T7" s="177"/>
     </row>
     <row r="8" spans="2:20" s="1" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B8" s="112" t="s">
+      <c r="B8" s="108" t="s">
         <v>3</v>
       </c>
-      <c r="C8" s="112" t="s">
+      <c r="C8" s="108" t="s">
         <v>4</v>
       </c>
-      <c r="D8" s="112" t="s">
+      <c r="D8" s="108" t="s">
         <v>5</v>
       </c>
-      <c r="E8" s="182" t="s">
+      <c r="E8" s="181" t="s">
         <v>56</v>
       </c>
-      <c r="F8" s="183"/>
-      <c r="G8" s="184"/>
+      <c r="F8" s="182"/>
+      <c r="G8" s="183"/>
       <c r="H8" s="12" t="s">
         <v>57</v>
       </c>
-      <c r="I8" s="185" t="s">
+      <c r="I8" s="184" t="s">
         <v>58</v>
       </c>
-      <c r="J8" s="183"/>
-[...1 lines deleted...]
-      <c r="L8" s="185" t="s">
+      <c r="J8" s="182"/>
+      <c r="K8" s="183"/>
+      <c r="L8" s="184" t="s">
         <v>59</v>
       </c>
-      <c r="M8" s="183"/>
-[...1 lines deleted...]
-      <c r="O8" s="185" t="s">
+      <c r="M8" s="182"/>
+      <c r="N8" s="183"/>
+      <c r="O8" s="184" t="s">
         <v>60</v>
       </c>
-      <c r="P8" s="183"/>
-[...1 lines deleted...]
-      <c r="R8" s="179" t="s">
+      <c r="P8" s="182"/>
+      <c r="Q8" s="185"/>
+      <c r="R8" s="178" t="s">
         <v>7</v>
       </c>
-      <c r="S8" s="127" t="s">
+      <c r="S8" s="123" t="s">
         <v>8</v>
       </c>
-      <c r="T8" s="128"/>
+      <c r="T8" s="124"/>
     </row>
     <row r="9" spans="2:20" ht="33" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B9" s="113"/>
-[...2 lines deleted...]
-      <c r="E9" s="187" t="s">
+      <c r="B9" s="109"/>
+      <c r="C9" s="109"/>
+      <c r="D9" s="109"/>
+      <c r="E9" s="186" t="s">
         <v>61</v>
       </c>
-      <c r="F9" s="188"/>
-      <c r="G9" s="189"/>
+      <c r="F9" s="187"/>
+      <c r="G9" s="188"/>
       <c r="H9" s="52" t="s">
         <v>62</v>
       </c>
-      <c r="I9" s="190" t="s">
+      <c r="I9" s="189" t="s">
         <v>63</v>
       </c>
-      <c r="J9" s="188"/>
-[...1 lines deleted...]
-      <c r="L9" s="190" t="s">
+      <c r="J9" s="187"/>
+      <c r="K9" s="188"/>
+      <c r="L9" s="189" t="s">
         <v>64</v>
       </c>
-      <c r="M9" s="188"/>
-[...1 lines deleted...]
-      <c r="O9" s="190" t="s">
+      <c r="M9" s="187"/>
+      <c r="N9" s="188"/>
+      <c r="O9" s="189" t="s">
         <v>65</v>
       </c>
-      <c r="P9" s="188"/>
-[...3 lines deleted...]
-      <c r="T9" s="140"/>
+      <c r="P9" s="187"/>
+      <c r="Q9" s="190"/>
+      <c r="R9" s="179"/>
+      <c r="S9" s="135"/>
+      <c r="T9" s="136"/>
     </row>
     <row r="10" spans="2:20" ht="29.7" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B10" s="114"/>
-[...1 lines deleted...]
-      <c r="D10" s="114"/>
+      <c r="B10" s="110"/>
+      <c r="C10" s="110"/>
+      <c r="D10" s="110"/>
       <c r="E10" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>12</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>66</v>
       </c>
       <c r="I10" s="2" t="s">
         <v>10</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>11</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>12</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>10</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>11</v>
       </c>
       <c r="N10" s="2" t="s">
         <v>12</v>
       </c>
       <c r="O10" s="2" t="s">
         <v>10</v>
       </c>
       <c r="P10" s="2" t="s">
         <v>11</v>
       </c>
       <c r="Q10" s="4" t="s">
         <v>12</v>
       </c>
-      <c r="R10" s="181"/>
+      <c r="R10" s="180"/>
       <c r="S10" s="22" t="s">
         <v>13</v>
       </c>
       <c r="T10" s="21" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="11" spans="2:20" s="5" customFormat="1" ht="34.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B11" s="159" t="s">
+      <c r="B11" s="158" t="s">
         <v>15</v>
       </c>
-      <c r="C11" s="160"/>
-[...16 lines deleted...]
-      <c r="T11" s="161"/>
+      <c r="C11" s="159"/>
+      <c r="D11" s="159"/>
+      <c r="E11" s="159"/>
+      <c r="F11" s="159"/>
+      <c r="G11" s="159"/>
+      <c r="H11" s="159"/>
+      <c r="I11" s="159"/>
+      <c r="J11" s="159"/>
+      <c r="K11" s="159"/>
+      <c r="L11" s="159"/>
+      <c r="M11" s="159"/>
+      <c r="N11" s="159"/>
+      <c r="O11" s="159"/>
+      <c r="P11" s="159"/>
+      <c r="Q11" s="159"/>
+      <c r="R11" s="159"/>
+      <c r="S11" s="159"/>
+      <c r="T11" s="160"/>
     </row>
     <row r="12" spans="2:20" s="5" customFormat="1" ht="54" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B12" s="166" t="s">
+      <c r="B12" s="165" t="s">
         <v>67</v>
       </c>
-      <c r="C12" s="167"/>
-[...16 lines deleted...]
-      <c r="T12" s="169"/>
+      <c r="C12" s="166"/>
+      <c r="D12" s="167"/>
+      <c r="E12" s="167"/>
+      <c r="F12" s="167"/>
+      <c r="G12" s="167"/>
+      <c r="H12" s="167"/>
+      <c r="I12" s="167"/>
+      <c r="J12" s="167"/>
+      <c r="K12" s="167"/>
+      <c r="L12" s="167"/>
+      <c r="M12" s="167"/>
+      <c r="N12" s="167"/>
+      <c r="O12" s="167"/>
+      <c r="P12" s="167"/>
+      <c r="Q12" s="167"/>
+      <c r="R12" s="167"/>
+      <c r="S12" s="167"/>
+      <c r="T12" s="168"/>
     </row>
     <row r="13" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="B13" s="63"/>
-[...1 lines deleted...]
-      <c r="D13" s="63"/>
+      <c r="B13" s="59"/>
+      <c r="C13" s="59"/>
+      <c r="D13" s="59"/>
       <c r="E13" s="6"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="7"/>
       <c r="I13" s="7"/>
       <c r="J13" s="7"/>
       <c r="K13" s="7"/>
       <c r="L13" s="7"/>
       <c r="M13" s="7"/>
       <c r="N13" s="7"/>
       <c r="O13" s="7"/>
       <c r="P13" s="7"/>
       <c r="Q13" s="8"/>
       <c r="R13" s="9"/>
       <c r="S13" s="11"/>
       <c r="T13" s="10"/>
     </row>
-    <row r="14" spans="2:20" s="5" customFormat="1" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-      <c r="R14" s="9"/>
+    <row r="14" spans="2:20" s="5" customFormat="1" ht="40.799999999999997" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B14" s="60">
+        <v>45888</v>
+      </c>
+      <c r="C14" s="60">
+        <v>45917</v>
+      </c>
+      <c r="D14" s="60">
+        <v>45918</v>
+      </c>
+      <c r="E14" s="6">
+        <v>1070</v>
+      </c>
+      <c r="F14" s="7">
+        <v>1070</v>
+      </c>
+      <c r="G14" s="7">
+        <v>1070</v>
+      </c>
+      <c r="H14" s="7">
+        <v>7.6</v>
+      </c>
+      <c r="I14" s="7">
+        <v>11</v>
+      </c>
+      <c r="J14" s="7">
+        <v>11</v>
+      </c>
+      <c r="K14" s="7">
+        <v>11</v>
+      </c>
+      <c r="L14" s="7">
+        <v>11</v>
+      </c>
+      <c r="M14" s="7">
+        <v>11</v>
+      </c>
+      <c r="N14" s="7">
+        <v>11</v>
+      </c>
+      <c r="O14" s="7">
+        <v>1</v>
+      </c>
+      <c r="P14" s="7">
+        <v>1</v>
+      </c>
+      <c r="Q14" s="8">
+        <v>1</v>
+      </c>
+      <c r="R14" s="9" t="s">
+        <v>129</v>
+      </c>
       <c r="S14" s="11"/>
       <c r="T14" s="10"/>
     </row>
-    <row r="15" spans="2:20" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>45818</v>
+    <row r="15" spans="2:20" s="5" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B15" s="60">
+        <v>45866</v>
+      </c>
+      <c r="C15" s="60">
+        <v>45863</v>
+      </c>
+      <c r="D15" s="60">
+        <v>45903</v>
       </c>
       <c r="E15" s="6">
-        <v>1940</v>
+        <v>148</v>
       </c>
       <c r="F15" s="7">
-        <v>1940</v>
+        <v>148</v>
       </c>
       <c r="G15" s="7">
-        <v>1940</v>
+        <v>148</v>
       </c>
       <c r="H15" s="7">
-        <v>8.1</v>
+        <v>7.2</v>
       </c>
       <c r="I15" s="7">
-        <v>62</v>
+        <v>81</v>
       </c>
       <c r="J15" s="7">
-        <v>62</v>
+        <v>81</v>
       </c>
       <c r="K15" s="7">
-        <v>62</v>
+        <v>81</v>
       </c>
       <c r="L15" s="7">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="M15" s="7">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="N15" s="7">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="O15" s="7">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="P15" s="7">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="Q15" s="8">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="R15" s="9" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="S15" s="11"/>
       <c r="T15" s="10"/>
     </row>
-    <row r="16" spans="2:20" s="5" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>45708</v>
+    <row r="16" spans="2:20" s="5" customFormat="1" ht="28.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B16" s="60">
+        <v>45847</v>
+      </c>
+      <c r="C16" s="60">
+        <v>45863</v>
+      </c>
+      <c r="D16" s="60">
+        <v>45903</v>
       </c>
       <c r="E16" s="6">
-        <v>534</v>
+        <v>1010</v>
       </c>
       <c r="F16" s="7">
-        <v>534</v>
+        <v>1010</v>
       </c>
       <c r="G16" s="7">
-        <v>534</v>
+        <v>1010</v>
       </c>
       <c r="H16" s="7">
-        <v>7.2</v>
+        <v>7.7</v>
       </c>
       <c r="I16" s="7">
-        <v>80</v>
+        <v>12</v>
       </c>
       <c r="J16" s="7">
-        <v>80</v>
+        <v>12</v>
       </c>
       <c r="K16" s="7">
-        <v>80</v>
+        <v>12</v>
       </c>
       <c r="L16" s="7">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="M16" s="7">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="N16" s="7">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="O16" s="7">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P16" s="7">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="Q16" s="8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="R16" s="9" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="S16" s="11"/>
       <c r="T16" s="10"/>
     </row>
-    <row r="17" spans="2:20" s="5" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>45607</v>
+    <row r="17" spans="2:20" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B17" s="60">
+        <v>45772</v>
+      </c>
+      <c r="C17" s="60">
+        <v>45814</v>
+      </c>
+      <c r="D17" s="60">
+        <v>45818</v>
       </c>
       <c r="E17" s="6">
-        <v>244</v>
+        <v>1940</v>
       </c>
       <c r="F17" s="7">
-        <v>244</v>
+        <v>1940</v>
       </c>
       <c r="G17" s="7">
-        <v>244</v>
+        <v>1940</v>
       </c>
       <c r="H17" s="7">
-        <v>7</v>
+        <v>8.1</v>
       </c>
       <c r="I17" s="7">
-        <v>250</v>
+        <v>62</v>
       </c>
       <c r="J17" s="7">
-        <v>250</v>
+        <v>62</v>
       </c>
       <c r="K17" s="7">
-        <v>250</v>
+        <v>62</v>
       </c>
       <c r="L17" s="7">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="M17" s="7">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="N17" s="7">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="O17" s="7">
         <v>2</v>
       </c>
       <c r="P17" s="7">
         <v>2</v>
       </c>
       <c r="Q17" s="8">
         <v>2</v>
       </c>
       <c r="R17" s="9" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="S17" s="11"/>
       <c r="T17" s="10"/>
     </row>
-    <row r="18" spans="2:20" s="5" customFormat="1" ht="43.2" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>45607</v>
+    <row r="18" spans="2:20" s="5" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B18" s="60">
+        <v>45671</v>
+      </c>
+      <c r="C18" s="60">
+        <v>45708</v>
+      </c>
+      <c r="D18" s="60">
+        <v>45708</v>
       </c>
       <c r="E18" s="6">
-        <v>427</v>
+        <v>534</v>
       </c>
       <c r="F18" s="7">
-        <v>427</v>
+        <v>534</v>
       </c>
       <c r="G18" s="7">
-        <v>427</v>
+        <v>534</v>
       </c>
       <c r="H18" s="7">
-        <v>8.1</v>
+        <v>7.2</v>
       </c>
       <c r="I18" s="7">
-        <v>12</v>
+        <v>80</v>
       </c>
       <c r="J18" s="7">
-        <v>12</v>
+        <v>80</v>
       </c>
       <c r="K18" s="7">
-        <v>12</v>
+        <v>80</v>
       </c>
       <c r="L18" s="7">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="M18" s="7">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="N18" s="7">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="O18" s="7">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="P18" s="7">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="Q18" s="8">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="R18" s="9" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="S18" s="11"/>
       <c r="T18" s="10"/>
     </row>
     <row r="19" spans="2:20" s="5" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B19" s="64">
-[...6 lines deleted...]
-        <v>45510</v>
+      <c r="B19" s="60">
+        <v>45561</v>
+      </c>
+      <c r="C19" s="60">
+        <v>45607</v>
+      </c>
+      <c r="D19" s="60">
+        <v>45607</v>
       </c>
       <c r="E19" s="6">
-        <v>423</v>
+        <v>244</v>
       </c>
       <c r="F19" s="7">
-        <v>423</v>
+        <v>244</v>
       </c>
       <c r="G19" s="7">
-        <v>423</v>
+        <v>244</v>
       </c>
       <c r="H19" s="7">
-        <v>8.3000000000000007</v>
+        <v>7</v>
       </c>
       <c r="I19" s="7">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="J19" s="7">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="K19" s="7">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="L19" s="7">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="M19" s="7">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="N19" s="7">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="O19" s="7">
         <v>2</v>
       </c>
       <c r="P19" s="7">
         <v>2</v>
       </c>
       <c r="Q19" s="8">
         <v>2</v>
       </c>
       <c r="R19" s="9" t="s">
-        <v>127</v>
+        <v>69</v>
       </c>
       <c r="S19" s="11"/>
       <c r="T19" s="10"/>
     </row>
-    <row r="20" spans="2:20" s="5" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>45134</v>
+    <row r="20" spans="2:20" s="5" customFormat="1" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="B20" s="60">
+        <v>45518</v>
+      </c>
+      <c r="C20" s="60">
+        <v>45607</v>
+      </c>
+      <c r="D20" s="60">
+        <v>45607</v>
       </c>
       <c r="E20" s="6">
-        <v>380</v>
+        <v>427</v>
       </c>
       <c r="F20" s="7">
-        <v>380</v>
+        <v>427</v>
       </c>
       <c r="G20" s="7">
-        <v>380</v>
+        <v>427</v>
       </c>
       <c r="H20" s="7">
-        <v>6.7</v>
+        <v>8.1</v>
       </c>
       <c r="I20" s="7">
-        <v>390</v>
+        <v>12</v>
       </c>
       <c r="J20" s="7">
-        <v>390</v>
+        <v>12</v>
       </c>
       <c r="K20" s="7">
-        <v>390</v>
+        <v>12</v>
       </c>
       <c r="L20" s="7">
-        <v>45</v>
+        <v>19</v>
       </c>
       <c r="M20" s="7">
-        <v>45</v>
+        <v>19</v>
       </c>
       <c r="N20" s="7">
-        <v>45</v>
+        <v>19</v>
       </c>
       <c r="O20" s="7">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P20" s="7">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q20" s="8">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R20" s="9" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="S20" s="11"/>
       <c r="T20" s="10"/>
     </row>
     <row r="21" spans="2:20" s="5" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B21" s="64">
-[...6 lines deleted...]
-        <v>45100</v>
+      <c r="B21" s="60">
+        <v>45482</v>
+      </c>
+      <c r="C21" s="60">
+        <v>45510</v>
+      </c>
+      <c r="D21" s="60">
+        <v>45510</v>
       </c>
       <c r="E21" s="6">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="F21" s="7">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="G21" s="7">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="H21" s="7">
-        <v>8</v>
+        <v>8.3000000000000007</v>
       </c>
       <c r="I21" s="7">
-        <v>49</v>
+        <v>247</v>
       </c>
       <c r="J21" s="7">
-        <v>49</v>
+        <v>247</v>
       </c>
       <c r="K21" s="7">
-        <v>49</v>
+        <v>247</v>
       </c>
       <c r="L21" s="7">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="M21" s="7">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="N21" s="7">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="O21" s="7">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P21" s="7">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q21" s="8">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R21" s="9" t="s">
-        <v>72</v>
+        <v>127</v>
       </c>
       <c r="S21" s="11"/>
       <c r="T21" s="10"/>
     </row>
     <row r="22" spans="2:20" s="5" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B22" s="64">
-[...6 lines deleted...]
-        <v>45021</v>
+      <c r="B22" s="60">
+        <v>45112</v>
+      </c>
+      <c r="C22" s="60">
+        <v>45134</v>
+      </c>
+      <c r="D22" s="60">
+        <v>45134</v>
       </c>
       <c r="E22" s="6">
-        <v>372</v>
+        <v>380</v>
       </c>
       <c r="F22" s="7">
-        <v>372</v>
+        <v>380</v>
       </c>
       <c r="G22" s="7">
-        <v>372</v>
+        <v>380</v>
       </c>
       <c r="H22" s="7">
-        <v>6.6</v>
+        <v>6.7</v>
       </c>
       <c r="I22" s="7">
-        <v>57</v>
+        <v>390</v>
       </c>
       <c r="J22" s="7">
-        <v>57</v>
+        <v>390</v>
       </c>
       <c r="K22" s="7">
-        <v>57</v>
+        <v>390</v>
       </c>
       <c r="L22" s="7">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="M22" s="7">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="N22" s="7">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="O22" s="7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P22" s="7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q22" s="8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R22" s="9" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="S22" s="11"/>
       <c r="T22" s="10"/>
     </row>
     <row r="23" spans="2:20" s="5" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B23" s="64">
-[...6 lines deleted...]
-        <v>44895</v>
+      <c r="B23" s="60">
+        <v>45085</v>
+      </c>
+      <c r="C23" s="60">
+        <v>45100</v>
+      </c>
+      <c r="D23" s="60">
+        <v>45100</v>
       </c>
       <c r="E23" s="6">
-        <v>247</v>
+        <v>395</v>
       </c>
       <c r="F23" s="7">
-        <v>247</v>
+        <v>395</v>
       </c>
       <c r="G23" s="7">
-        <v>247</v>
+        <v>395</v>
       </c>
       <c r="H23" s="7">
-        <v>6.5</v>
+        <v>8</v>
       </c>
       <c r="I23" s="7">
-        <v>145</v>
+        <v>49</v>
       </c>
       <c r="J23" s="7">
-        <v>145</v>
+        <v>49</v>
       </c>
       <c r="K23" s="7">
-        <v>145</v>
+        <v>49</v>
       </c>
       <c r="L23" s="7">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="M23" s="7">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="N23" s="7">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="O23" s="7">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P23" s="7">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q23" s="8">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R23" s="9" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="S23" s="11"/>
       <c r="T23" s="10"/>
     </row>
-    <row r="24" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="C24" s="64">
+    <row r="24" spans="2:20" s="5" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B24" s="60">
+        <v>44971</v>
+      </c>
+      <c r="C24" s="60">
         <v>45021</v>
       </c>
-      <c r="D24" s="64">
+      <c r="D24" s="60">
         <v>45021</v>
       </c>
       <c r="E24" s="6">
-        <v>205</v>
+        <v>372</v>
       </c>
       <c r="F24" s="7">
-        <v>205</v>
+        <v>372</v>
       </c>
       <c r="G24" s="7">
-        <v>205</v>
+        <v>372</v>
       </c>
       <c r="H24" s="7">
         <v>6.6</v>
       </c>
       <c r="I24" s="7">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="J24" s="7">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="K24" s="7">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="L24" s="7">
-        <v>11</v>
+        <v>35</v>
       </c>
       <c r="M24" s="7">
-        <v>11</v>
+        <v>35</v>
       </c>
       <c r="N24" s="7">
-        <v>11</v>
+        <v>35</v>
       </c>
       <c r="O24" s="7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P24" s="7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q24" s="8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R24" s="9" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="S24" s="11"/>
       <c r="T24" s="10"/>
     </row>
     <row r="25" spans="2:20" s="5" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B25" s="64">
-[...6 lines deleted...]
-        <v>44817</v>
+      <c r="B25" s="60">
+        <v>44866</v>
+      </c>
+      <c r="C25" s="60">
+        <v>44895</v>
+      </c>
+      <c r="D25" s="60">
+        <v>44895</v>
       </c>
       <c r="E25" s="6">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F25" s="7">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="G25" s="7">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="H25" s="7">
         <v>6.5</v>
       </c>
       <c r="I25" s="7">
-        <v>130</v>
+        <v>145</v>
       </c>
       <c r="J25" s="7">
-        <v>130</v>
+        <v>145</v>
       </c>
       <c r="K25" s="7">
-        <v>130</v>
+        <v>145</v>
       </c>
       <c r="L25" s="7">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="M25" s="7">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="N25" s="7">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="O25" s="7">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P25" s="7">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q25" s="8">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R25" s="9" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="S25" s="11"/>
       <c r="T25" s="10"/>
     </row>
-    <row r="26" spans="2:20" s="5" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>44748</v>
+    <row r="26" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B26" s="60">
+        <v>44831</v>
+      </c>
+      <c r="C26" s="60">
+        <v>45021</v>
+      </c>
+      <c r="D26" s="60">
+        <v>45021</v>
       </c>
       <c r="E26" s="6">
-        <v>158</v>
+        <v>205</v>
       </c>
       <c r="F26" s="7">
-        <v>158</v>
+        <v>205</v>
       </c>
       <c r="G26" s="7">
-        <v>158</v>
+        <v>205</v>
       </c>
       <c r="H26" s="7">
-        <v>8</v>
+        <v>6.6</v>
       </c>
       <c r="I26" s="7">
-        <v>310</v>
+        <v>19</v>
       </c>
       <c r="J26" s="7">
-        <v>310</v>
+        <v>19</v>
       </c>
       <c r="K26" s="7">
-        <v>310</v>
+        <v>19</v>
       </c>
       <c r="L26" s="7">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="M26" s="7">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="N26" s="7">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="O26" s="7">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P26" s="7">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="Q26" s="8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="R26" s="9" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="S26" s="11"/>
       <c r="T26" s="10"/>
     </row>
     <row r="27" spans="2:20" s="5" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B27" s="64">
-[...6 lines deleted...]
-        <v>44738</v>
+      <c r="B27" s="60">
+        <v>44774</v>
+      </c>
+      <c r="C27" s="60">
+        <v>44817</v>
+      </c>
+      <c r="D27" s="60">
+        <v>44817</v>
       </c>
       <c r="E27" s="6">
-        <v>320</v>
+        <v>246</v>
       </c>
       <c r="F27" s="7">
-        <v>320</v>
+        <v>246</v>
       </c>
       <c r="G27" s="7">
-        <v>320</v>
+        <v>246</v>
       </c>
       <c r="H27" s="7">
-        <v>7.6</v>
+        <v>6.5</v>
       </c>
       <c r="I27" s="7">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="J27" s="7">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="K27" s="7">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="L27" s="7">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="M27" s="7">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="N27" s="7">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="O27" s="7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P27" s="7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q27" s="8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R27" s="9" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="S27" s="11"/>
       <c r="T27" s="10"/>
     </row>
     <row r="28" spans="2:20" s="5" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B28" s="64">
+      <c r="B28" s="60">
+        <v>44718</v>
+      </c>
+      <c r="C28" s="60">
+        <v>44748</v>
+      </c>
+      <c r="D28" s="60">
+        <v>44748</v>
+      </c>
+      <c r="E28" s="6">
+        <v>158</v>
+      </c>
+      <c r="F28" s="7">
+        <v>158</v>
+      </c>
+      <c r="G28" s="7">
+        <v>158</v>
+      </c>
+      <c r="H28" s="7">
+        <v>8</v>
+      </c>
+      <c r="I28" s="7">
+        <v>310</v>
+      </c>
+      <c r="J28" s="7">
+        <v>310</v>
+      </c>
+      <c r="K28" s="7">
+        <v>310</v>
+      </c>
+      <c r="L28" s="7">
+        <v>28</v>
+      </c>
+      <c r="M28" s="7">
+        <v>28</v>
+      </c>
+      <c r="N28" s="7">
+        <v>28</v>
+      </c>
+      <c r="O28" s="7">
+        <v>1</v>
+      </c>
+      <c r="P28" s="7">
+        <v>1</v>
+      </c>
+      <c r="Q28" s="8">
+        <v>1</v>
+      </c>
+      <c r="R28" s="9" t="s">
+        <v>77</v>
+      </c>
+      <c r="S28" s="11"/>
+      <c r="T28" s="10"/>
+    </row>
+    <row r="29" spans="2:20" s="5" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B29" s="60">
+        <v>44671</v>
+      </c>
+      <c r="C29" s="60">
+        <v>44738</v>
+      </c>
+      <c r="D29" s="60">
+        <v>44738</v>
+      </c>
+      <c r="E29" s="6">
+        <v>320</v>
+      </c>
+      <c r="F29" s="7">
+        <v>320</v>
+      </c>
+      <c r="G29" s="7">
+        <v>320</v>
+      </c>
+      <c r="H29" s="7">
+        <v>7.6</v>
+      </c>
+      <c r="I29" s="7">
+        <v>132</v>
+      </c>
+      <c r="J29" s="7">
+        <v>132</v>
+      </c>
+      <c r="K29" s="7">
+        <v>132</v>
+      </c>
+      <c r="L29" s="7">
+        <v>60</v>
+      </c>
+      <c r="M29" s="7">
+        <v>60</v>
+      </c>
+      <c r="N29" s="7">
+        <v>60</v>
+      </c>
+      <c r="O29" s="7">
+        <v>3</v>
+      </c>
+      <c r="P29" s="7">
+        <v>3</v>
+      </c>
+      <c r="Q29" s="8">
+        <v>3</v>
+      </c>
+      <c r="R29" s="9" t="s">
+        <v>78</v>
+      </c>
+      <c r="S29" s="11"/>
+      <c r="T29" s="10"/>
+    </row>
+    <row r="30" spans="2:20" s="5" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B30" s="60">
         <v>44567</v>
       </c>
-      <c r="C28" s="64">
+      <c r="C30" s="60">
         <v>44614</v>
       </c>
-      <c r="D28" s="64">
+      <c r="D30" s="60">
         <v>44614</v>
       </c>
-      <c r="E28" s="6">
+      <c r="E30" s="6">
         <v>204</v>
       </c>
-      <c r="F28" s="7">
+      <c r="F30" s="7">
         <v>204</v>
       </c>
-      <c r="G28" s="7">
+      <c r="G30" s="7">
         <v>204</v>
       </c>
-      <c r="H28" s="7">
+      <c r="H30" s="7">
         <v>6.4</v>
       </c>
-      <c r="I28" s="7">
+      <c r="I30" s="7">
         <v>32</v>
       </c>
-      <c r="J28" s="7">
+      <c r="J30" s="7">
         <v>32</v>
       </c>
-      <c r="K28" s="7">
+      <c r="K30" s="7">
         <v>32</v>
       </c>
-      <c r="L28" s="7">
+      <c r="L30" s="7">
         <v>40</v>
       </c>
-      <c r="M28" s="7">
+      <c r="M30" s="7">
         <v>40</v>
       </c>
-      <c r="N28" s="7">
+      <c r="N30" s="7">
         <v>40</v>
       </c>
-      <c r="O28" s="7">
+      <c r="O30" s="7">
         <v>4</v>
       </c>
-      <c r="P28" s="7">
+      <c r="P30" s="7">
         <v>4</v>
       </c>
-      <c r="Q28" s="8">
+      <c r="Q30" s="8">
         <v>4</v>
       </c>
-      <c r="R28" s="9" t="s">
+      <c r="R30" s="9" t="s">
         <v>79</v>
-      </c>
-[...116 lines deleted...]
-        <v>82</v>
       </c>
       <c r="S30" s="11" t="s">
         <v>80</v>
       </c>
-      <c r="T30" s="76">
+      <c r="T30" s="72">
         <v>44707</v>
       </c>
     </row>
-    <row r="31" spans="2:20" s="5" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B31" s="64">
+    <row r="31" spans="2:20" s="5" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B31" s="60">
+        <v>44483</v>
+      </c>
+      <c r="C31" s="60">
+        <v>44538</v>
+      </c>
+      <c r="D31" s="60">
+        <v>44539</v>
+      </c>
+      <c r="E31" s="6">
+        <v>264</v>
+      </c>
+      <c r="F31" s="7">
+        <v>264</v>
+      </c>
+      <c r="G31" s="7">
+        <v>264</v>
+      </c>
+      <c r="H31" s="7">
+        <v>7.5</v>
+      </c>
+      <c r="I31" s="7">
+        <v>82</v>
+      </c>
+      <c r="J31" s="7">
+        <v>82</v>
+      </c>
+      <c r="K31" s="7">
+        <v>82</v>
+      </c>
+      <c r="L31" s="7">
+        <v>24</v>
+      </c>
+      <c r="M31" s="7">
+        <v>24</v>
+      </c>
+      <c r="N31" s="7">
+        <v>24</v>
+      </c>
+      <c r="O31" s="7">
+        <v>1</v>
+      </c>
+      <c r="P31" s="7">
+        <v>1</v>
+      </c>
+      <c r="Q31" s="8">
+        <v>1</v>
+      </c>
+      <c r="R31" s="9" t="s">
+        <v>81</v>
+      </c>
+      <c r="S31" s="11" t="s">
+        <v>80</v>
+      </c>
+      <c r="T31" s="72">
+        <v>44707</v>
+      </c>
+    </row>
+    <row r="32" spans="2:20" s="5" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B32" s="60">
+        <v>44350</v>
+      </c>
+      <c r="C32" s="60">
+        <v>44385</v>
+      </c>
+      <c r="D32" s="60">
+        <v>44390</v>
+      </c>
+      <c r="E32" s="6">
+        <v>354</v>
+      </c>
+      <c r="F32" s="7">
+        <v>354</v>
+      </c>
+      <c r="G32" s="7">
+        <v>354</v>
+      </c>
+      <c r="H32" s="7">
+        <v>7.2</v>
+      </c>
+      <c r="I32" s="7">
+        <v>529</v>
+      </c>
+      <c r="J32" s="7">
+        <v>529</v>
+      </c>
+      <c r="K32" s="7">
+        <v>529</v>
+      </c>
+      <c r="L32" s="7">
+        <v>67</v>
+      </c>
+      <c r="M32" s="7">
+        <v>67</v>
+      </c>
+      <c r="N32" s="7">
+        <v>67</v>
+      </c>
+      <c r="O32" s="7">
+        <v>6</v>
+      </c>
+      <c r="P32" s="7">
+        <v>6</v>
+      </c>
+      <c r="Q32" s="8">
+        <v>6</v>
+      </c>
+      <c r="R32" s="9" t="s">
+        <v>82</v>
+      </c>
+      <c r="S32" s="11" t="s">
+        <v>80</v>
+      </c>
+      <c r="T32" s="72">
+        <v>44707</v>
+      </c>
+    </row>
+    <row r="33" spans="2:20" s="5" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B33" s="60">
         <v>44321</v>
       </c>
-      <c r="C31" s="64">
+      <c r="C33" s="60">
         <v>44343</v>
       </c>
-      <c r="D31" s="64">
+      <c r="D33" s="60">
         <v>44348</v>
       </c>
-      <c r="E31" s="6">
+      <c r="E33" s="6">
         <v>599</v>
       </c>
-      <c r="F31" s="7">
+      <c r="F33" s="7">
         <v>599</v>
       </c>
-      <c r="G31" s="7">
+      <c r="G33" s="7">
         <v>599</v>
       </c>
-      <c r="H31" s="7">
+      <c r="H33" s="7">
         <v>7.6</v>
       </c>
-      <c r="I31" s="7">
+      <c r="I33" s="7">
         <v>51</v>
       </c>
-      <c r="J31" s="7">
+      <c r="J33" s="7">
         <v>51</v>
       </c>
-      <c r="K31" s="7">
+      <c r="K33" s="7">
         <v>51</v>
       </c>
-      <c r="L31" s="7">
+      <c r="L33" s="7">
         <v>2</v>
       </c>
-      <c r="M31" s="7">
+      <c r="M33" s="7">
         <v>2</v>
       </c>
-      <c r="N31" s="7">
+      <c r="N33" s="7">
         <v>2</v>
       </c>
-      <c r="O31" s="7">
+      <c r="O33" s="7">
         <v>7</v>
       </c>
-      <c r="P31" s="7">
+      <c r="P33" s="7">
         <v>7</v>
       </c>
-      <c r="Q31" s="8">
+      <c r="Q33" s="8">
         <v>7</v>
       </c>
-      <c r="R31" s="9" t="s">
+      <c r="R33" s="9" t="s">
         <v>83</v>
-      </c>
-[...116 lines deleted...]
-        <v>86</v>
       </c>
       <c r="S33" s="11" t="s">
         <v>84</v>
       </c>
-      <c r="T33" s="76">
+      <c r="T33" s="72">
         <v>44375</v>
       </c>
     </row>
-    <row r="34" spans="2:20" s="5" customFormat="1" ht="36.75" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>44216</v>
+    <row r="34" spans="2:20" s="5" customFormat="1" ht="36" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B34" s="60">
+        <v>44225</v>
+      </c>
+      <c r="C34" s="60">
+        <v>44280</v>
+      </c>
+      <c r="D34" s="60">
+        <v>44280</v>
       </c>
       <c r="E34" s="6">
-        <v>498</v>
+        <v>423</v>
       </c>
       <c r="F34" s="7">
-        <v>498</v>
+        <v>423</v>
       </c>
       <c r="G34" s="7">
-        <v>498</v>
+        <v>423</v>
       </c>
       <c r="H34" s="7">
-        <v>6.7</v>
+        <v>6.8</v>
       </c>
       <c r="I34" s="7">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="J34" s="7">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="K34" s="7">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="L34" s="7">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="M34" s="7">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="N34" s="7">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="O34" s="7">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P34" s="7">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q34" s="8">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="R34" s="9" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="S34" s="11" t="s">
         <v>84</v>
       </c>
-      <c r="T34" s="76">
+      <c r="T34" s="72">
         <v>44375</v>
       </c>
     </row>
-    <row r="35" spans="2:20" s="5" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>44158</v>
+    <row r="35" spans="2:20" s="5" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B35" s="60">
+        <v>44140</v>
+      </c>
+      <c r="C35" s="60">
+        <v>44215</v>
+      </c>
+      <c r="D35" s="60">
+        <v>44216</v>
       </c>
       <c r="E35" s="6">
-        <v>413</v>
+        <v>604</v>
       </c>
       <c r="F35" s="7">
-        <v>413</v>
+        <v>604</v>
       </c>
       <c r="G35" s="7">
-        <v>413</v>
+        <v>604</v>
       </c>
       <c r="H35" s="7">
-        <v>7.1</v>
+        <v>6.9</v>
       </c>
       <c r="I35" s="7">
-        <v>340</v>
+        <v>27</v>
       </c>
       <c r="J35" s="7">
-        <v>340</v>
+        <v>27</v>
       </c>
       <c r="K35" s="7">
-        <v>340</v>
+        <v>27</v>
       </c>
       <c r="L35" s="7">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="M35" s="7">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="N35" s="7">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="O35" s="7">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="P35" s="7">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="Q35" s="8">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="R35" s="9" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="S35" s="11" t="s">
         <v>84</v>
       </c>
-      <c r="T35" s="76">
+      <c r="T35" s="72">
         <v>44375</v>
       </c>
     </row>
-    <row r="36" spans="2:20" s="5" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="C36" s="64">
+    <row r="36" spans="2:20" s="5" customFormat="1" ht="36.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B36" s="60">
+        <v>44132</v>
+      </c>
+      <c r="C36" s="60">
         <v>44215</v>
       </c>
-      <c r="D36" s="64">
+      <c r="D36" s="60">
         <v>44216</v>
       </c>
       <c r="E36" s="6">
-        <v>333</v>
+        <v>498</v>
       </c>
       <c r="F36" s="7">
-        <v>333</v>
+        <v>498</v>
       </c>
       <c r="G36" s="7">
-        <v>333</v>
+        <v>498</v>
       </c>
       <c r="H36" s="7">
-        <v>7.7</v>
+        <v>6.7</v>
       </c>
       <c r="I36" s="7">
-        <v>1090</v>
+        <v>40</v>
       </c>
       <c r="J36" s="7">
-        <v>1090</v>
+        <v>40</v>
       </c>
       <c r="K36" s="7">
-        <v>1090</v>
+        <v>40</v>
       </c>
       <c r="L36" s="7">
-        <v>89</v>
+        <v>78</v>
       </c>
       <c r="M36" s="7">
-        <v>89</v>
+        <v>78</v>
       </c>
       <c r="N36" s="7">
-        <v>89</v>
+        <v>78</v>
       </c>
       <c r="O36" s="7">
-        <v>23</v>
+        <v>4</v>
       </c>
       <c r="P36" s="7">
-        <v>23</v>
+        <v>4</v>
       </c>
       <c r="Q36" s="8">
-        <v>23</v>
+        <v>4</v>
       </c>
       <c r="R36" s="9" t="s">
         <v>87</v>
       </c>
       <c r="S36" s="11" t="s">
         <v>84</v>
       </c>
-      <c r="T36" s="76">
+      <c r="T36" s="72">
         <v>44375</v>
       </c>
     </row>
-    <row r="37" spans="2:20" s="5" customFormat="1" ht="36.75" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="C37" s="64">
+    <row r="37" spans="2:20" s="5" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B37" s="60">
+        <v>44111</v>
+      </c>
+      <c r="C37" s="60">
         <v>44149</v>
       </c>
-      <c r="D37" s="64">
+      <c r="D37" s="60">
         <v>44158</v>
       </c>
       <c r="E37" s="6">
-        <v>228</v>
+        <v>413</v>
       </c>
       <c r="F37" s="7">
-        <v>228</v>
+        <v>413</v>
       </c>
       <c r="G37" s="7">
-        <v>228</v>
+        <v>413</v>
       </c>
       <c r="H37" s="7">
-        <v>6.4</v>
+        <v>7.1</v>
       </c>
       <c r="I37" s="7">
-        <v>48</v>
+        <v>340</v>
       </c>
       <c r="J37" s="7">
-        <v>48</v>
+        <v>340</v>
       </c>
       <c r="K37" s="7">
-        <v>48</v>
+        <v>340</v>
       </c>
       <c r="L37" s="7">
-        <v>6</v>
+        <v>38</v>
       </c>
       <c r="M37" s="7">
-        <v>6</v>
+        <v>38</v>
       </c>
       <c r="N37" s="7">
-        <v>6</v>
+        <v>38</v>
       </c>
       <c r="O37" s="7">
         <v>5</v>
       </c>
       <c r="P37" s="7">
         <v>5</v>
       </c>
       <c r="Q37" s="8">
         <v>5</v>
       </c>
       <c r="R37" s="9" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="S37" s="11" t="s">
         <v>84</v>
       </c>
-      <c r="T37" s="76">
+      <c r="T37" s="72">
         <v>44375</v>
       </c>
     </row>
-    <row r="38" spans="2:20" s="5" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>44158</v>
+    <row r="38" spans="2:20" s="5" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B38" s="60">
+        <v>44102</v>
+      </c>
+      <c r="C38" s="60">
+        <v>44215</v>
+      </c>
+      <c r="D38" s="60">
+        <v>44216</v>
       </c>
       <c r="E38" s="6">
-        <v>303</v>
+        <v>333</v>
       </c>
       <c r="F38" s="7">
-        <v>303</v>
+        <v>333</v>
       </c>
       <c r="G38" s="7">
-        <v>303</v>
+        <v>333</v>
       </c>
       <c r="H38" s="7">
-        <v>6.2</v>
+        <v>7.7</v>
       </c>
       <c r="I38" s="7">
-        <v>400</v>
+        <v>1090</v>
       </c>
       <c r="J38" s="7">
-        <v>400</v>
+        <v>1090</v>
       </c>
       <c r="K38" s="7">
-        <v>400</v>
+        <v>1090</v>
       </c>
       <c r="L38" s="7">
-        <v>2</v>
+        <v>89</v>
       </c>
       <c r="M38" s="7">
-        <v>2</v>
+        <v>89</v>
       </c>
       <c r="N38" s="7">
-        <v>2</v>
+        <v>89</v>
       </c>
       <c r="O38" s="7">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="P38" s="7">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="Q38" s="8">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="R38" s="9" t="s">
         <v>87</v>
       </c>
       <c r="S38" s="11" t="s">
+        <v>84</v>
+      </c>
+      <c r="T38" s="72">
+        <v>44375</v>
+      </c>
+    </row>
+    <row r="39" spans="2:20" s="5" customFormat="1" ht="36.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B39" s="60">
+        <v>44062</v>
+      </c>
+      <c r="C39" s="60">
+        <v>44149</v>
+      </c>
+      <c r="D39" s="60">
+        <v>44158</v>
+      </c>
+      <c r="E39" s="6">
+        <v>228</v>
+      </c>
+      <c r="F39" s="7">
+        <v>228</v>
+      </c>
+      <c r="G39" s="7">
+        <v>228</v>
+      </c>
+      <c r="H39" s="7">
+        <v>6.4</v>
+      </c>
+      <c r="I39" s="7">
+        <v>48</v>
+      </c>
+      <c r="J39" s="7">
+        <v>48</v>
+      </c>
+      <c r="K39" s="7">
+        <v>48</v>
+      </c>
+      <c r="L39" s="7">
+        <v>6</v>
+      </c>
+      <c r="M39" s="7">
+        <v>6</v>
+      </c>
+      <c r="N39" s="7">
+        <v>6</v>
+      </c>
+      <c r="O39" s="7">
+        <v>5</v>
+      </c>
+      <c r="P39" s="7">
+        <v>5</v>
+      </c>
+      <c r="Q39" s="8">
+        <v>5</v>
+      </c>
+      <c r="R39" s="9" t="s">
+        <v>89</v>
+      </c>
+      <c r="S39" s="11" t="s">
+        <v>84</v>
+      </c>
+      <c r="T39" s="72">
+        <v>44375</v>
+      </c>
+    </row>
+    <row r="40" spans="2:20" s="5" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B40" s="60">
+        <v>44053</v>
+      </c>
+      <c r="C40" s="60">
+        <v>44149</v>
+      </c>
+      <c r="D40" s="60">
+        <v>44158</v>
+      </c>
+      <c r="E40" s="6">
+        <v>303</v>
+      </c>
+      <c r="F40" s="7">
+        <v>303</v>
+      </c>
+      <c r="G40" s="7">
+        <v>303</v>
+      </c>
+      <c r="H40" s="7">
+        <v>6.2</v>
+      </c>
+      <c r="I40" s="7">
+        <v>400</v>
+      </c>
+      <c r="J40" s="7">
+        <v>400</v>
+      </c>
+      <c r="K40" s="7">
+        <v>400</v>
+      </c>
+      <c r="L40" s="7">
+        <v>2</v>
+      </c>
+      <c r="M40" s="7">
+        <v>2</v>
+      </c>
+      <c r="N40" s="7">
+        <v>2</v>
+      </c>
+      <c r="O40" s="7">
+        <v>11</v>
+      </c>
+      <c r="P40" s="7">
+        <v>11</v>
+      </c>
+      <c r="Q40" s="8">
+        <v>11</v>
+      </c>
+      <c r="R40" s="9" t="s">
+        <v>87</v>
+      </c>
+      <c r="S40" s="11" t="s">
         <v>90</v>
       </c>
-      <c r="T38" s="76">
+      <c r="T40" s="72">
         <v>44215</v>
       </c>
     </row>
-    <row r="39" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="B39" s="162" t="s">
+    <row r="41" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B41" s="161" t="s">
         <v>27</v>
       </c>
-      <c r="C39" s="163"/>
-[...19 lines deleted...]
-      <c r="B40" s="72">
+      <c r="C41" s="162"/>
+      <c r="D41" s="162"/>
+      <c r="E41" s="163"/>
+      <c r="F41" s="163"/>
+      <c r="G41" s="163"/>
+      <c r="H41" s="163"/>
+      <c r="I41" s="163"/>
+      <c r="J41" s="163"/>
+      <c r="K41" s="163"/>
+      <c r="L41" s="163"/>
+      <c r="M41" s="163"/>
+      <c r="N41" s="163"/>
+      <c r="O41" s="163"/>
+      <c r="P41" s="163"/>
+      <c r="Q41" s="163"/>
+      <c r="R41" s="163"/>
+      <c r="S41" s="163"/>
+      <c r="T41" s="164"/>
+    </row>
+    <row r="42" spans="2:20" s="5" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B42" s="68">
         <v>43983</v>
       </c>
-      <c r="C40" s="72"/>
-[...1 lines deleted...]
-      <c r="E40" s="57">
+      <c r="C42" s="68"/>
+      <c r="D42" s="56"/>
+      <c r="E42" s="57">
         <v>494</v>
       </c>
-      <c r="F40" s="57">
+      <c r="F42" s="57">
         <v>494</v>
       </c>
-      <c r="G40" s="57">
+      <c r="G42" s="57">
         <v>494</v>
       </c>
-      <c r="H40" s="75">
+      <c r="H42" s="71">
         <v>5.4</v>
       </c>
-      <c r="I40" s="58">
+      <c r="I42" s="58">
         <v>353</v>
       </c>
-      <c r="J40" s="58">
+      <c r="J42" s="58">
         <v>353</v>
       </c>
-      <c r="K40" s="58">
+      <c r="K42" s="58">
         <v>353</v>
       </c>
-      <c r="L40" s="58">
+      <c r="L42" s="58">
         <v>58</v>
       </c>
-      <c r="M40" s="58">
+      <c r="M42" s="58">
         <v>58</v>
       </c>
-      <c r="N40" s="58">
+      <c r="N42" s="58">
         <v>58</v>
       </c>
-      <c r="O40" s="58">
+      <c r="O42" s="58">
         <v>8</v>
       </c>
-      <c r="P40" s="58">
+      <c r="P42" s="58">
         <v>8</v>
       </c>
-      <c r="Q40" s="58">
+      <c r="Q42" s="58">
         <v>8</v>
       </c>
-      <c r="R40" s="9" t="s">
+      <c r="R42" s="9" t="s">
         <v>91</v>
       </c>
-      <c r="S40" s="56"/>
-[...3 lines deleted...]
-      <c r="B41" s="72">
+      <c r="S42" s="56"/>
+      <c r="T42" s="56"/>
+    </row>
+    <row r="43" spans="2:20" s="5" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B43" s="68">
         <v>43952</v>
       </c>
-      <c r="C41" s="72">
+      <c r="C43" s="68">
         <v>43952</v>
       </c>
-      <c r="D41" s="56">
+      <c r="D43" s="56">
         <v>44215</v>
       </c>
-      <c r="E41" s="66">
+      <c r="E43" s="62">
         <v>268</v>
       </c>
-      <c r="F41" s="66">
+      <c r="F43" s="62">
         <v>268</v>
       </c>
-      <c r="G41" s="66">
+      <c r="G43" s="62">
         <v>268</v>
       </c>
-      <c r="H41" s="67">
+      <c r="H43" s="63">
         <v>7.2</v>
       </c>
-      <c r="I41" s="67">
+      <c r="I43" s="63">
         <v>600</v>
       </c>
-      <c r="J41" s="67">
+      <c r="J43" s="63">
         <v>600</v>
       </c>
-      <c r="K41" s="67">
+      <c r="K43" s="63">
         <v>600</v>
       </c>
-      <c r="L41" s="67">
+      <c r="L43" s="63">
         <v>89</v>
       </c>
-      <c r="M41" s="67">
+      <c r="M43" s="63">
         <v>89</v>
       </c>
-      <c r="N41" s="67">
+      <c r="N43" s="63">
         <v>89</v>
       </c>
-      <c r="O41" s="67">
+      <c r="O43" s="63">
         <v>5</v>
       </c>
-      <c r="P41" s="67">
+      <c r="P43" s="63">
         <v>5</v>
       </c>
-      <c r="Q41" s="68">
+      <c r="Q43" s="64">
         <v>5</v>
       </c>
-      <c r="R41" s="9" t="s">
+      <c r="R43" s="9" t="s">
         <v>87</v>
       </c>
-      <c r="S41" s="69"/>
-[...3 lines deleted...]
-      <c r="B42" s="72">
+      <c r="S43" s="65"/>
+      <c r="T43" s="66"/>
+    </row>
+    <row r="44" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B44" s="68">
         <v>43862</v>
       </c>
-      <c r="C42" s="72"/>
-[...1 lines deleted...]
-      <c r="E42" s="14">
+      <c r="C44" s="68"/>
+      <c r="D44" s="68"/>
+      <c r="E44" s="14">
         <v>251</v>
       </c>
-      <c r="F42" s="7">
+      <c r="F44" s="7">
         <v>251</v>
       </c>
-      <c r="G42" s="7">
+      <c r="G44" s="7">
         <v>251</v>
       </c>
-      <c r="H42" s="7">
+      <c r="H44" s="7">
         <v>6.1</v>
       </c>
-      <c r="I42" s="7">
+      <c r="I44" s="7">
         <v>2</v>
       </c>
-      <c r="J42" s="7">
+      <c r="J44" s="7">
         <v>2</v>
       </c>
-      <c r="K42" s="7">
+      <c r="K44" s="7">
         <v>2</v>
       </c>
-      <c r="L42" s="7">
+      <c r="L44" s="7">
         <v>2</v>
       </c>
-      <c r="M42" s="7">
+      <c r="M44" s="7">
         <v>2</v>
       </c>
-      <c r="N42" s="7">
+      <c r="N44" s="7">
         <v>2</v>
       </c>
-      <c r="O42" s="7">
+      <c r="O44" s="7">
         <v>3</v>
       </c>
-      <c r="P42" s="7">
+      <c r="P44" s="7">
         <v>3</v>
       </c>
-      <c r="Q42" s="8">
+      <c r="Q44" s="8">
         <v>3</v>
       </c>
-      <c r="R42" s="9" t="s">
+      <c r="R44" s="9" t="s">
         <v>92</v>
-      </c>
-[...100 lines deleted...]
-        <v>93</v>
       </c>
       <c r="S44" s="11"/>
       <c r="T44" s="10"/>
     </row>
-    <row r="45" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="D45" s="72"/>
+    <row r="45" spans="2:20" s="5" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B45" s="68">
+        <v>43831</v>
+      </c>
+      <c r="C45" s="68"/>
+      <c r="D45" s="68"/>
       <c r="E45" s="14">
-        <v>330</v>
+        <v>246</v>
       </c>
       <c r="F45" s="7">
-        <v>330</v>
+        <v>246</v>
       </c>
       <c r="G45" s="7">
-        <v>330</v>
+        <v>246</v>
       </c>
       <c r="H45" s="7">
-        <v>7.8</v>
+        <v>7.2</v>
       </c>
       <c r="I45" s="7">
-        <v>186</v>
+        <v>2</v>
       </c>
       <c r="J45" s="7">
-        <v>186</v>
+        <v>2</v>
       </c>
       <c r="K45" s="7">
-        <v>186</v>
+        <v>2</v>
       </c>
       <c r="L45" s="7">
-        <v>88</v>
+        <v>22</v>
       </c>
       <c r="M45" s="7">
-        <v>88</v>
+        <v>22</v>
       </c>
       <c r="N45" s="7">
-        <v>88</v>
+        <v>22</v>
       </c>
       <c r="O45" s="7">
         <v>4</v>
       </c>
       <c r="P45" s="7">
         <v>4</v>
       </c>
       <c r="Q45" s="8">
         <v>4</v>
       </c>
       <c r="R45" s="9" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-      <c r="T45" s="8"/>
+        <v>91</v>
+      </c>
+      <c r="S45" s="11"/>
+      <c r="T45" s="10"/>
     </row>
     <row r="46" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="B46" s="72">
-[...11 lines deleted...]
-        <v>417</v>
+      <c r="B46" s="68">
+        <v>43709</v>
+      </c>
+      <c r="C46" s="68"/>
+      <c r="D46" s="68"/>
+      <c r="E46" s="14">
+        <v>314</v>
+      </c>
+      <c r="F46" s="7">
+        <v>314</v>
+      </c>
+      <c r="G46" s="7">
+        <v>314</v>
       </c>
       <c r="H46" s="7">
-        <v>7.7</v>
+        <v>7.2</v>
       </c>
       <c r="I46" s="7">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="J46" s="7">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="K46" s="7">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="L46" s="7">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="M46" s="7">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="N46" s="7">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="O46" s="7">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P46" s="7">
-        <v>4</v>
-[...4 lines deleted...]
-      <c r="R46" s="9"/>
+        <v>2</v>
+      </c>
+      <c r="Q46" s="8">
+        <v>2</v>
+      </c>
+      <c r="R46" s="9" t="s">
+        <v>93</v>
+      </c>
       <c r="S46" s="11"/>
       <c r="T46" s="10"/>
     </row>
     <row r="47" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="B47" s="72">
-[...11 lines deleted...]
-        <v>679</v>
+      <c r="B47" s="68">
+        <v>43617</v>
+      </c>
+      <c r="C47" s="68"/>
+      <c r="D47" s="68"/>
+      <c r="E47" s="14">
+        <v>330</v>
+      </c>
+      <c r="F47" s="7">
+        <v>330</v>
+      </c>
+      <c r="G47" s="7">
+        <v>330</v>
       </c>
       <c r="H47" s="7">
-        <v>7.3</v>
+        <v>7.8</v>
       </c>
       <c r="I47" s="7">
-        <v>122</v>
+        <v>186</v>
       </c>
       <c r="J47" s="7">
-        <v>122</v>
+        <v>186</v>
       </c>
       <c r="K47" s="7">
-        <v>122</v>
+        <v>186</v>
       </c>
       <c r="L47" s="7">
-        <v>52</v>
+        <v>88</v>
       </c>
       <c r="M47" s="7">
-        <v>52</v>
+        <v>88</v>
       </c>
       <c r="N47" s="7">
-        <v>52</v>
+        <v>88</v>
       </c>
       <c r="O47" s="7">
         <v>4</v>
       </c>
       <c r="P47" s="7">
         <v>4</v>
       </c>
-      <c r="Q47" s="7">
+      <c r="Q47" s="8">
         <v>4</v>
       </c>
-      <c r="R47" s="9"/>
-[...1 lines deleted...]
-      <c r="T47" s="10"/>
+      <c r="R47" s="9" t="s">
+        <v>94</v>
+      </c>
+      <c r="S47" s="6"/>
+      <c r="T47" s="8"/>
     </row>
     <row r="48" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="B48" s="72">
-[...11 lines deleted...]
-        <v>436</v>
+      <c r="B48" s="68">
+        <v>43525</v>
+      </c>
+      <c r="C48" s="68"/>
+      <c r="D48" s="68"/>
+      <c r="E48" s="61">
+        <v>417</v>
+      </c>
+      <c r="F48" s="13">
+        <v>417</v>
+      </c>
+      <c r="G48" s="14">
+        <v>417</v>
       </c>
       <c r="H48" s="7">
-        <v>7.4</v>
+        <v>7.7</v>
       </c>
       <c r="I48" s="7">
-        <v>602</v>
+        <v>12</v>
       </c>
       <c r="J48" s="7">
-        <v>602</v>
+        <v>12</v>
       </c>
       <c r="K48" s="7">
-        <v>602</v>
+        <v>12</v>
       </c>
       <c r="L48" s="7">
-        <v>67</v>
+        <v>45</v>
       </c>
       <c r="M48" s="7">
-        <v>67</v>
+        <v>45</v>
       </c>
       <c r="N48" s="7">
-        <v>67</v>
+        <v>45</v>
       </c>
       <c r="O48" s="7">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="P48" s="7">
-        <v>16</v>
-[...6 lines deleted...]
-      </c>
+        <v>4</v>
+      </c>
+      <c r="Q48" s="7">
+        <v>4</v>
+      </c>
+      <c r="R48" s="9"/>
       <c r="S48" s="11"/>
       <c r="T48" s="10"/>
     </row>
     <row r="49" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="B49" s="73">
-[...11 lines deleted...]
-        <v>639</v>
+      <c r="B49" s="68">
+        <v>43405</v>
+      </c>
+      <c r="C49" s="68"/>
+      <c r="D49" s="68"/>
+      <c r="E49" s="61">
+        <v>679</v>
+      </c>
+      <c r="F49" s="13">
+        <v>679</v>
+      </c>
+      <c r="G49" s="14">
+        <v>679</v>
       </c>
       <c r="H49" s="7">
-        <v>7.7</v>
+        <v>7.3</v>
       </c>
       <c r="I49" s="7">
-        <v>21</v>
+        <v>122</v>
       </c>
       <c r="J49" s="7">
-        <v>21</v>
+        <v>122</v>
       </c>
       <c r="K49" s="7">
-        <v>21</v>
+        <v>122</v>
       </c>
       <c r="L49" s="7">
-        <v>114</v>
+        <v>52</v>
       </c>
       <c r="M49" s="7">
-        <v>114</v>
+        <v>52</v>
       </c>
       <c r="N49" s="7">
-        <v>114</v>
+        <v>52</v>
       </c>
       <c r="O49" s="7">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="P49" s="7">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>4</v>
+      </c>
+      <c r="Q49" s="7">
+        <v>4</v>
       </c>
       <c r="R49" s="9"/>
       <c r="S49" s="11"/>
       <c r="T49" s="10"/>
     </row>
     <row r="50" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="B50" s="73">
-[...3 lines deleted...]
-      <c r="D50" s="73"/>
+      <c r="B50" s="68">
+        <v>43405</v>
+      </c>
+      <c r="C50" s="68"/>
+      <c r="D50" s="68"/>
       <c r="E50" s="14">
-        <v>420</v>
+        <v>436</v>
       </c>
       <c r="F50" s="7">
-        <v>420</v>
+        <v>436</v>
       </c>
       <c r="G50" s="7">
-        <v>420</v>
+        <v>436</v>
       </c>
       <c r="H50" s="7">
-        <v>9.8000000000000007</v>
+        <v>7.4</v>
       </c>
       <c r="I50" s="7">
-        <v>54</v>
+        <v>602</v>
       </c>
       <c r="J50" s="7">
-        <v>54</v>
+        <v>602</v>
       </c>
       <c r="K50" s="7">
-        <v>54</v>
+        <v>602</v>
       </c>
       <c r="L50" s="7">
-        <v>44</v>
+        <v>67</v>
       </c>
       <c r="M50" s="7">
-        <v>44</v>
+        <v>67</v>
       </c>
       <c r="N50" s="7">
-        <v>44</v>
+        <v>67</v>
       </c>
       <c r="O50" s="7">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="P50" s="7">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="Q50" s="8">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="R50" s="9"/>
+        <v>16</v>
+      </c>
+      <c r="R50" s="9" t="s">
+        <v>95</v>
+      </c>
       <c r="S50" s="11"/>
       <c r="T50" s="10"/>
     </row>
-    <row r="51" spans="2:20" s="5" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="D51" s="73"/>
+    <row r="51" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B51" s="69">
+        <v>43282</v>
+      </c>
+      <c r="C51" s="69"/>
+      <c r="D51" s="69"/>
       <c r="E51" s="14">
-        <v>286</v>
+        <v>639</v>
       </c>
       <c r="F51" s="7">
-        <v>286</v>
+        <v>639</v>
       </c>
       <c r="G51" s="7">
-        <v>286</v>
+        <v>639</v>
       </c>
       <c r="H51" s="7">
-        <v>6.9</v>
+        <v>7.7</v>
       </c>
       <c r="I51" s="7">
-        <v>461</v>
+        <v>21</v>
       </c>
       <c r="J51" s="7">
-        <v>461</v>
+        <v>21</v>
       </c>
       <c r="K51" s="7">
-        <v>461</v>
+        <v>21</v>
       </c>
       <c r="L51" s="7">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="M51" s="7">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="N51" s="7">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="O51" s="7">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="P51" s="7">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="Q51" s="8">
-        <v>11</v>
-[...9 lines deleted...]
-      </c>
+        <v>8</v>
+      </c>
+      <c r="R51" s="9"/>
+      <c r="S51" s="11"/>
+      <c r="T51" s="10"/>
     </row>
     <row r="52" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="B52" s="73">
-[...3 lines deleted...]
-      <c r="D52" s="73"/>
+      <c r="B52" s="69">
+        <v>43252</v>
+      </c>
+      <c r="C52" s="69"/>
+      <c r="D52" s="69"/>
       <c r="E52" s="14">
-        <v>219</v>
+        <v>420</v>
       </c>
       <c r="F52" s="7">
-        <v>219</v>
+        <v>420</v>
       </c>
       <c r="G52" s="7">
-        <v>219</v>
+        <v>420</v>
       </c>
       <c r="H52" s="7">
-        <v>7.9</v>
+        <v>9.8000000000000007</v>
       </c>
       <c r="I52" s="7">
-        <v>2</v>
+        <v>54</v>
       </c>
       <c r="J52" s="7">
-        <v>2</v>
+        <v>54</v>
       </c>
       <c r="K52" s="7">
-        <v>2</v>
-[...5 lines deleted...]
-      <c r="N52" s="158"/>
+        <v>54</v>
+      </c>
+      <c r="L52" s="7">
+        <v>44</v>
+      </c>
+      <c r="M52" s="7">
+        <v>44</v>
+      </c>
+      <c r="N52" s="7">
+        <v>44</v>
+      </c>
       <c r="O52" s="7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="P52" s="7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="Q52" s="8">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>3</v>
+      </c>
+      <c r="R52" s="9"/>
       <c r="S52" s="11"/>
       <c r="T52" s="10"/>
     </row>
-    <row r="53" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="D53" s="73"/>
+    <row r="53" spans="2:20" s="5" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B53" s="69">
+        <v>43221</v>
+      </c>
+      <c r="C53" s="69"/>
+      <c r="D53" s="69"/>
       <c r="E53" s="14">
-        <v>444</v>
+        <v>286</v>
       </c>
       <c r="F53" s="7">
-        <v>444</v>
+        <v>286</v>
       </c>
       <c r="G53" s="7">
-        <v>444</v>
+        <v>286</v>
       </c>
       <c r="H53" s="7">
-        <v>7.7</v>
+        <v>6.9</v>
       </c>
       <c r="I53" s="7">
-        <v>13</v>
+        <v>461</v>
       </c>
       <c r="J53" s="7">
-        <v>13</v>
+        <v>461</v>
       </c>
       <c r="K53" s="7">
-        <v>13</v>
+        <v>461</v>
       </c>
       <c r="L53" s="7">
-        <v>6</v>
+        <v>108</v>
       </c>
       <c r="M53" s="7">
-        <v>6</v>
+        <v>108</v>
       </c>
       <c r="N53" s="7">
-        <v>6</v>
+        <v>108</v>
       </c>
       <c r="O53" s="7">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="P53" s="7">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="Q53" s="8">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="T53" s="10"/>
+        <v>11</v>
+      </c>
+      <c r="R53" s="31" t="s">
+        <v>96</v>
+      </c>
+      <c r="S53" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="T53" s="41" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="54" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="B54" s="73">
-[...3 lines deleted...]
-      <c r="D54" s="73"/>
+      <c r="B54" s="69">
+        <v>43132</v>
+      </c>
+      <c r="C54" s="69"/>
+      <c r="D54" s="69"/>
       <c r="E54" s="14">
-        <v>345</v>
+        <v>219</v>
       </c>
       <c r="F54" s="7">
-        <v>345</v>
+        <v>219</v>
       </c>
       <c r="G54" s="7">
-        <v>345</v>
+        <v>219</v>
       </c>
       <c r="H54" s="7">
-        <v>7</v>
+        <v>7.9</v>
       </c>
       <c r="I54" s="7">
-        <v>190</v>
+        <v>2</v>
       </c>
       <c r="J54" s="7">
-        <v>190</v>
+        <v>2</v>
       </c>
       <c r="K54" s="7">
-        <v>190</v>
-[...9 lines deleted...]
-      </c>
+        <v>2</v>
+      </c>
+      <c r="L54" s="155" t="s">
+        <v>97</v>
+      </c>
+      <c r="M54" s="156"/>
+      <c r="N54" s="157"/>
       <c r="O54" s="7">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="P54" s="7">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="Q54" s="8">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="R54" s="9"/>
+        <v>1</v>
+      </c>
+      <c r="R54" s="9" t="s">
+        <v>98</v>
+      </c>
       <c r="S54" s="11"/>
       <c r="T54" s="10"/>
     </row>
     <row r="55" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="B55" s="73">
-[...3 lines deleted...]
-      <c r="D55" s="73"/>
+      <c r="B55" s="69">
+        <v>43101</v>
+      </c>
+      <c r="C55" s="69"/>
+      <c r="D55" s="69"/>
       <c r="E55" s="14">
-        <v>467</v>
+        <v>444</v>
       </c>
       <c r="F55" s="7">
-        <v>467</v>
+        <v>444</v>
       </c>
       <c r="G55" s="7">
-        <v>467</v>
+        <v>444</v>
       </c>
       <c r="H55" s="7">
-        <v>6.9</v>
+        <v>7.7</v>
       </c>
       <c r="I55" s="7">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="J55" s="7">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="K55" s="7">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="L55" s="7">
-        <v>45</v>
+        <v>6</v>
       </c>
       <c r="M55" s="7">
-        <v>45</v>
+        <v>6</v>
       </c>
       <c r="N55" s="7">
-        <v>45</v>
-[...8 lines deleted...]
-        <v>99</v>
+        <v>6</v>
+      </c>
+      <c r="O55" s="7">
+        <v>4</v>
+      </c>
+      <c r="P55" s="7">
+        <v>4</v>
+      </c>
+      <c r="Q55" s="8">
+        <v>4</v>
       </c>
       <c r="R55" s="9"/>
       <c r="S55" s="11"/>
       <c r="T55" s="10"/>
     </row>
     <row r="56" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="B56" s="73">
-[...3 lines deleted...]
-      <c r="D56" s="73"/>
+      <c r="B56" s="69">
+        <v>43040</v>
+      </c>
+      <c r="C56" s="69"/>
+      <c r="D56" s="69"/>
       <c r="E56" s="14">
-        <v>478</v>
+        <v>345</v>
       </c>
       <c r="F56" s="7">
-        <v>478</v>
+        <v>345</v>
       </c>
       <c r="G56" s="7">
-        <v>478</v>
+        <v>345</v>
       </c>
       <c r="H56" s="7">
-        <v>7.2</v>
+        <v>7</v>
       </c>
       <c r="I56" s="7">
-        <v>289</v>
+        <v>190</v>
       </c>
       <c r="J56" s="7">
-        <v>289</v>
+        <v>190</v>
       </c>
       <c r="K56" s="7">
-        <v>289</v>
+        <v>190</v>
       </c>
       <c r="L56" s="7">
-        <v>23</v>
+        <v>77</v>
       </c>
       <c r="M56" s="7">
-        <v>23</v>
+        <v>77</v>
       </c>
       <c r="N56" s="7">
-        <v>23</v>
+        <v>77</v>
       </c>
       <c r="O56" s="7">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="P56" s="7">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="Q56" s="8">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="R56" s="9"/>
       <c r="S56" s="11"/>
       <c r="T56" s="10"/>
     </row>
     <row r="57" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="B57" s="73">
-[...3 lines deleted...]
-      <c r="D57" s="73"/>
+      <c r="B57" s="69">
+        <v>43009</v>
+      </c>
+      <c r="C57" s="69"/>
+      <c r="D57" s="69"/>
       <c r="E57" s="14">
-        <v>761</v>
+        <v>467</v>
       </c>
       <c r="F57" s="7">
-        <v>761</v>
+        <v>467</v>
       </c>
       <c r="G57" s="7">
-        <v>761</v>
+        <v>467</v>
       </c>
       <c r="H57" s="7">
-        <v>8.6999999999999993</v>
+        <v>6.9</v>
       </c>
       <c r="I57" s="7">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J57" s="7">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="K57" s="7">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="L57" s="7">
-        <v>110</v>
+        <v>45</v>
       </c>
       <c r="M57" s="7">
-        <v>110</v>
+        <v>45</v>
       </c>
       <c r="N57" s="7">
-        <v>110</v>
-[...8 lines deleted...]
-        <v>5</v>
+        <v>45</v>
+      </c>
+      <c r="O57" s="7" t="s">
+        <v>99</v>
+      </c>
+      <c r="P57" s="7" t="s">
+        <v>99</v>
+      </c>
+      <c r="Q57" s="8" t="s">
+        <v>99</v>
       </c>
       <c r="R57" s="9"/>
       <c r="S57" s="11"/>
       <c r="T57" s="10"/>
     </row>
     <row r="58" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="B58" s="73">
-[...3 lines deleted...]
-      <c r="D58" s="73"/>
+      <c r="B58" s="69">
+        <v>42979</v>
+      </c>
+      <c r="C58" s="69"/>
+      <c r="D58" s="69"/>
       <c r="E58" s="14">
-        <v>994</v>
+        <v>478</v>
       </c>
       <c r="F58" s="7">
-        <v>994</v>
+        <v>478</v>
       </c>
       <c r="G58" s="7">
-        <v>994</v>
+        <v>478</v>
       </c>
       <c r="H58" s="7">
-        <v>10.9</v>
+        <v>7.2</v>
       </c>
       <c r="I58" s="7">
-        <v>11</v>
+        <v>289</v>
       </c>
       <c r="J58" s="7">
-        <v>11</v>
+        <v>289</v>
       </c>
       <c r="K58" s="7">
-        <v>11</v>
-[...5 lines deleted...]
-      <c r="N58" s="149"/>
+        <v>289</v>
+      </c>
+      <c r="L58" s="7">
+        <v>23</v>
+      </c>
+      <c r="M58" s="7">
+        <v>23</v>
+      </c>
+      <c r="N58" s="7">
+        <v>23</v>
+      </c>
       <c r="O58" s="7">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="P58" s="7">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="Q58" s="8">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>4</v>
+      </c>
+      <c r="R58" s="9"/>
       <c r="S58" s="11"/>
       <c r="T58" s="10"/>
     </row>
     <row r="59" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="B59" s="73">
-[...3 lines deleted...]
-      <c r="D59" s="73"/>
+      <c r="B59" s="69">
+        <v>42948</v>
+      </c>
+      <c r="C59" s="69"/>
+      <c r="D59" s="69"/>
       <c r="E59" s="14">
-        <v>590</v>
+        <v>761</v>
       </c>
       <c r="F59" s="7">
-        <v>590</v>
+        <v>761</v>
       </c>
       <c r="G59" s="7">
-        <v>590</v>
+        <v>761</v>
       </c>
       <c r="H59" s="7">
-        <v>10.199999999999999</v>
+        <v>8.6999999999999993</v>
       </c>
       <c r="I59" s="7">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="J59" s="7">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="K59" s="7">
-        <v>10</v>
-[...3 lines deleted...]
-      <c r="N59" s="152"/>
+        <v>16</v>
+      </c>
+      <c r="L59" s="7">
+        <v>110</v>
+      </c>
+      <c r="M59" s="7">
+        <v>110</v>
+      </c>
+      <c r="N59" s="7">
+        <v>110</v>
+      </c>
       <c r="O59" s="7">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P59" s="7">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q59" s="8">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>5</v>
+      </c>
+      <c r="R59" s="9"/>
       <c r="S59" s="11"/>
       <c r="T59" s="10"/>
     </row>
     <row r="60" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="B60" s="73">
-[...3 lines deleted...]
-      <c r="D60" s="73"/>
+      <c r="B60" s="69">
+        <v>42917</v>
+      </c>
+      <c r="C60" s="69"/>
+      <c r="D60" s="69"/>
       <c r="E60" s="14">
-        <v>1040</v>
+        <v>994</v>
       </c>
       <c r="F60" s="7">
-        <v>1040</v>
+        <v>994</v>
       </c>
       <c r="G60" s="7">
-        <v>1040</v>
+        <v>994</v>
       </c>
       <c r="H60" s="7">
-        <v>10.7</v>
-[...12 lines deleted...]
-      <c r="N60" s="155"/>
+        <v>10.9</v>
+      </c>
+      <c r="I60" s="7">
+        <v>11</v>
+      </c>
+      <c r="J60" s="7">
+        <v>11</v>
+      </c>
+      <c r="K60" s="7">
+        <v>11</v>
+      </c>
+      <c r="L60" s="146" t="s">
+        <v>100</v>
+      </c>
+      <c r="M60" s="147"/>
+      <c r="N60" s="148"/>
       <c r="O60" s="7">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="P60" s="7">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="Q60" s="8">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="R60" s="9" t="s">
         <v>98</v>
       </c>
       <c r="S60" s="11"/>
       <c r="T60" s="10"/>
     </row>
     <row r="61" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="B61" s="73">
-[...3 lines deleted...]
-      <c r="D61" s="73"/>
+      <c r="B61" s="69">
+        <v>42887</v>
+      </c>
+      <c r="C61" s="69"/>
+      <c r="D61" s="69"/>
       <c r="E61" s="14">
-        <v>1090</v>
+        <v>590</v>
       </c>
       <c r="F61" s="7">
-        <v>1090</v>
+        <v>590</v>
       </c>
       <c r="G61" s="7">
-        <v>1090</v>
+        <v>590</v>
       </c>
       <c r="H61" s="7">
-        <v>8.8000000000000007</v>
-[...18 lines deleted...]
-      </c>
+        <v>10.199999999999999</v>
+      </c>
+      <c r="I61" s="7">
+        <v>10</v>
+      </c>
+      <c r="J61" s="7">
+        <v>10</v>
+      </c>
+      <c r="K61" s="7">
+        <v>10</v>
+      </c>
+      <c r="L61" s="149"/>
+      <c r="M61" s="150"/>
+      <c r="N61" s="151"/>
       <c r="O61" s="7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P61" s="7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q61" s="8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R61" s="9" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="S61" s="11"/>
       <c r="T61" s="10"/>
     </row>
     <row r="62" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="B62" s="73">
-[...3 lines deleted...]
-      <c r="D62" s="73"/>
+      <c r="B62" s="69">
+        <v>42856</v>
+      </c>
+      <c r="C62" s="69"/>
+      <c r="D62" s="69"/>
       <c r="E62" s="14">
-        <v>459</v>
+        <v>1040</v>
       </c>
       <c r="F62" s="7">
-        <v>614</v>
+        <v>1040</v>
       </c>
       <c r="G62" s="7">
-        <v>770</v>
-[...4 lines deleted...]
-      <c r="I62" s="7">
+        <v>1040</v>
+      </c>
+      <c r="H62" s="7">
+        <v>10.7</v>
+      </c>
+      <c r="I62" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="J62" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="K62" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="L62" s="152"/>
+      <c r="M62" s="153"/>
+      <c r="N62" s="154"/>
+      <c r="O62" s="7">
         <v>2</v>
       </c>
-      <c r="J62" s="7">
-[...16 lines deleted...]
-      </c>
       <c r="P62" s="7">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="Q62" s="8">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="R62" s="9" t="s">
-        <v>104</v>
-[...51 lines deleted...]
-        <v>1</v>
+        <v>98</v>
+      </c>
+      <c r="S62" s="11"/>
+      <c r="T62" s="10"/>
+    </row>
+    <row r="63" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B63" s="69">
+        <v>42826</v>
+      </c>
+      <c r="C63" s="69"/>
+      <c r="D63" s="69"/>
+      <c r="E63" s="14">
+        <v>1090</v>
+      </c>
+      <c r="F63" s="7">
+        <v>1090</v>
+      </c>
+      <c r="G63" s="7">
+        <v>1090</v>
+      </c>
+      <c r="H63" s="7">
+        <v>8.8000000000000007</v>
+      </c>
+      <c r="I63" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="J63" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="K63" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="L63" s="7">
+        <v>18</v>
+      </c>
+      <c r="M63" s="7">
+        <v>18</v>
+      </c>
+      <c r="N63" s="7">
+        <v>18</v>
+      </c>
+      <c r="O63" s="7">
+        <v>3</v>
+      </c>
+      <c r="P63" s="7">
+        <v>3</v>
+      </c>
+      <c r="Q63" s="8">
+        <v>3</v>
       </c>
       <c r="R63" s="9" t="s">
         <v>102</v>
       </c>
-      <c r="S63" s="30"/>
-      <c r="T63" s="24"/>
+      <c r="S63" s="11"/>
+      <c r="T63" s="10"/>
     </row>
     <row r="64" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="B64" s="73">
-[...3 lines deleted...]
-      <c r="D64" s="73"/>
+      <c r="B64" s="69">
+        <v>42795</v>
+      </c>
+      <c r="C64" s="69"/>
+      <c r="D64" s="69"/>
       <c r="E64" s="14">
-        <v>378</v>
+        <v>459</v>
       </c>
       <c r="F64" s="7">
-        <v>378</v>
+        <v>614</v>
       </c>
       <c r="G64" s="7">
-        <v>378</v>
-[...11 lines deleted...]
-        <v>101</v>
+        <v>770</v>
+      </c>
+      <c r="H64" s="7" t="s">
+        <v>103</v>
+      </c>
+      <c r="I64" s="7">
+        <v>2</v>
+      </c>
+      <c r="J64" s="7">
+        <v>21.5</v>
+      </c>
+      <c r="K64" s="7">
+        <v>41</v>
       </c>
       <c r="L64" s="7">
-        <v>3</v>
+        <v>17</v>
       </c>
       <c r="M64" s="7">
-        <v>3</v>
+        <v>26.5</v>
       </c>
       <c r="N64" s="7">
-        <v>3</v>
+        <v>36</v>
       </c>
       <c r="O64" s="7">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="P64" s="7">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="Q64" s="8">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="R64" s="9" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="S64" s="6" t="s">
         <v>105</v>
       </c>
       <c r="T64" s="29">
         <v>42912</v>
       </c>
     </row>
-    <row r="65" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
-[...42 lines deleted...]
-        <v>99</v>
+    <row r="65" spans="2:20" s="17" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B65" s="70">
+        <v>42767</v>
+      </c>
+      <c r="C65" s="70"/>
+      <c r="D65" s="70"/>
+      <c r="E65" s="35">
+        <v>290</v>
+      </c>
+      <c r="F65" s="23">
+        <v>290</v>
+      </c>
+      <c r="G65" s="23">
+        <v>290</v>
+      </c>
+      <c r="H65" s="23">
+        <v>7.9</v>
+      </c>
+      <c r="I65" s="23">
+        <v>8</v>
+      </c>
+      <c r="J65" s="23">
+        <v>8</v>
+      </c>
+      <c r="K65" s="23">
+        <v>8</v>
+      </c>
+      <c r="L65" s="23">
+        <v>20</v>
+      </c>
+      <c r="M65" s="23">
+        <v>20</v>
+      </c>
+      <c r="N65" s="23">
+        <v>20</v>
+      </c>
+      <c r="O65" s="23">
+        <v>1</v>
+      </c>
+      <c r="P65" s="23">
+        <v>1</v>
+      </c>
+      <c r="Q65" s="24">
+        <v>1</v>
       </c>
       <c r="R65" s="9" t="s">
         <v>102</v>
       </c>
-      <c r="S65" s="6" t="s">
-[...24 lines deleted...]
-      <c r="I66" s="23" t="s">
+      <c r="S65" s="30"/>
+      <c r="T65" s="24"/>
+    </row>
+    <row r="66" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B66" s="69">
+        <v>42736</v>
+      </c>
+      <c r="C66" s="69"/>
+      <c r="D66" s="69"/>
+      <c r="E66" s="14">
+        <v>378</v>
+      </c>
+      <c r="F66" s="7">
+        <v>378</v>
+      </c>
+      <c r="G66" s="7">
+        <v>378</v>
+      </c>
+      <c r="H66" s="7">
+        <v>8.4</v>
+      </c>
+      <c r="I66" s="7" t="s">
         <v>101</v>
       </c>
-      <c r="J66" s="23">
-[...14 lines deleted...]
-      <c r="O66" s="23">
+      <c r="J66" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="K66" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="L66" s="7">
+        <v>3</v>
+      </c>
+      <c r="M66" s="7">
+        <v>3</v>
+      </c>
+      <c r="N66" s="7">
+        <v>3</v>
+      </c>
+      <c r="O66" s="7">
         <v>1</v>
       </c>
-      <c r="P66" s="23">
-[...3 lines deleted...]
-        <v>2</v>
+      <c r="P66" s="7">
+        <v>1</v>
+      </c>
+      <c r="Q66" s="8">
+        <v>1</v>
       </c>
       <c r="R66" s="9" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="S66" s="30" t="s">
+        <v>102</v>
+      </c>
+      <c r="S66" s="6" t="s">
         <v>105</v>
       </c>
       <c r="T66" s="29">
         <v>42912</v>
       </c>
     </row>
     <row r="67" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="B67" s="73">
-[...3 lines deleted...]
-      <c r="D67" s="73"/>
+      <c r="B67" s="69">
+        <v>42705</v>
+      </c>
+      <c r="C67" s="69"/>
+      <c r="D67" s="69"/>
       <c r="E67" s="14">
-        <v>673</v>
+        <v>990</v>
       </c>
       <c r="F67" s="7">
-        <v>673</v>
+        <v>990</v>
       </c>
       <c r="G67" s="7">
-        <v>673</v>
+        <v>990</v>
       </c>
       <c r="H67" s="7">
-        <v>8.1</v>
+        <v>9.4</v>
       </c>
       <c r="I67" s="7">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="J67" s="7">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="K67" s="7">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="L67" s="7">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="M67" s="7">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="N67" s="7">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="O67" s="7" t="s">
         <v>99</v>
       </c>
       <c r="P67" s="7" t="s">
         <v>99</v>
       </c>
       <c r="Q67" s="8" t="s">
         <v>99</v>
       </c>
       <c r="R67" s="9" t="s">
         <v>102</v>
       </c>
-      <c r="S67" s="6"/>
-[...3 lines deleted...]
-      <c r="B68" s="73">
+      <c r="S67" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="T67" s="29">
+        <v>42912</v>
+      </c>
+    </row>
+    <row r="68" spans="2:20" s="17" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B68" s="70">
+        <v>42644</v>
+      </c>
+      <c r="C68" s="70"/>
+      <c r="D68" s="70"/>
+      <c r="E68" s="35">
+        <v>800</v>
+      </c>
+      <c r="F68" s="23">
+        <v>1030</v>
+      </c>
+      <c r="G68" s="23">
+        <v>1260</v>
+      </c>
+      <c r="H68" s="23" t="s">
+        <v>107</v>
+      </c>
+      <c r="I68" s="23" t="s">
+        <v>101</v>
+      </c>
+      <c r="J68" s="23">
+        <v>7.5</v>
+      </c>
+      <c r="K68" s="23">
+        <v>15</v>
+      </c>
+      <c r="L68" s="23">
+        <v>38</v>
+      </c>
+      <c r="M68" s="23">
+        <v>44.5</v>
+      </c>
+      <c r="N68" s="23">
+        <v>51</v>
+      </c>
+      <c r="O68" s="23">
+        <v>1</v>
+      </c>
+      <c r="P68" s="23">
+        <v>1.5</v>
+      </c>
+      <c r="Q68" s="24">
+        <v>2</v>
+      </c>
+      <c r="R68" s="9" t="s">
+        <v>104</v>
+      </c>
+      <c r="S68" s="30" t="s">
+        <v>105</v>
+      </c>
+      <c r="T68" s="29">
+        <v>42912</v>
+      </c>
+    </row>
+    <row r="69" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B69" s="69">
+        <v>42614</v>
+      </c>
+      <c r="C69" s="69"/>
+      <c r="D69" s="69"/>
+      <c r="E69" s="14">
+        <v>673</v>
+      </c>
+      <c r="F69" s="7">
+        <v>673</v>
+      </c>
+      <c r="G69" s="7">
+        <v>673</v>
+      </c>
+      <c r="H69" s="7">
+        <v>8.1</v>
+      </c>
+      <c r="I69" s="7">
+        <v>15</v>
+      </c>
+      <c r="J69" s="7">
+        <v>15</v>
+      </c>
+      <c r="K69" s="7">
+        <v>15</v>
+      </c>
+      <c r="L69" s="7">
+        <v>39</v>
+      </c>
+      <c r="M69" s="7">
+        <v>39</v>
+      </c>
+      <c r="N69" s="7">
+        <v>39</v>
+      </c>
+      <c r="O69" s="7" t="s">
+        <v>99</v>
+      </c>
+      <c r="P69" s="7" t="s">
+        <v>99</v>
+      </c>
+      <c r="Q69" s="8" t="s">
+        <v>99</v>
+      </c>
+      <c r="R69" s="9" t="s">
+        <v>102</v>
+      </c>
+      <c r="S69" s="6"/>
+      <c r="T69" s="8"/>
+    </row>
+    <row r="70" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B70" s="69">
         <v>42583</v>
       </c>
-      <c r="C68" s="73"/>
-[...1 lines deleted...]
-      <c r="E68" s="14">
+      <c r="C70" s="69"/>
+      <c r="D70" s="69"/>
+      <c r="E70" s="14">
         <v>383</v>
       </c>
-      <c r="F68" s="7">
+      <c r="F70" s="7">
         <v>383</v>
       </c>
-      <c r="G68" s="7">
+      <c r="G70" s="7">
         <v>383</v>
       </c>
-      <c r="H68" s="7">
+      <c r="H70" s="7">
         <v>7.1</v>
       </c>
-      <c r="I68" s="7">
+      <c r="I70" s="7">
         <v>17</v>
       </c>
-      <c r="J68" s="7">
+      <c r="J70" s="7">
         <v>17</v>
       </c>
-      <c r="K68" s="7">
+      <c r="K70" s="7">
         <v>17</v>
       </c>
-      <c r="L68" s="7">
+      <c r="L70" s="7">
         <v>144</v>
       </c>
-      <c r="M68" s="7">
+      <c r="M70" s="7">
         <v>144</v>
       </c>
-      <c r="N68" s="7">
+      <c r="N70" s="7">
         <v>144</v>
       </c>
-      <c r="O68" s="7">
+      <c r="O70" s="7">
         <v>6</v>
       </c>
-      <c r="P68" s="7">
+      <c r="P70" s="7">
         <v>6</v>
       </c>
-      <c r="Q68" s="8">
+      <c r="Q70" s="8">
         <v>6</v>
-      </c>
-[...104 lines deleted...]
-        <v>5</v>
       </c>
       <c r="R70" s="9" t="s">
         <v>102</v>
       </c>
-      <c r="S70" s="11"/>
-[...17 lines deleted...]
-      <c r="H71" s="7">
+      <c r="S70" s="6"/>
+      <c r="T70" s="8"/>
+    </row>
+    <row r="71" spans="2:20" s="17" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B71" s="70">
+        <v>42552</v>
+      </c>
+      <c r="C71" s="70"/>
+      <c r="D71" s="70"/>
+      <c r="E71" s="35">
+        <v>280</v>
+      </c>
+      <c r="F71" s="23">
+        <v>296</v>
+      </c>
+      <c r="G71" s="23">
+        <v>312</v>
+      </c>
+      <c r="H71" s="23" t="s">
+        <v>108</v>
+      </c>
+      <c r="I71" s="23">
+        <v>96</v>
+      </c>
+      <c r="J71" s="23">
+        <v>96</v>
+      </c>
+      <c r="K71" s="23">
+        <v>96</v>
+      </c>
+      <c r="L71" s="23">
+        <v>94</v>
+      </c>
+      <c r="M71" s="23">
+        <v>126</v>
+      </c>
+      <c r="N71" s="23">
+        <v>159</v>
+      </c>
+      <c r="O71" s="23">
+        <v>7</v>
+      </c>
+      <c r="P71" s="23">
+        <v>7.5</v>
+      </c>
+      <c r="Q71" s="24">
+        <v>8</v>
+      </c>
+      <c r="R71" s="9" t="s">
+        <v>104</v>
+      </c>
+      <c r="S71" s="30" t="s">
+        <v>105</v>
+      </c>
+      <c r="T71" s="29">
+        <v>42912</v>
+      </c>
+    </row>
+    <row r="72" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B72" s="69">
+        <v>42522</v>
+      </c>
+      <c r="C72" s="69"/>
+      <c r="D72" s="69"/>
+      <c r="E72" s="14">
+        <v>569</v>
+      </c>
+      <c r="F72" s="7">
+        <v>569</v>
+      </c>
+      <c r="G72" s="7">
+        <v>569</v>
+      </c>
+      <c r="H72" s="7">
         <v>7.6</v>
       </c>
-      <c r="I71" s="7">
-[...26 lines deleted...]
-      <c r="R71" s="9" t="s">
+      <c r="I72" s="7">
+        <v>267</v>
+      </c>
+      <c r="J72" s="7">
+        <v>267</v>
+      </c>
+      <c r="K72" s="7">
+        <v>267</v>
+      </c>
+      <c r="L72" s="7">
+        <v>109</v>
+      </c>
+      <c r="M72" s="7">
+        <v>109</v>
+      </c>
+      <c r="N72" s="7">
+        <v>109</v>
+      </c>
+      <c r="O72" s="7">
+        <v>5</v>
+      </c>
+      <c r="P72" s="7">
+        <v>5</v>
+      </c>
+      <c r="Q72" s="8">
+        <v>5</v>
+      </c>
+      <c r="R72" s="9" t="s">
         <v>102</v>
-      </c>
-[...45 lines deleted...]
-        <v>110</v>
       </c>
       <c r="S72" s="11"/>
       <c r="T72" s="10"/>
     </row>
     <row r="73" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="B73" s="73">
-[...8 lines deleted...]
-        <v>280</v>
+      <c r="B73" s="69">
+        <v>42491</v>
+      </c>
+      <c r="C73" s="69"/>
+      <c r="D73" s="69"/>
+      <c r="E73" s="61">
+        <v>255</v>
+      </c>
+      <c r="F73" s="13">
+        <v>255</v>
       </c>
       <c r="G73" s="14">
-        <v>280</v>
+        <v>255</v>
       </c>
       <c r="H73" s="7">
-        <v>8.6999999999999993</v>
+        <v>7.6</v>
       </c>
       <c r="I73" s="7">
-        <v>5</v>
+        <v>28</v>
       </c>
       <c r="J73" s="7">
-        <v>5</v>
+        <v>28</v>
       </c>
       <c r="K73" s="7">
-        <v>5</v>
+        <v>28</v>
       </c>
       <c r="L73" s="7">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="M73" s="7">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="N73" s="7">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="O73" s="7">
         <v>4</v>
       </c>
       <c r="P73" s="7">
         <v>4</v>
       </c>
       <c r="Q73" s="7">
         <v>4</v>
       </c>
       <c r="R73" s="9" t="s">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="S73" s="11"/>
       <c r="T73" s="10"/>
     </row>
-    <row r="74" spans="2:20" s="5" customFormat="1" ht="28.95" customHeight="1" x14ac:dyDescent="0.3">
-[...17 lines deleted...]
-      <c r="I74" s="23">
+    <row r="74" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B74" s="69">
+        <v>42430</v>
+      </c>
+      <c r="C74" s="69"/>
+      <c r="D74" s="69"/>
+      <c r="E74" s="61">
+        <v>221</v>
+      </c>
+      <c r="F74" s="7">
+        <v>221</v>
+      </c>
+      <c r="G74" s="14">
+        <v>221</v>
+      </c>
+      <c r="H74" s="7">
+        <v>8.6</v>
+      </c>
+      <c r="I74" s="7">
         <v>7</v>
       </c>
-      <c r="J74" s="23">
-[...5 lines deleted...]
-      <c r="L74" s="144" t="s">
+      <c r="J74" s="7">
+        <v>7</v>
+      </c>
+      <c r="K74" s="7">
+        <v>7</v>
+      </c>
+      <c r="L74" s="143" t="s">
         <v>109</v>
       </c>
-      <c r="M74" s="145"/>
-[...1 lines deleted...]
-      <c r="O74" s="23">
+      <c r="M74" s="144"/>
+      <c r="N74" s="145"/>
+      <c r="O74" s="7">
         <v>1</v>
       </c>
-      <c r="P74" s="23">
-[...3 lines deleted...]
-        <v>3</v>
+      <c r="P74" s="7">
+        <v>1</v>
+      </c>
+      <c r="Q74" s="7">
+        <v>1</v>
       </c>
       <c r="R74" s="9" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="S74" s="11"/>
       <c r="T74" s="10"/>
     </row>
-    <row r="75" spans="2:20" s="5" customFormat="1" ht="28.95" customHeight="1" x14ac:dyDescent="0.3">
-[...17 lines deleted...]
-      <c r="I75" s="23">
+    <row r="75" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B75" s="69">
+        <v>42401</v>
+      </c>
+      <c r="C75" s="69"/>
+      <c r="D75" s="69"/>
+      <c r="E75" s="61">
+        <v>280</v>
+      </c>
+      <c r="F75" s="7">
+        <v>280</v>
+      </c>
+      <c r="G75" s="14">
+        <v>280</v>
+      </c>
+      <c r="H75" s="7">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="I75" s="7">
+        <v>5</v>
+      </c>
+      <c r="J75" s="7">
+        <v>5</v>
+      </c>
+      <c r="K75" s="7">
+        <v>5</v>
+      </c>
+      <c r="L75" s="7">
+        <v>8</v>
+      </c>
+      <c r="M75" s="7">
+        <v>8</v>
+      </c>
+      <c r="N75" s="7">
+        <v>8</v>
+      </c>
+      <c r="O75" s="7">
         <v>4</v>
       </c>
-      <c r="J75" s="23">
-[...16 lines deleted...]
-      <c r="Q75" s="24">
+      <c r="P75" s="7">
         <v>4</v>
       </c>
+      <c r="Q75" s="7">
+        <v>4</v>
+      </c>
       <c r="R75" s="9" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="S75" s="11"/>
       <c r="T75" s="10"/>
     </row>
     <row r="76" spans="2:20" s="5" customFormat="1" ht="28.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B76" s="73">
-[...3 lines deleted...]
-      <c r="D76" s="73"/>
+      <c r="B76" s="69">
+        <v>42370</v>
+      </c>
+      <c r="C76" s="69"/>
+      <c r="D76" s="69"/>
       <c r="E76" s="35">
-        <v>330</v>
+        <v>347</v>
       </c>
       <c r="F76" s="23">
-        <v>499</v>
+        <v>375.5</v>
       </c>
       <c r="G76" s="23">
-        <v>668</v>
+        <v>404</v>
       </c>
       <c r="H76" s="23" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="I76" s="23">
+        <v>7</v>
+      </c>
+      <c r="J76" s="23">
+        <v>18.5</v>
+      </c>
+      <c r="K76" s="23">
+        <v>30</v>
+      </c>
+      <c r="L76" s="143" t="s">
+        <v>109</v>
+      </c>
+      <c r="M76" s="144"/>
+      <c r="N76" s="145"/>
+      <c r="O76" s="23">
+        <v>1</v>
+      </c>
+      <c r="P76" s="23">
+        <v>2</v>
+      </c>
+      <c r="Q76" s="24">
         <v>3</v>
       </c>
-      <c r="J76" s="23">
-[...18 lines deleted...]
-      </c>
       <c r="R76" s="9" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="S76" s="11"/>
       <c r="T76" s="10"/>
     </row>
-    <row r="77" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="D77" s="73"/>
+    <row r="77" spans="2:20" s="5" customFormat="1" ht="28.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B77" s="69">
+        <v>42339</v>
+      </c>
+      <c r="C77" s="69"/>
+      <c r="D77" s="69"/>
       <c r="E77" s="35">
-        <v>455</v>
+        <v>297</v>
       </c>
       <c r="F77" s="23">
-        <v>502</v>
+        <v>491.5</v>
       </c>
       <c r="G77" s="23">
-        <v>542</v>
+        <v>686</v>
       </c>
       <c r="H77" s="23" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="I77" s="23">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="J77" s="23">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="K77" s="23">
-        <v>19</v>
-[...9 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="L77" s="143" t="s">
+        <v>109</v>
+      </c>
+      <c r="M77" s="144"/>
+      <c r="N77" s="145"/>
       <c r="O77" s="23">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="P77" s="23">
-        <v>3</v>
+        <v>2.5</v>
       </c>
       <c r="Q77" s="24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R77" s="9" t="s">
-        <v>102</v>
+        <v>115</v>
       </c>
       <c r="S77" s="11"/>
       <c r="T77" s="10"/>
     </row>
-    <row r="78" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="D78" s="73"/>
+    <row r="78" spans="2:20" s="5" customFormat="1" ht="28.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B78" s="69">
+        <v>42309</v>
+      </c>
+      <c r="C78" s="69"/>
+      <c r="D78" s="69"/>
       <c r="E78" s="35">
-        <v>265</v>
+        <v>330</v>
       </c>
       <c r="F78" s="23">
-        <v>265</v>
+        <v>499</v>
       </c>
       <c r="G78" s="23">
-        <v>265</v>
-[...2 lines deleted...]
-        <v>8.1</v>
+        <v>668</v>
+      </c>
+      <c r="H78" s="23" t="s">
+        <v>116</v>
       </c>
       <c r="I78" s="23">
-        <v>34</v>
+        <v>3</v>
       </c>
       <c r="J78" s="23">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="K78" s="23">
-        <v>34</v>
-[...9 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="L78" s="143" t="s">
+        <v>109</v>
+      </c>
+      <c r="M78" s="144"/>
+      <c r="N78" s="145"/>
       <c r="O78" s="23">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="P78" s="23">
-        <v>5</v>
+        <v>3.5</v>
       </c>
       <c r="Q78" s="24">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="R78" s="9"/>
+        <v>4</v>
+      </c>
+      <c r="R78" s="9" t="s">
+        <v>115</v>
+      </c>
       <c r="S78" s="11"/>
       <c r="T78" s="10"/>
     </row>
-    <row r="79" spans="2:20" s="5" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="D79" s="73"/>
+    <row r="79" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B79" s="69">
+        <v>42278</v>
+      </c>
+      <c r="C79" s="69"/>
+      <c r="D79" s="69"/>
       <c r="E79" s="35">
-        <v>261</v>
+        <v>455</v>
       </c>
       <c r="F79" s="23">
-        <v>348</v>
+        <v>502</v>
       </c>
       <c r="G79" s="23">
-        <v>435</v>
+        <v>542</v>
       </c>
       <c r="H79" s="23" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="I79" s="23">
-        <v>47</v>
+        <v>5</v>
       </c>
       <c r="J79" s="23">
+        <v>14</v>
+      </c>
+      <c r="K79" s="23">
+        <v>19</v>
+      </c>
+      <c r="L79" s="20">
+        <v>31.5</v>
+      </c>
+      <c r="M79" s="20">
+        <v>15</v>
+      </c>
+      <c r="N79" s="20">
         <v>48</v>
       </c>
-      <c r="K79" s="23">
-[...10 lines deleted...]
-      </c>
       <c r="O79" s="23">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="P79" s="23">
-        <v>7.5</v>
+        <v>3</v>
       </c>
       <c r="Q79" s="24">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="R79" s="9" t="s">
-        <v>119</v>
+        <v>102</v>
       </c>
       <c r="S79" s="11"/>
       <c r="T79" s="10"/>
     </row>
     <row r="80" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="B80" s="73">
-[...3 lines deleted...]
-      <c r="D80" s="73"/>
+      <c r="B80" s="69">
+        <v>42248</v>
+      </c>
+      <c r="C80" s="69"/>
+      <c r="D80" s="69"/>
       <c r="E80" s="35">
-        <v>514</v>
+        <v>265</v>
       </c>
       <c r="F80" s="23">
-        <v>514</v>
+        <v>265</v>
       </c>
       <c r="G80" s="23">
-        <v>514</v>
+        <v>265</v>
       </c>
       <c r="H80" s="23">
-        <v>9.6999999999999993</v>
+        <v>8.1</v>
       </c>
       <c r="I80" s="23">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="J80" s="23">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="K80" s="23">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="L80" s="23">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="M80" s="23">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="N80" s="23">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="O80" s="23">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="P80" s="23">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="Q80" s="24">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="R80" s="9"/>
       <c r="S80" s="11"/>
       <c r="T80" s="10"/>
     </row>
-    <row r="81" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="D81" s="73"/>
+    <row r="81" spans="2:20" s="5" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B81" s="69">
+        <v>42217</v>
+      </c>
+      <c r="C81" s="69"/>
+      <c r="D81" s="69"/>
       <c r="E81" s="35">
-        <v>724</v>
+        <v>261</v>
       </c>
       <c r="F81" s="23">
-        <v>792</v>
+        <v>348</v>
       </c>
       <c r="G81" s="23">
-        <v>861</v>
-[...2 lines deleted...]
-        <v>10.4</v>
+        <v>435</v>
+      </c>
+      <c r="H81" s="23" t="s">
+        <v>118</v>
       </c>
       <c r="I81" s="23">
-        <v>5</v>
+        <v>47</v>
       </c>
       <c r="J81" s="23">
+        <v>48</v>
+      </c>
+      <c r="K81" s="23">
+        <v>49</v>
+      </c>
+      <c r="L81" s="35">
+        <v>103</v>
+      </c>
+      <c r="M81" s="23">
+        <v>103</v>
+      </c>
+      <c r="N81" s="23">
+        <v>103</v>
+      </c>
+      <c r="O81" s="23">
+        <v>6</v>
+      </c>
+      <c r="P81" s="23">
         <v>7.5</v>
       </c>
-      <c r="K81" s="23">
-[...16 lines deleted...]
-      </c>
       <c r="Q81" s="24">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="R81" s="9"/>
+        <v>7</v>
+      </c>
+      <c r="R81" s="9" t="s">
+        <v>119</v>
+      </c>
       <c r="S81" s="11"/>
       <c r="T81" s="10"/>
     </row>
     <row r="82" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="B82" s="73">
-[...3 lines deleted...]
-      <c r="D82" s="73"/>
+      <c r="B82" s="69">
+        <v>42186</v>
+      </c>
+      <c r="C82" s="69"/>
+      <c r="D82" s="69"/>
       <c r="E82" s="35">
-        <v>639</v>
+        <v>514</v>
       </c>
       <c r="F82" s="23">
-        <v>639</v>
+        <v>514</v>
       </c>
       <c r="G82" s="23">
-        <v>639</v>
+        <v>514</v>
       </c>
       <c r="H82" s="23">
-        <v>9.9</v>
+        <v>9.6999999999999993</v>
       </c>
       <c r="I82" s="23">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="J82" s="23">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="K82" s="23">
-        <v>19</v>
-[...8 lines deleted...]
-        <v>101</v>
+        <v>22</v>
+      </c>
+      <c r="L82" s="23">
+        <v>87</v>
+      </c>
+      <c r="M82" s="23">
+        <v>87</v>
+      </c>
+      <c r="N82" s="23">
+        <v>87</v>
       </c>
       <c r="O82" s="23">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="P82" s="23">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="Q82" s="24">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="R82" s="9"/>
       <c r="S82" s="11"/>
       <c r="T82" s="10"/>
     </row>
-    <row r="83" spans="2:20" s="5" customFormat="1" ht="43.2" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="D83" s="73"/>
+    <row r="83" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B83" s="69">
+        <v>42156</v>
+      </c>
+      <c r="C83" s="69"/>
+      <c r="D83" s="69"/>
       <c r="E83" s="35">
-        <v>531</v>
+        <v>724</v>
       </c>
       <c r="F83" s="23">
-        <v>531</v>
+        <v>792</v>
       </c>
       <c r="G83" s="23">
-        <v>531</v>
+        <v>861</v>
       </c>
       <c r="H83" s="23">
-        <v>9.5</v>
+        <v>10.4</v>
       </c>
       <c r="I83" s="23">
-        <v>21</v>
+        <v>5</v>
       </c>
       <c r="J83" s="23">
-        <v>21</v>
-[...8 lines deleted...]
-      <c r="N83" s="146"/>
+        <v>7.5</v>
+      </c>
+      <c r="K83" s="23">
+        <v>10</v>
+      </c>
+      <c r="L83" s="23">
+        <v>16</v>
+      </c>
+      <c r="M83" s="23">
+        <v>43.5</v>
+      </c>
+      <c r="N83" s="23">
+        <v>71</v>
+      </c>
       <c r="O83" s="23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P83" s="23">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q83" s="24">
-        <v>2</v>
-[...3 lines deleted...]
-      </c>
+        <v>5</v>
+      </c>
+      <c r="R83" s="9"/>
       <c r="S83" s="11"/>
       <c r="T83" s="10"/>
     </row>
-    <row r="84" spans="2:20" s="5" customFormat="1" ht="43.2" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="D84" s="73"/>
+    <row r="84" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B84" s="69">
+        <v>42125</v>
+      </c>
+      <c r="C84" s="69"/>
+      <c r="D84" s="69"/>
       <c r="E84" s="35">
-        <v>743</v>
+        <v>639</v>
       </c>
       <c r="F84" s="23">
-        <v>743</v>
+        <v>639</v>
       </c>
       <c r="G84" s="23">
-        <v>743</v>
+        <v>639</v>
       </c>
       <c r="H84" s="23">
-        <v>10.199999999999999</v>
-[...10 lines deleted...]
-      <c r="N84" s="146"/>
+        <v>9.9</v>
+      </c>
+      <c r="I84" s="23">
+        <v>19</v>
+      </c>
+      <c r="J84" s="23">
+        <v>19</v>
+      </c>
+      <c r="K84" s="23">
+        <v>19</v>
+      </c>
+      <c r="L84" s="23" t="s">
+        <v>101</v>
+      </c>
+      <c r="M84" s="23" t="s">
+        <v>101</v>
+      </c>
+      <c r="N84" s="23" t="s">
+        <v>101</v>
+      </c>
       <c r="O84" s="23">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="P84" s="23">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="Q84" s="24">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="R84" s="9" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="S84" s="11"/>
       <c r="T84" s="10"/>
     </row>
-    <row r="85" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="D85" s="73"/>
+    <row r="85" spans="2:20" s="5" customFormat="1" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="B85" s="69">
+        <v>42095</v>
+      </c>
+      <c r="C85" s="69"/>
+      <c r="D85" s="69"/>
       <c r="E85" s="35">
-        <v>454</v>
+        <v>531</v>
       </c>
       <c r="F85" s="23">
-        <v>454</v>
+        <v>531</v>
       </c>
       <c r="G85" s="23">
-        <v>454</v>
+        <v>531</v>
       </c>
       <c r="H85" s="23">
-        <v>7.8</v>
+        <v>9.5</v>
       </c>
       <c r="I85" s="23">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="J85" s="23">
-        <v>8</v>
-[...12 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="K85" s="20">
+        <v>21</v>
+      </c>
+      <c r="L85" s="143" t="s">
+        <v>109</v>
+      </c>
+      <c r="M85" s="144"/>
+      <c r="N85" s="145"/>
       <c r="O85" s="23">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P85" s="23">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="Q85" s="24">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="R85" s="9"/>
+        <v>2</v>
+      </c>
+      <c r="R85" s="9" t="s">
+        <v>121</v>
+      </c>
       <c r="S85" s="11"/>
       <c r="T85" s="10"/>
     </row>
-    <row r="86" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
-[...17 lines deleted...]
-      <c r="I86" s="7">
+    <row r="86" spans="2:20" s="5" customFormat="1" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="B86" s="69">
+        <v>42064</v>
+      </c>
+      <c r="C86" s="69"/>
+      <c r="D86" s="69"/>
+      <c r="E86" s="35">
+        <v>743</v>
+      </c>
+      <c r="F86" s="23">
+        <v>743</v>
+      </c>
+      <c r="G86" s="23">
+        <v>743</v>
+      </c>
+      <c r="H86" s="23">
+        <v>10.199999999999999</v>
+      </c>
+      <c r="I86" s="143" t="s">
+        <v>109</v>
+      </c>
+      <c r="J86" s="144"/>
+      <c r="K86" s="145"/>
+      <c r="L86" s="143" t="s">
+        <v>109</v>
+      </c>
+      <c r="M86" s="144"/>
+      <c r="N86" s="145"/>
+      <c r="O86" s="23">
         <v>4</v>
       </c>
-      <c r="J86" s="7">
+      <c r="P86" s="23">
         <v>4</v>
       </c>
-      <c r="K86" s="7">
+      <c r="Q86" s="24">
         <v>4</v>
       </c>
-      <c r="L86" s="7">
-[...17 lines deleted...]
-      <c r="R86" s="9"/>
+      <c r="R86" s="9" t="s">
+        <v>122</v>
+      </c>
       <c r="S86" s="11"/>
       <c r="T86" s="10"/>
     </row>
     <row r="87" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="B87" s="73">
-[...13 lines deleted...]
-      <c r="H87" s="7">
+      <c r="B87" s="69">
+        <v>42036</v>
+      </c>
+      <c r="C87" s="69"/>
+      <c r="D87" s="69"/>
+      <c r="E87" s="35">
+        <v>454</v>
+      </c>
+      <c r="F87" s="23">
+        <v>454</v>
+      </c>
+      <c r="G87" s="23">
+        <v>454</v>
+      </c>
+      <c r="H87" s="23">
+        <v>7.8</v>
+      </c>
+      <c r="I87" s="23">
         <v>8</v>
       </c>
-      <c r="I87" s="7">
-[...17 lines deleted...]
-      <c r="O87" s="7">
+      <c r="J87" s="23">
+        <v>8</v>
+      </c>
+      <c r="K87" s="23">
+        <v>8</v>
+      </c>
+      <c r="L87" s="23">
+        <v>68</v>
+      </c>
+      <c r="M87" s="23">
+        <v>68</v>
+      </c>
+      <c r="N87" s="23">
+        <v>68</v>
+      </c>
+      <c r="O87" s="23">
         <v>1</v>
       </c>
-      <c r="P87" s="7">
+      <c r="P87" s="23">
         <v>1</v>
       </c>
-      <c r="Q87" s="7">
+      <c r="Q87" s="24">
         <v>1</v>
       </c>
       <c r="R87" s="9"/>
       <c r="S87" s="11"/>
       <c r="T87" s="10"/>
     </row>
     <row r="88" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="B88" s="73">
-[...8 lines deleted...]
-        <v>533</v>
+      <c r="B88" s="69">
+        <v>42005</v>
+      </c>
+      <c r="C88" s="69"/>
+      <c r="D88" s="69"/>
+      <c r="E88" s="61">
+        <v>405</v>
+      </c>
+      <c r="F88" s="13">
+        <v>405</v>
       </c>
       <c r="G88" s="14">
-        <v>533</v>
+        <v>405</v>
       </c>
       <c r="H88" s="7">
         <v>7.2</v>
       </c>
       <c r="I88" s="7">
-        <v>100</v>
+        <v>4</v>
       </c>
       <c r="J88" s="7">
-        <v>100</v>
+        <v>4</v>
       </c>
       <c r="K88" s="7">
-        <v>100</v>
+        <v>4</v>
       </c>
       <c r="L88" s="7">
-        <v>47</v>
+        <v>8</v>
       </c>
       <c r="M88" s="7">
-        <v>47</v>
+        <v>8</v>
       </c>
       <c r="N88" s="7">
-        <v>47</v>
+        <v>8</v>
       </c>
       <c r="O88" s="7" t="s">
         <v>99</v>
       </c>
       <c r="P88" s="7" t="s">
         <v>99</v>
       </c>
       <c r="Q88" s="7" t="s">
         <v>99</v>
       </c>
       <c r="R88" s="9"/>
       <c r="S88" s="11"/>
       <c r="T88" s="10"/>
     </row>
     <row r="89" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="B89" s="73">
-[...5 lines deleted...]
-        <v>455</v>
+      <c r="B89" s="69">
+        <v>42005</v>
+      </c>
+      <c r="C89" s="69"/>
+      <c r="D89" s="69"/>
+      <c r="E89" s="61">
+        <v>497</v>
       </c>
       <c r="F89" s="7">
-        <v>455</v>
+        <v>497</v>
       </c>
       <c r="G89" s="14">
-        <v>455</v>
+        <v>497</v>
       </c>
       <c r="H89" s="7">
-        <v>8.5</v>
+        <v>8</v>
       </c>
       <c r="I89" s="7">
+        <v>12</v>
+      </c>
+      <c r="J89" s="7">
+        <v>12</v>
+      </c>
+      <c r="K89" s="7">
+        <v>12</v>
+      </c>
+      <c r="L89" s="7">
         <v>5</v>
       </c>
-      <c r="J89" s="7">
+      <c r="M89" s="7">
         <v>5</v>
       </c>
-      <c r="K89" s="7">
+      <c r="N89" s="7">
         <v>5</v>
       </c>
-      <c r="L89" s="7">
-[...7 lines deleted...]
-      </c>
       <c r="O89" s="7">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="P89" s="7">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="Q89" s="7">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="R89" s="9"/>
       <c r="S89" s="11"/>
       <c r="T89" s="10"/>
     </row>
     <row r="90" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="B90" s="73">
-[...5 lines deleted...]
-        <v>655</v>
+      <c r="B90" s="69">
+        <v>41974</v>
+      </c>
+      <c r="C90" s="69"/>
+      <c r="D90" s="69"/>
+      <c r="E90" s="61">
+        <v>533</v>
       </c>
       <c r="F90" s="7">
-        <v>655</v>
+        <v>533</v>
       </c>
       <c r="G90" s="14">
-        <v>655</v>
+        <v>533</v>
       </c>
       <c r="H90" s="7">
-        <v>9.4</v>
+        <v>7.2</v>
       </c>
       <c r="I90" s="7">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="J90" s="7">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="K90" s="7">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="L90" s="7">
-        <v>220</v>
+        <v>47</v>
       </c>
       <c r="M90" s="7">
-        <v>220</v>
+        <v>47</v>
       </c>
       <c r="N90" s="7">
-        <v>220</v>
-[...8 lines deleted...]
-        <v>17</v>
+        <v>47</v>
+      </c>
+      <c r="O90" s="7" t="s">
+        <v>99</v>
+      </c>
+      <c r="P90" s="7" t="s">
+        <v>99</v>
+      </c>
+      <c r="Q90" s="7" t="s">
+        <v>99</v>
       </c>
       <c r="R90" s="9"/>
       <c r="S90" s="11"/>
       <c r="T90" s="10"/>
     </row>
     <row r="91" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="B91" s="73">
-[...5 lines deleted...]
-        <v>491</v>
+      <c r="B91" s="69">
+        <v>41913</v>
+      </c>
+      <c r="C91" s="69"/>
+      <c r="D91" s="69"/>
+      <c r="E91" s="61">
+        <v>455</v>
       </c>
       <c r="F91" s="7">
-        <v>491</v>
+        <v>455</v>
       </c>
       <c r="G91" s="14">
-        <v>491</v>
+        <v>455</v>
       </c>
       <c r="H91" s="7">
-        <v>9.8000000000000007</v>
+        <v>8.5</v>
       </c>
       <c r="I91" s="7">
-        <v>22</v>
+        <v>5</v>
       </c>
       <c r="J91" s="7">
-        <v>22</v>
+        <v>5</v>
       </c>
       <c r="K91" s="7">
-        <v>22</v>
+        <v>5</v>
       </c>
       <c r="L91" s="7">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="M91" s="7">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="N91" s="7">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="O91" s="7">
         <v>3</v>
       </c>
       <c r="P91" s="7">
         <v>3</v>
       </c>
       <c r="Q91" s="7">
         <v>3</v>
       </c>
       <c r="R91" s="9"/>
       <c r="S91" s="11"/>
       <c r="T91" s="10"/>
     </row>
     <row r="92" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="B92" s="73">
-[...5 lines deleted...]
-        <v>479</v>
+      <c r="B92" s="69">
+        <v>41883</v>
+      </c>
+      <c r="C92" s="69"/>
+      <c r="D92" s="69"/>
+      <c r="E92" s="61">
+        <v>655</v>
       </c>
       <c r="F92" s="7">
-        <v>479</v>
+        <v>655</v>
       </c>
       <c r="G92" s="14">
-        <v>479</v>
+        <v>655</v>
       </c>
       <c r="H92" s="7">
-        <v>9.8000000000000007</v>
+        <v>9.4</v>
       </c>
       <c r="I92" s="7">
-        <v>18</v>
+        <v>118</v>
       </c>
       <c r="J92" s="7">
-        <v>18</v>
+        <v>118</v>
       </c>
       <c r="K92" s="7">
-        <v>18</v>
+        <v>118</v>
       </c>
       <c r="L92" s="7">
-        <v>88</v>
+        <v>220</v>
       </c>
       <c r="M92" s="7">
-        <v>88</v>
+        <v>220</v>
       </c>
       <c r="N92" s="7">
-        <v>88</v>
+        <v>220</v>
       </c>
       <c r="O92" s="7">
-        <v>1</v>
+        <v>17</v>
       </c>
       <c r="P92" s="7">
-        <v>1</v>
+        <v>17</v>
       </c>
       <c r="Q92" s="7">
-        <v>1</v>
+        <v>17</v>
       </c>
       <c r="R92" s="9"/>
       <c r="S92" s="11"/>
       <c r="T92" s="10"/>
     </row>
-    <row r="93" spans="2:20" s="5" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B93" s="73">
+    <row r="93" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B93" s="69">
+        <v>41852</v>
+      </c>
+      <c r="C93" s="69"/>
+      <c r="D93" s="69"/>
+      <c r="E93" s="61">
+        <v>491</v>
+      </c>
+      <c r="F93" s="7">
+        <v>491</v>
+      </c>
+      <c r="G93" s="14">
+        <v>491</v>
+      </c>
+      <c r="H93" s="7">
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="I93" s="7">
+        <v>22</v>
+      </c>
+      <c r="J93" s="7">
+        <v>22</v>
+      </c>
+      <c r="K93" s="7">
+        <v>22</v>
+      </c>
+      <c r="L93" s="7">
+        <v>90</v>
+      </c>
+      <c r="M93" s="7">
+        <v>90</v>
+      </c>
+      <c r="N93" s="7">
+        <v>90</v>
+      </c>
+      <c r="O93" s="7">
+        <v>3</v>
+      </c>
+      <c r="P93" s="7">
+        <v>3</v>
+      </c>
+      <c r="Q93" s="7">
+        <v>3</v>
+      </c>
+      <c r="R93" s="9"/>
+      <c r="S93" s="11"/>
+      <c r="T93" s="10"/>
+    </row>
+    <row r="94" spans="2:20" s="5" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B94" s="69">
+        <v>41852</v>
+      </c>
+      <c r="C94" s="69"/>
+      <c r="D94" s="69"/>
+      <c r="E94" s="61">
+        <v>479</v>
+      </c>
+      <c r="F94" s="7">
+        <v>479</v>
+      </c>
+      <c r="G94" s="14">
+        <v>479</v>
+      </c>
+      <c r="H94" s="7">
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="I94" s="7">
+        <v>18</v>
+      </c>
+      <c r="J94" s="7">
+        <v>18</v>
+      </c>
+      <c r="K94" s="7">
+        <v>18</v>
+      </c>
+      <c r="L94" s="7">
+        <v>88</v>
+      </c>
+      <c r="M94" s="7">
+        <v>88</v>
+      </c>
+      <c r="N94" s="7">
+        <v>88</v>
+      </c>
+      <c r="O94" s="7">
+        <v>1</v>
+      </c>
+      <c r="P94" s="7">
+        <v>1</v>
+      </c>
+      <c r="Q94" s="7">
+        <v>1</v>
+      </c>
+      <c r="R94" s="9"/>
+      <c r="S94" s="11"/>
+      <c r="T94" s="10"/>
+    </row>
+    <row r="95" spans="2:20" s="5" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B95" s="69">
         <v>41821</v>
       </c>
-      <c r="C93" s="73"/>
-[...1 lines deleted...]
-      <c r="E93" s="71">
+      <c r="C95" s="69"/>
+      <c r="D95" s="69"/>
+      <c r="E95" s="67">
         <v>590</v>
       </c>
-      <c r="F93" s="39">
+      <c r="F95" s="39">
         <v>590</v>
       </c>
-      <c r="G93" s="51">
+      <c r="G95" s="51">
         <v>590</v>
       </c>
-      <c r="H93" s="39">
+      <c r="H95" s="39">
         <v>8.6</v>
       </c>
-      <c r="I93" s="39">
+      <c r="I95" s="39">
         <v>32</v>
       </c>
-      <c r="J93" s="39">
+      <c r="J95" s="39">
         <v>32</v>
       </c>
-      <c r="K93" s="39">
+      <c r="K95" s="39">
         <v>32</v>
       </c>
-      <c r="L93" s="39">
+      <c r="L95" s="39">
         <v>106</v>
       </c>
-      <c r="M93" s="39">
+      <c r="M95" s="39">
         <v>106</v>
       </c>
-      <c r="N93" s="39">
+      <c r="N95" s="39">
         <v>106</v>
       </c>
-      <c r="O93" s="39">
+      <c r="O95" s="39">
         <v>2</v>
       </c>
-      <c r="P93" s="39">
+      <c r="P95" s="39">
         <v>2</v>
       </c>
-      <c r="Q93" s="39">
+      <c r="Q95" s="39">
         <v>2</v>
       </c>
-      <c r="R93" s="32"/>
-[...1 lines deleted...]
-      <c r="T93" s="34"/>
+      <c r="R95" s="32"/>
+      <c r="S95" s="33"/>
+      <c r="T95" s="34"/>
     </row>
   </sheetData>
   <mergeCells count="28">
     <mergeCell ref="B5:T5"/>
     <mergeCell ref="B6:T6"/>
     <mergeCell ref="B7:T7"/>
     <mergeCell ref="R8:R10"/>
     <mergeCell ref="E8:G8"/>
     <mergeCell ref="L8:N8"/>
     <mergeCell ref="O8:Q8"/>
     <mergeCell ref="E9:G9"/>
     <mergeCell ref="L9:N9"/>
     <mergeCell ref="O9:Q9"/>
     <mergeCell ref="I8:K8"/>
     <mergeCell ref="I9:K9"/>
     <mergeCell ref="D8:D10"/>
     <mergeCell ref="C8:C10"/>
+    <mergeCell ref="L76:N76"/>
     <mergeCell ref="L74:N74"/>
-    <mergeCell ref="L72:N72"/>
-[...1 lines deleted...]
-    <mergeCell ref="L52:N52"/>
+    <mergeCell ref="L60:N62"/>
+    <mergeCell ref="L54:N54"/>
     <mergeCell ref="S8:T9"/>
     <mergeCell ref="B11:T11"/>
     <mergeCell ref="B8:B10"/>
-    <mergeCell ref="B39:T39"/>
+    <mergeCell ref="B41:T41"/>
     <mergeCell ref="B12:T12"/>
-    <mergeCell ref="L83:N83"/>
-[...3 lines deleted...]
-    <mergeCell ref="L75:N75"/>
+    <mergeCell ref="L85:N85"/>
+    <mergeCell ref="I86:K86"/>
+    <mergeCell ref="L86:N86"/>
+    <mergeCell ref="L78:N78"/>
+    <mergeCell ref="L77:N77"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B6:T6" r:id="rId1" display="Link to EPA Public Registers     https://www.epa.nsw.gov.au/licensing-and-regulation/public-registers" xr:uid="{00000000-0004-0000-0400-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="58" fitToHeight="0" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C6759C92A6B9AB44B139D3603F5C079C" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="32a5d9275e1d8e40e8ae7833f6a10332">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5b83d9b9-9530-42ad-b126-0367332486bf" xmlns:ns3="f9db0c8d-b9d2-405d-8684-b757cd69e44b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="83a661c1d2636962244dde48fa68f07b" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C6759C92A6B9AB44B139D3603F5C079C" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c46c63056726621dcea3f3749aeaae7b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5b83d9b9-9530-42ad-b126-0367332486bf" xmlns:ns3="f9db0c8d-b9d2-405d-8684-b757cd69e44b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4ae726b581d0d62e33fd83ab5e6a9508" ns2:_="" ns3:_="">
     <xsd:import namespace="5b83d9b9-9530-42ad-b126-0367332486bf"/>
     <xsd:import namespace="f9db0c8d-b9d2-405d-8684-b757cd69e44b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5b83d9b9-9530-42ad-b126-0367332486bf" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
@@ -13828,50 +14149,60 @@
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="ac848bfc-5a39-42a3-baa0-d944d22b0085" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f9db0c8d-b9d2-405d-8684-b757cd69e44b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{4253fb9d-dc92-4090-a5a8-ce57b0ce512b}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="f9db0c8d-b9d2-405d-8684-b757cd69e44b">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithUsers" ma:index="19" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
@@ -13994,51 +14325,51 @@
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="5b83d9b9-9530-42ad-b126-0367332486bf">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="f9db0c8d-b9d2-405d-8684-b757cd69e44b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE50C5E7-994C-42F7-B43D-A58D0E1D6160}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4DD5CF00-9BCE-4E9C-8987-53F50E1A4776}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5b83d9b9-9530-42ad-b126-0367332486bf"/>
     <ds:schemaRef ds:uri="f9db0c8d-b9d2-405d-8684-b757cd69e44b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{692967B1-E548-4A1F-A9FA-7E4DE75DDAF8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="5b83d9b9-9530-42ad-b126-0367332486bf"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="f9db0c8d-b9d2-405d-8684-b757cd69e44b"/>