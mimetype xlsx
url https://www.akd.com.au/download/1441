--- v1 (2025-11-02)
+++ v2 (2026-02-14)
@@ -6,90 +6,90 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Spiro\Documents\Documents\Website NSW Sites\2025 website data\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Spiro\Documents\Documents\Website NSW Sites\2026 website data\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{06CC88C6-70CC-4172-84EC-F722E8EDC7A4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{E05EE5C9-DD36-4899-A6A3-6A49A6134AD9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" firstSheet="3" activeTab="4" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="EPA ID 1 20MW Boiler Opacity" sheetId="2" r:id="rId1"/>
     <sheet name="EPA ID 1 20MW Boiler Stack" sheetId="5" r:id="rId2"/>
     <sheet name="EPD ID 2 10MW Boiler Opacity" sheetId="3" r:id="rId3"/>
     <sheet name="EPA ID 2 10 MW Boiler Stack" sheetId="6" r:id="rId4"/>
     <sheet name="EPA ID 5 Water Treatment Plant" sheetId="1" r:id="rId5"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="437" uniqueCount="131">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="341" uniqueCount="95">
   <si>
     <t>AKD NSW Pty Ltd (Tumut Sawmill), Adelong Road, Tumut 2720 - EPL# 63</t>
   </si>
   <si>
     <t>Link to EPA Public Registers     https://www.epa.nsw.gov.au/licensing-and-regulation/public-registers</t>
   </si>
   <si>
     <t>EPA ID 1 20MW Boiler Stack. Continuous opacity monitoring required</t>
   </si>
   <si>
     <t>Date Sampled.</t>
   </si>
   <si>
     <t>Date Data Obtained*</t>
   </si>
   <si>
     <t>Date Published</t>
   </si>
   <si>
     <t>Smoke Emissions (percent opacity)</t>
   </si>
   <si>
     <t xml:space="preserve">Notes </t>
   </si>
   <si>
@@ -365,211 +365,103 @@
   <si>
     <t>discharge from dam to creek. Water processed. First discharge for a number of months.</t>
   </si>
   <si>
     <t>First result for a number of months. Drizzle rain in prev 24 hrs. Water recycled to plant. To be reported in Annual return.</t>
   </si>
   <si>
     <t>First result for a number of months.15mm rain. Wet weather bypass&gt;10mm. Sample recorded but not reported in annual return.</t>
   </si>
   <si>
     <t>Compliant flow sample for reporting purposes.</t>
   </si>
   <si>
     <t xml:space="preserve"> Compliant flow sample for reporting purposes. TSS well above limit. BOD over limit. No discharge from site (recycled into process). </t>
   </si>
   <si>
     <t xml:space="preserve"> Compliant flow sample for reporting purposes. TSS well above limit. No discharge from site (recycled into process). </t>
   </si>
   <si>
     <t>First result for a number of months.32mm rain. Wet weather bypass&gt;10mm. Sample recorded but not reported in annual return.</t>
   </si>
   <si>
     <t>Slightly below pH limit. Not Field measured. 9.8 mm rain on the day of sample so compliant test for reporting purposes.</t>
   </si>
   <si>
-    <t>Added rainfall data.</t>
-[...1 lines deleted...]
-  <si>
     <t>Sample result added to sheet for completeness. Wet weather bypass&gt;10mm - Sample recorded but not reported annually.16mm rainfall.</t>
   </si>
   <si>
     <t>Sample result added to sheet for completeness. Wet weather bypass&gt;10mm - Sample recorded but not reported annually 18.9mm rainfall.</t>
   </si>
   <si>
     <t xml:space="preserve"> Compliant flow sample for reporting purposes. TSS just above limit. No discharge from site (recycled into process). </t>
   </si>
   <si>
-    <t>Updated comments to provide clarity on compliant sample during discharge.</t>
-[...1 lines deleted...]
-  <si>
     <t>6mm rain on day of sample - compliant result. BOD elevated. No discharge from site. water recycled.</t>
-  </si>
-[...109 lines deleted...]
-    <t>Lab advised sample contained an interfering substance and could not record a result for BOD. Lab did not provide result for TSS. pH exceeds upper limit of 8.5 may be due to presence of interfering substance.</t>
   </si>
   <si>
     <t xml:space="preserve">Excursion due to boiler clean, restart and adjustment of fuel mix. Generally 5 min duration. Mean value is best indicator of plant performance.  Boiler shut down (controlled) or run in low fire mode due to a lack of product throughout the month. - </t>
   </si>
   <si>
     <t>Excursion due to boiler clean, restart and adjustment of fuel mix. Generally 5 min duration. Mean value is best indicator of plant performance.  Boiler demand (load) reduced at times throughout the month.</t>
   </si>
   <si>
     <t>Excursion due to boiler clean, restart and adjustment of fuel mix. Generally 5 min duration. Mean value is best indicator of plant performance.  Boiler shut down (controlled) or run in low fire mode for extended periods throughout the month.</t>
   </si>
   <si>
     <t>No data logged for reporting purposes this month. The data is continually monitored and logged for operational purposes but a programming issue results in data corruption. issue on-going.</t>
   </si>
   <si>
     <t>Sample result added to sheet for completeness. Wet weather bypass&gt;10mm previous 24 hrs - (18.2mm) Sample recorded but not reported annually.</t>
   </si>
   <si>
     <t>Compliance with Licence Limit. Reduced load throughout the reporting period.</t>
   </si>
   <si>
-    <t>Water recycled to plant. To be reported in Annual return.</t>
+    <t>Excursion due to boiler clean, restart and adjustment of fuel mix. Generally 5 min duration. Mean value is best indicator of plant performance.  Boiler demand (load) reduced at times throughout the month. System Shut down mid Dec for annual shut.</t>
   </si>
   <si>
-    <t>System shut down for September 2025 - nil discharge.</t>
+    <t>The plant was run in low fire mode for an extended period during the month due to lack of steam demand. This will be ongoing while production volumes are reduced.</t>
+  </si>
+  <si>
+    <t>Heat pland did not run during the month. Has been put into standby mode until further notice.</t>
+  </si>
+  <si>
+    <t>First result for a number of months. Rain occuring. Water recycled to plant. To be reported in Annual return.</t>
+  </si>
+  <si>
+    <t>Water recycled to plant for reuse from storage dam. To be reported in Annual return.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="[$-409]d\-mmm\-yyyy;@"/>
   </numFmts>
-  <fonts count="8" x14ac:knownFonts="1">
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <vertAlign val="superscript"/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -585,50 +477,67 @@
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="Tenorite"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="Tenorite"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="14"/>
+      <color theme="10"/>
+      <name val="Tenorite"/>
     </font>
   </fonts>
   <fills count="12">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-9.9978637043366805E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
@@ -655,51 +564,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="57">
+  <borders count="54">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
@@ -1065,904 +974,856 @@
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
       <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="medium">
-[...9 lines deleted...]
-      </left>
       <right/>
-      <top/>
-[...12 lines deleted...]
-      <top style="thin">
+      <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
-      <diagonal/>
-[...228 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="191">
+  <cellXfs count="180">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...8 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1" applyAlignment="1">
-[...19 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="8" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="5" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="5" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="7" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="8" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="8" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="31" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="8" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="27" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="7" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...47 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="5" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="1" fillId="8" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="1" fillId="8" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="1" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
-[...34 lines deleted...]
-    <xf numFmtId="17" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="17" fontId="1" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="1" fillId="8" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="8" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="8" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="17" fontId="0" fillId="8" borderId="7" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="8" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="8" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="8" borderId="7" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="17" fontId="1" fillId="8" borderId="56" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="17" fontId="1" fillId="8" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="17" fontId="1" fillId="8" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="17" fontId="1" fillId="8" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="8" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="8" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="8" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="8" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="8" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="17" fontId="8" fillId="10" borderId="44" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="17" fontId="8" fillId="10" borderId="45" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="17" fontId="8" fillId="10" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="17" fontId="8" fillId="10" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="17" fontId="8" fillId="10" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="17" fontId="8" fillId="10" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="17" fontId="8" fillId="10" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="5" borderId="44" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="5" borderId="45" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="5" borderId="46" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="6" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="6" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="6" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="11" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="9" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="9" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="9" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="49" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="44" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="50" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="45" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="51" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="46" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="10" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="10" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="6" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="7" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="7" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="10" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="10" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="0" fillId="11" borderId="7" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="10" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="10" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="10" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="10" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="10" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="10" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="11" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...142 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFB6DDE8"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -2257,11863 +2118,9228 @@
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.nsw.gov.au/licensing-and-regulation/public-registers" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.nsw.gov.au/licensing-and-regulation/public-registers" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.nsw.gov.au/licensing-and-regulation/public-registers" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.nsw.gov.au/licensing-and-regulation/public-registers" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.nsw.gov.au/licensing-and-regulation/public-registers" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B2:J148"/>
+  <dimension ref="B2:J151"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A3" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="Q10" sqref="Q10"/>
+    <sheetView topLeftCell="A12" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="H12" sqref="H12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="2" max="2" width="11.109375" customWidth="1"/>
     <col min="3" max="3" width="16.44140625" customWidth="1"/>
     <col min="4" max="4" width="15.5546875" customWidth="1"/>
     <col min="7" max="7" width="11.88671875" customWidth="1"/>
-    <col min="8" max="8" width="82.33203125" style="53" customWidth="1"/>
+    <col min="8" max="8" width="82.33203125" style="26" customWidth="1"/>
     <col min="9" max="9" width="21.33203125" customWidth="1"/>
     <col min="10" max="10" width="20" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:10" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="3" spans="2:10" ht="34.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B3" s="99" t="s">
-[...9 lines deleted...]
-      <c r="J3" s="101"/>
+      <c r="B3" s="136" t="s">
+        <v>0</v>
+      </c>
+      <c r="C3" s="137"/>
+      <c r="D3" s="137"/>
+      <c r="E3" s="137"/>
+      <c r="F3" s="137"/>
+      <c r="G3" s="137"/>
+      <c r="H3" s="137"/>
+      <c r="I3" s="137"/>
+      <c r="J3" s="138"/>
     </row>
     <row r="4" spans="2:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B4" s="102" t="s">
+      <c r="B4" s="139" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="103"/>
-[...6 lines deleted...]
-      <c r="J4" s="104"/>
+      <c r="C4" s="140"/>
+      <c r="D4" s="140"/>
+      <c r="E4" s="140"/>
+      <c r="F4" s="140"/>
+      <c r="G4" s="140"/>
+      <c r="H4" s="140"/>
+      <c r="I4" s="140"/>
+      <c r="J4" s="141"/>
     </row>
     <row r="5" spans="2:10" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B5" s="105" t="s">
+      <c r="B5" s="142" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="106"/>
-[...6 lines deleted...]
-      <c r="J5" s="107"/>
+      <c r="C5" s="143"/>
+      <c r="D5" s="143"/>
+      <c r="E5" s="143"/>
+      <c r="F5" s="143"/>
+      <c r="G5" s="143"/>
+      <c r="H5" s="143"/>
+      <c r="I5" s="143"/>
+      <c r="J5" s="144"/>
     </row>
     <row r="6" spans="2:10" ht="32.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B6" s="108" t="s">
+      <c r="B6" s="145" t="s">
         <v>3</v>
       </c>
-      <c r="C6" s="108" t="s">
+      <c r="C6" s="145" t="s">
         <v>4</v>
       </c>
-      <c r="D6" s="108" t="s">
+      <c r="D6" s="145" t="s">
         <v>5</v>
       </c>
-      <c r="E6" s="114" t="s">
+      <c r="E6" s="151" t="s">
         <v>6</v>
       </c>
-      <c r="F6" s="115"/>
-[...1 lines deleted...]
-      <c r="H6" s="117" t="s">
+      <c r="F6" s="152"/>
+      <c r="G6" s="153"/>
+      <c r="H6" s="154" t="s">
         <v>7</v>
       </c>
-      <c r="I6" s="123" t="s">
+      <c r="I6" s="160" t="s">
         <v>8</v>
       </c>
-      <c r="J6" s="124"/>
+      <c r="J6" s="161"/>
     </row>
     <row r="7" spans="2:10" ht="17.7" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B7" s="109"/>
-[...2 lines deleted...]
-      <c r="E7" s="120" t="s">
+      <c r="B7" s="146"/>
+      <c r="C7" s="146"/>
+      <c r="D7" s="146"/>
+      <c r="E7" s="157" t="s">
         <v>9</v>
       </c>
-      <c r="F7" s="121"/>
-[...3 lines deleted...]
-      <c r="J7" s="126"/>
+      <c r="F7" s="158"/>
+      <c r="G7" s="159"/>
+      <c r="H7" s="155"/>
+      <c r="I7" s="162"/>
+      <c r="J7" s="163"/>
     </row>
     <row r="8" spans="2:10" ht="29.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B8" s="110"/>
-[...2 lines deleted...]
-      <c r="E8" s="18" t="s">
+      <c r="B8" s="147"/>
+      <c r="C8" s="147"/>
+      <c r="D8" s="147"/>
+      <c r="E8" s="4" t="s">
         <v>10</v>
       </c>
-      <c r="F8" s="19" t="s">
+      <c r="F8" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="G8" s="19" t="s">
+      <c r="G8" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="H8" s="119"/>
-      <c r="I8" s="40" t="s">
+      <c r="H8" s="156"/>
+      <c r="I8" s="16" t="s">
         <v>13</v>
       </c>
-      <c r="J8" s="40" t="s">
+      <c r="J8" s="16" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="2:10" ht="34.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B9" s="111" t="s">
+      <c r="B9" s="148" t="s">
         <v>15</v>
       </c>
-      <c r="C9" s="112"/>
-[...6 lines deleted...]
-      <c r="J9" s="113"/>
+      <c r="C9" s="149"/>
+      <c r="D9" s="149"/>
+      <c r="E9" s="149"/>
+      <c r="F9" s="149"/>
+      <c r="G9" s="149"/>
+      <c r="H9" s="149"/>
+      <c r="I9" s="149"/>
+      <c r="J9" s="150"/>
     </row>
     <row r="10" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B10" s="127" t="s">
+      <c r="B10" s="164" t="s">
         <v>16</v>
       </c>
-      <c r="C10" s="128"/>
-[...6 lines deleted...]
-      <c r="J10" s="129"/>
+      <c r="C10" s="165"/>
+      <c r="D10" s="165"/>
+      <c r="E10" s="165"/>
+      <c r="F10" s="165"/>
+      <c r="G10" s="165"/>
+      <c r="H10" s="165"/>
+      <c r="I10" s="165"/>
+      <c r="J10" s="166"/>
     </row>
     <row r="11" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B11" s="76"/>
-[...7 lines deleted...]
-      <c r="J11" s="28"/>
+      <c r="B11" s="54"/>
+      <c r="C11" s="54"/>
+      <c r="D11" s="54"/>
+      <c r="E11" s="54"/>
+      <c r="F11" s="54"/>
+      <c r="G11" s="54"/>
+      <c r="H11" s="54"/>
+      <c r="I11" s="54"/>
+      <c r="J11" s="54"/>
     </row>
     <row r="12" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B12" s="69">
+      <c r="B12" s="30">
+        <v>45993</v>
+      </c>
+      <c r="C12" s="45">
+        <v>46037</v>
+      </c>
+      <c r="D12" s="45">
+        <v>46037</v>
+      </c>
+      <c r="E12" s="44">
+        <v>0</v>
+      </c>
+      <c r="F12" s="44">
+        <v>9.6999999999999993</v>
+      </c>
+      <c r="G12" s="44">
+        <v>84</v>
+      </c>
+      <c r="H12" s="33" t="s">
+        <v>90</v>
+      </c>
+      <c r="I12" s="11"/>
+      <c r="J12" s="11"/>
+    </row>
+    <row r="13" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B13" s="30">
+        <v>45963</v>
+      </c>
+      <c r="C13" s="45">
+        <v>46037</v>
+      </c>
+      <c r="D13" s="45">
+        <v>46037</v>
+      </c>
+      <c r="E13" s="49">
+        <v>0</v>
+      </c>
+      <c r="F13" s="50">
+        <v>9.9600000000000009</v>
+      </c>
+      <c r="G13" s="50">
+        <v>98</v>
+      </c>
+      <c r="H13" s="33" t="s">
+        <v>85</v>
+      </c>
+      <c r="I13" s="10"/>
+      <c r="J13" s="10"/>
+    </row>
+    <row r="14" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B14" s="30">
+        <v>45932</v>
+      </c>
+      <c r="C14" s="45">
+        <v>45988</v>
+      </c>
+      <c r="D14" s="45">
+        <v>45684</v>
+      </c>
+      <c r="E14" s="49">
+        <v>0</v>
+      </c>
+      <c r="F14" s="50">
+        <v>12.37</v>
+      </c>
+      <c r="G14" s="50">
+        <v>76</v>
+      </c>
+      <c r="H14" s="33" t="s">
+        <v>85</v>
+      </c>
+      <c r="I14" s="10"/>
+      <c r="J14" s="10"/>
+    </row>
+    <row r="15" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B15" s="30">
         <v>45902</v>
       </c>
-      <c r="C12" s="87">
-[...11 lines deleted...]
-      <c r="G12" s="92">
+      <c r="C15" s="45">
+        <v>45988</v>
+      </c>
+      <c r="D15" s="45">
+        <v>45988</v>
+      </c>
+      <c r="E15" s="49">
+        <v>0</v>
+      </c>
+      <c r="F15" s="50">
+        <v>12.55</v>
+      </c>
+      <c r="G15" s="50">
+        <v>78</v>
+      </c>
+      <c r="H15" s="33" t="s">
+        <v>85</v>
+      </c>
+      <c r="I15" s="10"/>
+      <c r="J15" s="10"/>
+    </row>
+    <row r="16" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B16" s="30">
+        <v>45871</v>
+      </c>
+      <c r="C16" s="45">
+        <v>45903</v>
+      </c>
+      <c r="D16" s="45">
+        <v>45903</v>
+      </c>
+      <c r="E16" s="49">
+        <v>0</v>
+      </c>
+      <c r="F16" s="50">
+        <v>13.96</v>
+      </c>
+      <c r="G16" s="50">
+        <v>77</v>
+      </c>
+      <c r="H16" s="33" t="s">
+        <v>85</v>
+      </c>
+      <c r="I16" s="10"/>
+      <c r="J16" s="10"/>
+    </row>
+    <row r="17" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B17" s="30">
+        <v>45840</v>
+      </c>
+      <c r="C17" s="45">
+        <v>45903</v>
+      </c>
+      <c r="D17" s="45">
+        <v>45903</v>
+      </c>
+      <c r="E17" s="49">
+        <v>0</v>
+      </c>
+      <c r="F17" s="50">
+        <v>11.25</v>
+      </c>
+      <c r="G17" s="50">
         <v>76</v>
       </c>
-      <c r="H12" s="75" t="s">
-[...9 lines deleted...]
-      <c r="C13" s="87">
+      <c r="H17" s="33" t="s">
+        <v>85</v>
+      </c>
+      <c r="I17" s="10"/>
+      <c r="J17" s="10"/>
+    </row>
+    <row r="18" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B18" s="30">
+        <v>45810</v>
+      </c>
+      <c r="C18" s="45">
         <v>45903</v>
       </c>
-      <c r="D13" s="87">
+      <c r="D18" s="45">
         <v>45903</v>
       </c>
-      <c r="E13" s="91">
-[...5 lines deleted...]
-      <c r="G13" s="92">
+      <c r="E18" s="49">
+        <v>0</v>
+      </c>
+      <c r="F18" s="50">
+        <v>10.119999999999999</v>
+      </c>
+      <c r="G18" s="50">
+        <v>75</v>
+      </c>
+      <c r="H18" s="33" t="s">
+        <v>85</v>
+      </c>
+      <c r="I18" s="10"/>
+      <c r="J18" s="10"/>
+    </row>
+    <row r="19" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B19" s="30">
+        <v>45779</v>
+      </c>
+      <c r="C19" s="38">
+        <v>45814</v>
+      </c>
+      <c r="D19" s="38">
+        <v>45818</v>
+      </c>
+      <c r="E19" s="49">
+        <v>0</v>
+      </c>
+      <c r="F19" s="50">
+        <v>6.24</v>
+      </c>
+      <c r="G19" s="50">
+        <v>66.2</v>
+      </c>
+      <c r="H19" s="33" t="s">
+        <v>85</v>
+      </c>
+      <c r="I19" s="10"/>
+      <c r="J19" s="10"/>
+    </row>
+    <row r="20" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B20" s="30">
+        <v>45749</v>
+      </c>
+      <c r="C20" s="38">
+        <v>45814</v>
+      </c>
+      <c r="D20" s="38">
+        <v>45818</v>
+      </c>
+      <c r="E20" s="49">
+        <v>0</v>
+      </c>
+      <c r="F20" s="50">
+        <v>6.96</v>
+      </c>
+      <c r="G20" s="50">
+        <v>73.2</v>
+      </c>
+      <c r="H20" s="33" t="s">
+        <v>85</v>
+      </c>
+      <c r="I20" s="10"/>
+      <c r="J20" s="10"/>
+    </row>
+    <row r="21" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B21" s="30">
+        <v>45719</v>
+      </c>
+      <c r="C21" s="38">
+        <v>45814</v>
+      </c>
+      <c r="D21" s="38">
+        <v>45818</v>
+      </c>
+      <c r="E21" s="49">
+        <v>0</v>
+      </c>
+      <c r="F21" s="50">
+        <v>8.09</v>
+      </c>
+      <c r="G21" s="50">
+        <v>77.8</v>
+      </c>
+      <c r="H21" s="33" t="s">
+        <v>85</v>
+      </c>
+      <c r="I21" s="10"/>
+      <c r="J21" s="10"/>
+    </row>
+    <row r="22" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B22" s="30">
+        <v>45689</v>
+      </c>
+      <c r="C22" s="38">
+        <v>45719</v>
+      </c>
+      <c r="D22" s="38">
+        <v>45719</v>
+      </c>
+      <c r="E22" s="44">
+        <v>0</v>
+      </c>
+      <c r="F22" s="44">
+        <v>9.81</v>
+      </c>
+      <c r="G22" s="44">
+        <v>83</v>
+      </c>
+      <c r="H22" s="33" t="s">
+        <v>85</v>
+      </c>
+      <c r="I22" s="11"/>
+      <c r="J22" s="11"/>
+    </row>
+    <row r="23" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B23" s="30">
+        <v>45659</v>
+      </c>
+      <c r="C23" s="38">
+        <v>45710</v>
+      </c>
+      <c r="D23" s="38">
+        <v>45710</v>
+      </c>
+      <c r="E23" s="44">
+        <v>0</v>
+      </c>
+      <c r="F23" s="44">
+        <v>3.79</v>
+      </c>
+      <c r="G23" s="44">
+        <v>64</v>
+      </c>
+      <c r="H23" s="33" t="s">
+        <v>84</v>
+      </c>
+      <c r="I23" s="11"/>
+      <c r="J23" s="11"/>
+    </row>
+    <row r="24" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B24" s="30">
+        <v>45627</v>
+      </c>
+      <c r="C24" s="38">
+        <v>45710</v>
+      </c>
+      <c r="D24" s="38">
+        <v>45710</v>
+      </c>
+      <c r="E24" s="44">
+        <v>0</v>
+      </c>
+      <c r="F24" s="44">
+        <v>7.59</v>
+      </c>
+      <c r="G24" s="44">
+        <v>61</v>
+      </c>
+      <c r="H24" s="33" t="s">
+        <v>17</v>
+      </c>
+      <c r="I24" s="11"/>
+      <c r="J24" s="11"/>
+    </row>
+    <row r="25" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B25" s="30">
+        <v>45597</v>
+      </c>
+      <c r="C25" s="38">
+        <v>45710</v>
+      </c>
+      <c r="D25" s="38">
+        <v>45710</v>
+      </c>
+      <c r="E25" s="44">
+        <v>0</v>
+      </c>
+      <c r="F25" s="44">
+        <v>9.89</v>
+      </c>
+      <c r="G25" s="44">
+        <v>78</v>
+      </c>
+      <c r="H25" s="33" t="s">
+        <v>17</v>
+      </c>
+      <c r="I25" s="11"/>
+      <c r="J25" s="11"/>
+    </row>
+    <row r="26" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B26" s="30">
+        <v>45566</v>
+      </c>
+      <c r="C26" s="38">
+        <v>45608</v>
+      </c>
+      <c r="D26" s="38">
+        <v>45608</v>
+      </c>
+      <c r="E26" s="44">
+        <v>0</v>
+      </c>
+      <c r="F26" s="44">
+        <v>11.58</v>
+      </c>
+      <c r="G26" s="44">
+        <v>67</v>
+      </c>
+      <c r="H26" s="33" t="s">
+        <v>17</v>
+      </c>
+      <c r="I26" s="11"/>
+      <c r="J26" s="11"/>
+    </row>
+    <row r="27" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B27" s="30">
+        <v>45536</v>
+      </c>
+      <c r="C27" s="38">
+        <v>45575</v>
+      </c>
+      <c r="D27" s="38">
+        <v>45575</v>
+      </c>
+      <c r="E27" s="44">
+        <v>0</v>
+      </c>
+      <c r="F27" s="44">
+        <v>11.54</v>
+      </c>
+      <c r="G27" s="44">
+        <v>68</v>
+      </c>
+      <c r="H27" s="33" t="s">
+        <v>17</v>
+      </c>
+      <c r="I27" s="11"/>
+      <c r="J27" s="11"/>
+    </row>
+    <row r="28" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B28" s="32">
+        <v>45505</v>
+      </c>
+      <c r="C28" s="45">
+        <v>45537</v>
+      </c>
+      <c r="D28" s="45">
+        <v>45537</v>
+      </c>
+      <c r="E28" s="44">
+        <v>0</v>
+      </c>
+      <c r="F28" s="44">
+        <v>11.41</v>
+      </c>
+      <c r="G28" s="44">
+        <v>70</v>
+      </c>
+      <c r="H28" s="33" t="s">
+        <v>17</v>
+      </c>
+      <c r="I28" s="11"/>
+      <c r="J28" s="11"/>
+    </row>
+    <row r="29" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B29" s="32">
+        <v>45474</v>
+      </c>
+      <c r="C29" s="39">
+        <v>45510</v>
+      </c>
+      <c r="D29" s="39">
+        <v>45510</v>
+      </c>
+      <c r="E29" s="44">
+        <v>0</v>
+      </c>
+      <c r="F29" s="44">
+        <v>12.29</v>
+      </c>
+      <c r="G29" s="44">
+        <v>68</v>
+      </c>
+      <c r="H29" s="33" t="s">
+        <v>17</v>
+      </c>
+      <c r="I29" s="11"/>
+      <c r="J29" s="11"/>
+    </row>
+    <row r="30" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B30" s="32">
+        <v>45444</v>
+      </c>
+      <c r="C30" s="39">
+        <v>45481</v>
+      </c>
+      <c r="D30" s="39">
+        <v>45481</v>
+      </c>
+      <c r="E30" s="6">
+        <v>0</v>
+      </c>
+      <c r="F30" s="6">
+        <v>12.65</v>
+      </c>
+      <c r="G30" s="6">
+        <v>69</v>
+      </c>
+      <c r="H30" s="33" t="s">
+        <v>17</v>
+      </c>
+      <c r="I30" s="11"/>
+      <c r="J30" s="11"/>
+    </row>
+    <row r="31" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B31" s="32">
+        <v>45413</v>
+      </c>
+      <c r="C31" s="39">
+        <v>45456</v>
+      </c>
+      <c r="D31" s="39">
+        <v>45456</v>
+      </c>
+      <c r="E31" s="6">
+        <v>0</v>
+      </c>
+      <c r="F31" s="6">
+        <v>13.16</v>
+      </c>
+      <c r="G31" s="6">
+        <v>68</v>
+      </c>
+      <c r="H31" s="33" t="s">
+        <v>17</v>
+      </c>
+      <c r="I31" s="11"/>
+      <c r="J31" s="11"/>
+    </row>
+    <row r="32" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B32" s="32">
+        <v>45383</v>
+      </c>
+      <c r="C32" s="39">
+        <v>45426</v>
+      </c>
+      <c r="D32" s="39">
+        <v>45426</v>
+      </c>
+      <c r="E32" s="6">
+        <v>0</v>
+      </c>
+      <c r="F32" s="6">
+        <v>11.45</v>
+      </c>
+      <c r="G32" s="6">
+        <v>74</v>
+      </c>
+      <c r="H32" s="33" t="s">
+        <v>17</v>
+      </c>
+      <c r="I32" s="11"/>
+      <c r="J32" s="11"/>
+    </row>
+    <row r="33" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B33" s="32">
+        <v>45352</v>
+      </c>
+      <c r="C33" s="39">
+        <v>45401</v>
+      </c>
+      <c r="D33" s="39">
+        <v>45401</v>
+      </c>
+      <c r="E33" s="6">
+        <v>0</v>
+      </c>
+      <c r="F33" s="6">
+        <v>11.8</v>
+      </c>
+      <c r="G33" s="6">
+        <v>76</v>
+      </c>
+      <c r="H33" s="33" t="s">
+        <v>17</v>
+      </c>
+      <c r="I33" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="J33" s="11"/>
+    </row>
+    <row r="34" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B34" s="32">
+        <v>45323</v>
+      </c>
+      <c r="C34" s="39">
+        <v>45401</v>
+      </c>
+      <c r="D34" s="39">
+        <v>45401</v>
+      </c>
+      <c r="E34" s="6">
+        <v>0</v>
+      </c>
+      <c r="F34" s="6">
+        <v>11.99</v>
+      </c>
+      <c r="G34" s="6">
+        <v>74</v>
+      </c>
+      <c r="H34" s="33" t="s">
+        <v>17</v>
+      </c>
+      <c r="I34" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="J34" s="11"/>
+    </row>
+    <row r="35" spans="2:10" ht="73.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B35" s="32">
+        <v>45292</v>
+      </c>
+      <c r="C35" s="39">
+        <v>45401</v>
+      </c>
+      <c r="D35" s="39">
+        <v>45401</v>
+      </c>
+      <c r="E35" s="6">
+        <v>0</v>
+      </c>
+      <c r="F35" s="6">
+        <v>8.44</v>
+      </c>
+      <c r="G35" s="6">
+        <v>76</v>
+      </c>
+      <c r="H35" s="33" t="s">
+        <v>19</v>
+      </c>
+      <c r="I35" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="J35" s="11"/>
+    </row>
+    <row r="36" spans="2:10" ht="69.599999999999994" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B36" s="32">
+        <v>45261</v>
+      </c>
+      <c r="C36" s="39">
+        <v>45401</v>
+      </c>
+      <c r="D36" s="39">
+        <v>45401</v>
+      </c>
+      <c r="E36" s="6">
+        <v>0</v>
+      </c>
+      <c r="F36" s="6">
+        <v>5.52</v>
+      </c>
+      <c r="G36" s="6">
+        <v>68</v>
+      </c>
+      <c r="H36" s="33" t="s">
+        <v>19</v>
+      </c>
+      <c r="I36" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="J36" s="11"/>
+    </row>
+    <row r="37" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B37" s="32">
+        <v>45231</v>
+      </c>
+      <c r="C37" s="39">
+        <v>45401</v>
+      </c>
+      <c r="D37" s="39">
+        <v>45401</v>
+      </c>
+      <c r="E37" s="6">
+        <v>0</v>
+      </c>
+      <c r="F37" s="6">
+        <v>10.54</v>
+      </c>
+      <c r="G37" s="6">
+        <v>64</v>
+      </c>
+      <c r="H37" s="33" t="s">
+        <v>17</v>
+      </c>
+      <c r="I37" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="J37" s="11"/>
+    </row>
+    <row r="38" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B38" s="32">
+        <v>45200</v>
+      </c>
+      <c r="C38" s="39">
+        <v>45401</v>
+      </c>
+      <c r="D38" s="39">
+        <v>45401</v>
+      </c>
+      <c r="E38" s="6">
+        <v>0</v>
+      </c>
+      <c r="F38" s="6">
+        <v>14.13</v>
+      </c>
+      <c r="G38" s="6">
+        <v>71</v>
+      </c>
+      <c r="H38" s="33" t="s">
+        <v>17</v>
+      </c>
+      <c r="I38" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="J38" s="11"/>
+    </row>
+    <row r="39" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B39" s="32">
+        <v>45170</v>
+      </c>
+      <c r="C39" s="39">
+        <v>45401</v>
+      </c>
+      <c r="D39" s="39">
+        <v>45401</v>
+      </c>
+      <c r="E39" s="6">
+        <v>0</v>
+      </c>
+      <c r="F39" s="6">
+        <v>8.92</v>
+      </c>
+      <c r="G39" s="6">
+        <v>74</v>
+      </c>
+      <c r="H39" s="33" t="s">
+        <v>17</v>
+      </c>
+      <c r="I39" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="J39" s="11"/>
+    </row>
+    <row r="40" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B40" s="32">
+        <v>45139</v>
+      </c>
+      <c r="C40" s="39">
+        <v>45401</v>
+      </c>
+      <c r="D40" s="39">
+        <v>45401</v>
+      </c>
+      <c r="E40" s="6">
+        <v>0</v>
+      </c>
+      <c r="F40" s="6">
+        <v>12.1</v>
+      </c>
+      <c r="G40" s="6">
+        <v>86</v>
+      </c>
+      <c r="H40" s="33" t="s">
+        <v>17</v>
+      </c>
+      <c r="I40" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="J40" s="11"/>
+    </row>
+    <row r="41" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B41" s="32">
+        <v>45108</v>
+      </c>
+      <c r="C41" s="39">
+        <v>45163</v>
+      </c>
+      <c r="D41" s="39">
+        <v>45163</v>
+      </c>
+      <c r="E41" s="6">
+        <v>0</v>
+      </c>
+      <c r="F41" s="6">
+        <v>11.52</v>
+      </c>
+      <c r="G41" s="6">
+        <v>89</v>
+      </c>
+      <c r="H41" s="33" t="s">
+        <v>17</v>
+      </c>
+      <c r="I41" s="11"/>
+      <c r="J41" s="11"/>
+    </row>
+    <row r="42" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B42" s="32">
+        <v>45078</v>
+      </c>
+      <c r="C42" s="39">
+        <v>45163</v>
+      </c>
+      <c r="D42" s="39">
+        <v>45163</v>
+      </c>
+      <c r="E42" s="6">
+        <v>0</v>
+      </c>
+      <c r="F42" s="6">
+        <v>11.33</v>
+      </c>
+      <c r="G42" s="6">
+        <v>89</v>
+      </c>
+      <c r="H42" s="33" t="s">
+        <v>17</v>
+      </c>
+      <c r="I42" s="11"/>
+      <c r="J42" s="11"/>
+    </row>
+    <row r="43" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B43" s="32">
+        <v>45047</v>
+      </c>
+      <c r="C43" s="39">
+        <v>45086</v>
+      </c>
+      <c r="D43" s="39">
+        <v>45086</v>
+      </c>
+      <c r="E43" s="6">
+        <v>0</v>
+      </c>
+      <c r="F43" s="6">
+        <v>10.3</v>
+      </c>
+      <c r="G43" s="6">
+        <v>95</v>
+      </c>
+      <c r="H43" s="33" t="s">
+        <v>17</v>
+      </c>
+      <c r="I43" s="11"/>
+      <c r="J43" s="11"/>
+    </row>
+    <row r="44" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B44" s="32">
+        <v>45017</v>
+      </c>
+      <c r="C44" s="39">
+        <v>45085</v>
+      </c>
+      <c r="D44" s="39">
+        <v>45085</v>
+      </c>
+      <c r="E44" s="6">
+        <v>0</v>
+      </c>
+      <c r="F44" s="6">
+        <v>11.8</v>
+      </c>
+      <c r="G44" s="6">
+        <v>95</v>
+      </c>
+      <c r="H44" s="33" t="s">
+        <v>17</v>
+      </c>
+      <c r="I44" s="11"/>
+      <c r="J44" s="11"/>
+    </row>
+    <row r="45" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B45" s="32">
+        <v>44986</v>
+      </c>
+      <c r="C45" s="39">
+        <v>45021</v>
+      </c>
+      <c r="D45" s="39">
+        <v>45021</v>
+      </c>
+      <c r="E45" s="6">
+        <v>0</v>
+      </c>
+      <c r="F45" s="6">
+        <v>13.14</v>
+      </c>
+      <c r="G45" s="6">
+        <v>96</v>
+      </c>
+      <c r="H45" s="33" t="s">
+        <v>17</v>
+      </c>
+      <c r="I45" s="11"/>
+      <c r="J45" s="11"/>
+    </row>
+    <row r="46" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B46" s="32">
+        <v>44958</v>
+      </c>
+      <c r="C46" s="39">
+        <v>45021</v>
+      </c>
+      <c r="D46" s="39">
+        <v>45021</v>
+      </c>
+      <c r="E46" s="6">
+        <v>0</v>
+      </c>
+      <c r="F46" s="6">
+        <v>11.93</v>
+      </c>
+      <c r="G46" s="6">
+        <v>85</v>
+      </c>
+      <c r="H46" s="33" t="s">
+        <v>20</v>
+      </c>
+      <c r="I46" s="11"/>
+      <c r="J46" s="11"/>
+    </row>
+    <row r="47" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B47" s="32">
+        <v>44927</v>
+      </c>
+      <c r="C47" s="39">
+        <v>45021</v>
+      </c>
+      <c r="D47" s="39">
+        <v>45021</v>
+      </c>
+      <c r="E47" s="6">
+        <v>0</v>
+      </c>
+      <c r="F47" s="6">
+        <v>11.6</v>
+      </c>
+      <c r="G47" s="6">
+        <v>91</v>
+      </c>
+      <c r="H47" s="33" t="s">
+        <v>21</v>
+      </c>
+      <c r="I47" s="11"/>
+      <c r="J47" s="11"/>
+    </row>
+    <row r="48" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B48" s="32">
+        <v>44896</v>
+      </c>
+      <c r="C48" s="39">
+        <v>45021</v>
+      </c>
+      <c r="D48" s="39">
+        <v>45021</v>
+      </c>
+      <c r="E48" s="6">
+        <v>0</v>
+      </c>
+      <c r="F48" s="6">
+        <v>9.24</v>
+      </c>
+      <c r="G48" s="6">
+        <v>90</v>
+      </c>
+      <c r="H48" s="33" t="s">
+        <v>22</v>
+      </c>
+      <c r="I48" s="11"/>
+      <c r="J48" s="11"/>
+    </row>
+    <row r="49" spans="2:10" ht="59.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B49" s="32">
+        <v>44866</v>
+      </c>
+      <c r="C49" s="39">
+        <v>44937</v>
+      </c>
+      <c r="D49" s="39">
+        <v>44937</v>
+      </c>
+      <c r="E49" s="6">
+        <v>0</v>
+      </c>
+      <c r="F49" s="6">
+        <v>10.93</v>
+      </c>
+      <c r="G49" s="6">
+        <v>95</v>
+      </c>
+      <c r="H49" s="33" t="s">
+        <v>23</v>
+      </c>
+      <c r="I49" s="11"/>
+      <c r="J49" s="11"/>
+    </row>
+    <row r="50" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B50" s="32">
+        <v>44835</v>
+      </c>
+      <c r="C50" s="39">
+        <v>44895</v>
+      </c>
+      <c r="D50" s="39">
+        <v>44895</v>
+      </c>
+      <c r="E50" s="6">
+        <v>0</v>
+      </c>
+      <c r="F50" s="6">
+        <v>14.34</v>
+      </c>
+      <c r="G50" s="6">
+        <v>83</v>
+      </c>
+      <c r="H50" s="33" t="s">
+        <v>24</v>
+      </c>
+      <c r="I50" s="11"/>
+      <c r="J50" s="11"/>
+    </row>
+    <row r="51" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B51" s="32">
+        <v>44805</v>
+      </c>
+      <c r="C51" s="39">
+        <v>44895</v>
+      </c>
+      <c r="D51" s="39">
+        <v>44895</v>
+      </c>
+      <c r="E51" s="6">
+        <v>0</v>
+      </c>
+      <c r="F51" s="6">
+        <v>13.4</v>
+      </c>
+      <c r="G51" s="6">
+        <v>96</v>
+      </c>
+      <c r="H51" s="33" t="s">
+        <v>20</v>
+      </c>
+      <c r="I51" s="11"/>
+      <c r="J51" s="11"/>
+    </row>
+    <row r="52" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B52" s="32">
+        <v>44774</v>
+      </c>
+      <c r="C52" s="39">
+        <v>44817</v>
+      </c>
+      <c r="D52" s="39">
+        <v>44817</v>
+      </c>
+      <c r="E52" s="6">
+        <v>0</v>
+      </c>
+      <c r="F52" s="6">
+        <v>15.59</v>
+      </c>
+      <c r="G52" s="6">
+        <v>88</v>
+      </c>
+      <c r="H52" s="33" t="s">
+        <v>20</v>
+      </c>
+      <c r="I52" s="11"/>
+      <c r="J52" s="11"/>
+    </row>
+    <row r="53" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B53" s="32">
+        <v>44743</v>
+      </c>
+      <c r="C53" s="39">
+        <v>44817</v>
+      </c>
+      <c r="D53" s="39">
+        <v>44817</v>
+      </c>
+      <c r="E53" s="6">
+        <v>0</v>
+      </c>
+      <c r="F53" s="6">
+        <v>13.38</v>
+      </c>
+      <c r="G53" s="6">
+        <v>92</v>
+      </c>
+      <c r="H53" s="33" t="s">
+        <v>20</v>
+      </c>
+      <c r="I53" s="11"/>
+      <c r="J53" s="11"/>
+    </row>
+    <row r="54" spans="2:10" ht="55.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B54" s="32">
+        <v>44713</v>
+      </c>
+      <c r="C54" s="39">
+        <v>44748</v>
+      </c>
+      <c r="D54" s="39">
+        <v>44748</v>
+      </c>
+      <c r="E54" s="6">
+        <v>0</v>
+      </c>
+      <c r="F54" s="6">
+        <v>13.95</v>
+      </c>
+      <c r="G54" s="6">
+        <v>86</v>
+      </c>
+      <c r="H54" s="33" t="s">
+        <v>25</v>
+      </c>
+      <c r="I54" s="11"/>
+      <c r="J54" s="11"/>
+    </row>
+    <row r="55" spans="2:10" ht="70.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B55" s="32">
+        <v>44682</v>
+      </c>
+      <c r="C55" s="39">
+        <v>44725</v>
+      </c>
+      <c r="D55" s="39">
+        <v>44725</v>
+      </c>
+      <c r="E55" s="6">
+        <v>0</v>
+      </c>
+      <c r="F55" s="6">
+        <v>13.5</v>
+      </c>
+      <c r="G55" s="6">
+        <v>76</v>
+      </c>
+      <c r="H55" s="33" t="s">
+        <v>25</v>
+      </c>
+      <c r="I55" s="11"/>
+      <c r="J55" s="11"/>
+    </row>
+    <row r="56" spans="2:10" ht="64.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B56" s="32">
+        <v>44652</v>
+      </c>
+      <c r="C56" s="39">
+        <v>44707</v>
+      </c>
+      <c r="D56" s="39">
+        <v>44707</v>
+      </c>
+      <c r="E56" s="6">
+        <v>0</v>
+      </c>
+      <c r="F56" s="6">
+        <v>6.92</v>
+      </c>
+      <c r="G56" s="6">
+        <v>69</v>
+      </c>
+      <c r="H56" s="33" t="s">
+        <v>25</v>
+      </c>
+      <c r="I56" s="11"/>
+      <c r="J56" s="11"/>
+    </row>
+    <row r="57" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B57" s="32">
+        <v>44621</v>
+      </c>
+      <c r="C57" s="39">
+        <v>44707</v>
+      </c>
+      <c r="D57" s="39">
+        <v>44707</v>
+      </c>
+      <c r="E57" s="6">
+        <v>0</v>
+      </c>
+      <c r="F57" s="6">
+        <v>0</v>
+      </c>
+      <c r="G57" s="6">
+        <v>0</v>
+      </c>
+      <c r="H57" s="33" t="s">
+        <v>26</v>
+      </c>
+      <c r="I57" s="11"/>
+      <c r="J57" s="11"/>
+    </row>
+    <row r="58" spans="2:10" ht="67.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B58" s="32">
+        <v>44593</v>
+      </c>
+      <c r="C58" s="39">
+        <v>44707</v>
+      </c>
+      <c r="D58" s="39">
+        <v>44707</v>
+      </c>
+      <c r="E58" s="6">
+        <v>0</v>
+      </c>
+      <c r="F58" s="6">
+        <v>12.15</v>
+      </c>
+      <c r="G58" s="6">
+        <v>95</v>
+      </c>
+      <c r="H58" s="33" t="s">
+        <v>25</v>
+      </c>
+      <c r="I58" s="11"/>
+      <c r="J58" s="11"/>
+    </row>
+    <row r="59" spans="2:10" ht="76.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B59" s="32">
+        <v>44562</v>
+      </c>
+      <c r="C59" s="39">
+        <v>44614</v>
+      </c>
+      <c r="D59" s="39">
+        <v>44614</v>
+      </c>
+      <c r="E59" s="6">
+        <v>0</v>
+      </c>
+      <c r="F59" s="6">
+        <v>12.3</v>
+      </c>
+      <c r="G59" s="6">
         <v>77</v>
       </c>
-      <c r="H13" s="75" t="s">
-[...219 lines deleted...]
-      <c r="G22" s="86">
+      <c r="H59" s="33" t="s">
+        <v>25</v>
+      </c>
+      <c r="I59" s="11"/>
+      <c r="J59" s="11"/>
+    </row>
+    <row r="60" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B60" s="32">
+        <v>44531</v>
+      </c>
+      <c r="C60" s="39">
+        <v>44707</v>
+      </c>
+      <c r="D60" s="39">
+        <v>44707</v>
+      </c>
+      <c r="E60" s="6">
+        <v>0</v>
+      </c>
+      <c r="F60" s="6">
+        <v>0</v>
+      </c>
+      <c r="G60" s="6">
+        <v>0</v>
+      </c>
+      <c r="H60" s="33" t="s">
+        <v>26</v>
+      </c>
+      <c r="I60" s="11"/>
+      <c r="J60" s="11"/>
+    </row>
+    <row r="61" spans="2:10" ht="75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B61" s="32">
+        <v>44501</v>
+      </c>
+      <c r="C61" s="39">
+        <v>44538</v>
+      </c>
+      <c r="D61" s="39">
+        <v>44539</v>
+      </c>
+      <c r="E61" s="6">
+        <v>0</v>
+      </c>
+      <c r="F61" s="6">
+        <v>14.3</v>
+      </c>
+      <c r="G61" s="6">
+        <v>90</v>
+      </c>
+      <c r="H61" s="33" t="s">
+        <v>25</v>
+      </c>
+      <c r="I61" s="11"/>
+      <c r="J61" s="11"/>
+    </row>
+    <row r="62" spans="2:10" ht="69.599999999999994" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B62" s="32">
+        <v>44470</v>
+      </c>
+      <c r="C62" s="39">
+        <v>44538</v>
+      </c>
+      <c r="D62" s="39">
+        <v>44539</v>
+      </c>
+      <c r="E62" s="6">
+        <v>0</v>
+      </c>
+      <c r="F62" s="6">
+        <v>15.2</v>
+      </c>
+      <c r="G62" s="6">
+        <v>96</v>
+      </c>
+      <c r="H62" s="33" t="s">
+        <v>25</v>
+      </c>
+      <c r="I62" s="11"/>
+      <c r="J62" s="11"/>
+    </row>
+    <row r="63" spans="2:10" ht="71.400000000000006" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B63" s="32">
+        <v>44440</v>
+      </c>
+      <c r="C63" s="39">
+        <v>44538</v>
+      </c>
+      <c r="D63" s="39">
+        <v>44539</v>
+      </c>
+      <c r="E63" s="6">
+        <v>0</v>
+      </c>
+      <c r="F63" s="6">
+        <v>17.03</v>
+      </c>
+      <c r="G63" s="6">
+        <v>65</v>
+      </c>
+      <c r="H63" s="33" t="s">
+        <v>25</v>
+      </c>
+      <c r="I63" s="11"/>
+      <c r="J63" s="11"/>
+    </row>
+    <row r="64" spans="2:10" ht="73.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B64" s="32">
+        <v>44409</v>
+      </c>
+      <c r="C64" s="39">
+        <v>44538</v>
+      </c>
+      <c r="D64" s="39">
+        <v>44539</v>
+      </c>
+      <c r="E64" s="6">
+        <v>0</v>
+      </c>
+      <c r="F64" s="6">
+        <v>24.35</v>
+      </c>
+      <c r="G64" s="6">
+        <v>81</v>
+      </c>
+      <c r="H64" s="33" t="s">
+        <v>25</v>
+      </c>
+      <c r="I64" s="11"/>
+      <c r="J64" s="11"/>
+    </row>
+    <row r="65" spans="2:10" ht="70.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B65" s="32">
+        <v>44378</v>
+      </c>
+      <c r="C65" s="39">
+        <v>44538</v>
+      </c>
+      <c r="D65" s="39">
+        <v>44539</v>
+      </c>
+      <c r="E65" s="6">
+        <v>0</v>
+      </c>
+      <c r="F65" s="6">
+        <v>18.28</v>
+      </c>
+      <c r="G65" s="6">
+        <v>87</v>
+      </c>
+      <c r="H65" s="33" t="s">
+        <v>25</v>
+      </c>
+      <c r="I65" s="11"/>
+      <c r="J65" s="11"/>
+    </row>
+    <row r="66" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B66" s="32">
+        <v>44348</v>
+      </c>
+      <c r="C66" s="39">
+        <v>44384</v>
+      </c>
+      <c r="D66" s="39">
+        <v>44390</v>
+      </c>
+      <c r="E66" s="6">
+        <v>0</v>
+      </c>
+      <c r="F66" s="6">
+        <v>17.899999999999999</v>
+      </c>
+      <c r="G66" s="6">
+        <v>98</v>
+      </c>
+      <c r="H66" s="33" t="s">
+        <v>20</v>
+      </c>
+      <c r="I66" s="11"/>
+      <c r="J66" s="11"/>
+    </row>
+    <row r="67" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B67" s="32">
+        <v>44317</v>
+      </c>
+      <c r="C67" s="39">
+        <v>44375</v>
+      </c>
+      <c r="D67" s="39">
+        <v>44375</v>
+      </c>
+      <c r="E67" s="6">
+        <v>0</v>
+      </c>
+      <c r="F67" s="6">
+        <v>16.760000000000002</v>
+      </c>
+      <c r="G67" s="6">
+        <v>84</v>
+      </c>
+      <c r="H67" s="33" t="s">
+        <v>20</v>
+      </c>
+      <c r="I67" s="11"/>
+      <c r="J67" s="11"/>
+    </row>
+    <row r="68" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B68" s="32">
+        <v>44287</v>
+      </c>
+      <c r="C68" s="39">
+        <v>44337</v>
+      </c>
+      <c r="D68" s="39">
+        <v>44337</v>
+      </c>
+      <c r="E68" s="6">
+        <v>0</v>
+      </c>
+      <c r="F68" s="6">
+        <v>12.8</v>
+      </c>
+      <c r="G68" s="6">
+        <v>86</v>
+      </c>
+      <c r="H68" s="33" t="s">
+        <v>20</v>
+      </c>
+      <c r="I68" s="11"/>
+      <c r="J68" s="11"/>
+    </row>
+    <row r="69" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B69" s="32">
+        <v>44256</v>
+      </c>
+      <c r="C69" s="39">
+        <v>44337</v>
+      </c>
+      <c r="D69" s="39">
+        <v>44337</v>
+      </c>
+      <c r="E69" s="6">
+        <v>0</v>
+      </c>
+      <c r="F69" s="6">
+        <v>12.6</v>
+      </c>
+      <c r="G69" s="6">
+        <v>82</v>
+      </c>
+      <c r="H69" s="33" t="s">
+        <v>20</v>
+      </c>
+      <c r="I69" s="11"/>
+      <c r="J69" s="11"/>
+    </row>
+    <row r="70" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B70" s="32">
+        <v>44228</v>
+      </c>
+      <c r="C70" s="39">
+        <v>44280</v>
+      </c>
+      <c r="D70" s="39">
+        <v>44280</v>
+      </c>
+      <c r="E70" s="6">
+        <v>0</v>
+      </c>
+      <c r="F70" s="6">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="G70" s="6">
+        <v>71</v>
+      </c>
+      <c r="H70" s="33" t="s">
+        <v>20</v>
+      </c>
+      <c r="I70" s="11"/>
+      <c r="J70" s="11"/>
+    </row>
+    <row r="71" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B71" s="32">
+        <v>44197</v>
+      </c>
+      <c r="C71" s="39">
+        <v>44280</v>
+      </c>
+      <c r="D71" s="39">
+        <v>44280</v>
+      </c>
+      <c r="E71" s="6">
+        <v>0</v>
+      </c>
+      <c r="F71" s="6">
+        <v>9.5</v>
+      </c>
+      <c r="G71" s="6">
+        <v>94</v>
+      </c>
+      <c r="H71" s="33" t="s">
+        <v>20</v>
+      </c>
+      <c r="I71" s="11"/>
+      <c r="J71" s="11"/>
+    </row>
+    <row r="72" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B72" s="32">
+        <v>44166</v>
+      </c>
+      <c r="C72" s="39">
+        <v>44215</v>
+      </c>
+      <c r="D72" s="39">
+        <v>44216</v>
+      </c>
+      <c r="E72" s="6">
+        <v>0</v>
+      </c>
+      <c r="F72" s="6">
+        <v>8.4600000000000009</v>
+      </c>
+      <c r="G72" s="6">
         <v>78</v>
       </c>
-      <c r="H22" s="75" t="s">
-[...68 lines deleted...]
-      <c r="F25" s="86">
+      <c r="H72" s="33" t="s">
+        <v>20</v>
+      </c>
+      <c r="I72" s="11"/>
+      <c r="J72" s="11"/>
+    </row>
+    <row r="73" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B73" s="32">
+        <v>44136</v>
+      </c>
+      <c r="C73" s="39">
+        <v>44215</v>
+      </c>
+      <c r="D73" s="39">
+        <v>44216</v>
+      </c>
+      <c r="E73" s="6">
+        <v>0</v>
+      </c>
+      <c r="F73" s="6">
+        <v>12.15</v>
+      </c>
+      <c r="G73" s="6">
+        <v>91</v>
+      </c>
+      <c r="H73" s="33" t="s">
+        <v>20</v>
+      </c>
+      <c r="I73" s="11"/>
+      <c r="J73" s="11"/>
+    </row>
+    <row r="74" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B74" s="32">
+        <v>44105</v>
+      </c>
+      <c r="C74" s="39">
+        <v>44149</v>
+      </c>
+      <c r="D74" s="39">
+        <v>44158</v>
+      </c>
+      <c r="E74" s="6">
+        <v>0</v>
+      </c>
+      <c r="F74" s="6">
+        <v>19.239999999999998</v>
+      </c>
+      <c r="G74" s="6">
+        <v>82</v>
+      </c>
+      <c r="H74" s="33" t="s">
+        <v>20</v>
+      </c>
+      <c r="I74" s="11"/>
+      <c r="J74" s="11"/>
+    </row>
+    <row r="75" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B75" s="32">
+        <v>44075</v>
+      </c>
+      <c r="C75" s="39">
+        <v>44111</v>
+      </c>
+      <c r="D75" s="39">
+        <v>44112</v>
+      </c>
+      <c r="E75" s="6">
+        <v>0</v>
+      </c>
+      <c r="F75" s="6">
+        <v>19.45</v>
+      </c>
+      <c r="G75" s="6">
+        <v>81</v>
+      </c>
+      <c r="H75" s="33" t="s">
+        <v>20</v>
+      </c>
+      <c r="I75" s="11"/>
+      <c r="J75" s="11"/>
+    </row>
+    <row r="76" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B76" s="32">
+        <v>44044</v>
+      </c>
+      <c r="C76" s="39">
+        <v>44105</v>
+      </c>
+      <c r="D76" s="39">
+        <v>44112</v>
+      </c>
+      <c r="E76" s="6">
+        <v>0</v>
+      </c>
+      <c r="F76" s="6">
+        <v>19.25</v>
+      </c>
+      <c r="G76" s="6">
+        <v>88</v>
+      </c>
+      <c r="H76" s="33" t="s">
+        <v>20</v>
+      </c>
+      <c r="I76" s="11"/>
+      <c r="J76" s="11"/>
+    </row>
+    <row r="77" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B77" s="135" t="s">
+        <v>27</v>
+      </c>
+      <c r="C77" s="135"/>
+      <c r="D77" s="135"/>
+      <c r="E77" s="135"/>
+      <c r="F77" s="135"/>
+      <c r="G77" s="135"/>
+      <c r="H77" s="135"/>
+      <c r="I77" s="135"/>
+      <c r="J77" s="135"/>
+    </row>
+    <row r="78" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B78" s="32">
+        <v>44013</v>
+      </c>
+      <c r="C78" s="32"/>
+      <c r="D78" s="32"/>
+      <c r="E78" s="6">
+        <v>0</v>
+      </c>
+      <c r="F78" s="6">
+        <v>17.510000000000002</v>
+      </c>
+      <c r="G78" s="6">
+        <v>85</v>
+      </c>
+      <c r="H78" s="33" t="s">
+        <v>20</v>
+      </c>
+      <c r="I78" s="11"/>
+      <c r="J78" s="11"/>
+    </row>
+    <row r="79" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B79" s="32">
+        <v>43983</v>
+      </c>
+      <c r="C79" s="32"/>
+      <c r="D79" s="32"/>
+      <c r="E79" s="6">
+        <v>0</v>
+      </c>
+      <c r="F79" s="6">
+        <v>17.670000000000002</v>
+      </c>
+      <c r="G79" s="6">
+        <v>82</v>
+      </c>
+      <c r="H79" s="33" t="s">
+        <v>20</v>
+      </c>
+      <c r="I79" s="11"/>
+      <c r="J79" s="11"/>
+    </row>
+    <row r="80" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B80" s="32">
+        <v>43952</v>
+      </c>
+      <c r="C80" s="32"/>
+      <c r="D80" s="32"/>
+      <c r="E80" s="6">
+        <v>0</v>
+      </c>
+      <c r="F80" s="6">
+        <v>16.239999999999998</v>
+      </c>
+      <c r="G80" s="6">
+        <v>77</v>
+      </c>
+      <c r="H80" s="33" t="s">
+        <v>20</v>
+      </c>
+      <c r="I80" s="11"/>
+      <c r="J80" s="11"/>
+    </row>
+    <row r="81" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B81" s="32">
+        <v>43922</v>
+      </c>
+      <c r="C81" s="32"/>
+      <c r="D81" s="32"/>
+      <c r="E81" s="6">
+        <v>0</v>
+      </c>
+      <c r="F81" s="6">
+        <v>15.3</v>
+      </c>
+      <c r="G81" s="6">
+        <v>85</v>
+      </c>
+      <c r="H81" s="33" t="s">
+        <v>20</v>
+      </c>
+      <c r="I81" s="11"/>
+      <c r="J81" s="11"/>
+    </row>
+    <row r="82" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B82" s="32">
+        <v>43891</v>
+      </c>
+      <c r="C82" s="32"/>
+      <c r="D82" s="32"/>
+      <c r="E82" s="6">
+        <v>0</v>
+      </c>
+      <c r="F82" s="6">
+        <v>15.55</v>
+      </c>
+      <c r="G82" s="6">
+        <v>80</v>
+      </c>
+      <c r="H82" s="33" t="s">
+        <v>20</v>
+      </c>
+      <c r="I82" s="11"/>
+      <c r="J82" s="11"/>
+    </row>
+    <row r="83" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B83" s="32">
+        <v>43862</v>
+      </c>
+      <c r="C83" s="32"/>
+      <c r="D83" s="32"/>
+      <c r="E83" s="6">
+        <v>0</v>
+      </c>
+      <c r="F83" s="6">
+        <v>13.8</v>
+      </c>
+      <c r="G83" s="6">
+        <v>95</v>
+      </c>
+      <c r="H83" s="33" t="s">
+        <v>20</v>
+      </c>
+      <c r="I83" s="11"/>
+      <c r="J83" s="11"/>
+    </row>
+    <row r="84" spans="2:10" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="B84" s="32">
+        <v>43831</v>
+      </c>
+      <c r="C84" s="32"/>
+      <c r="D84" s="32"/>
+      <c r="E84" s="6">
+        <v>0</v>
+      </c>
+      <c r="F84" s="6">
+        <v>3.9</v>
+      </c>
+      <c r="G84" s="6">
+        <v>92</v>
+      </c>
+      <c r="H84" s="33" t="s">
+        <v>28</v>
+      </c>
+      <c r="I84" s="11"/>
+      <c r="J84" s="11"/>
+    </row>
+    <row r="85" spans="2:10" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="B85" s="32">
+        <v>43800</v>
+      </c>
+      <c r="C85" s="32"/>
+      <c r="D85" s="32"/>
+      <c r="E85" s="6">
+        <v>6</v>
+      </c>
+      <c r="F85" s="6">
+        <v>7.35</v>
+      </c>
+      <c r="G85" s="6">
+        <v>94</v>
+      </c>
+      <c r="H85" s="33" t="s">
+        <v>29</v>
+      </c>
+      <c r="I85" s="11"/>
+      <c r="J85" s="11"/>
+    </row>
+    <row r="86" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B86" s="32">
+        <v>43770</v>
+      </c>
+      <c r="C86" s="32"/>
+      <c r="D86" s="32"/>
+      <c r="E86" s="6">
+        <v>0</v>
+      </c>
+      <c r="F86" s="6">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="G86" s="6">
+        <v>95</v>
+      </c>
+      <c r="H86" s="33" t="s">
+        <v>20</v>
+      </c>
+      <c r="I86" s="11"/>
+      <c r="J86" s="11"/>
+    </row>
+    <row r="87" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B87" s="32">
+        <v>43739</v>
+      </c>
+      <c r="C87" s="32"/>
+      <c r="D87" s="32"/>
+      <c r="E87" s="6">
+        <v>0</v>
+      </c>
+      <c r="F87" s="6">
+        <v>8.5299999999999994</v>
+      </c>
+      <c r="G87" s="6">
+        <v>94</v>
+      </c>
+      <c r="H87" s="33" t="s">
+        <v>20</v>
+      </c>
+      <c r="I87" s="11"/>
+      <c r="J87" s="11"/>
+    </row>
+    <row r="88" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B88" s="32">
+        <v>43709</v>
+      </c>
+      <c r="C88" s="32"/>
+      <c r="D88" s="32"/>
+      <c r="E88" s="6">
+        <v>0</v>
+      </c>
+      <c r="F88" s="6">
+        <v>15.46</v>
+      </c>
+      <c r="G88" s="6">
+        <v>96</v>
+      </c>
+      <c r="H88" s="33" t="s">
+        <v>20</v>
+      </c>
+      <c r="I88" s="11"/>
+      <c r="J88" s="11"/>
+    </row>
+    <row r="89" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B89" s="32">
+        <v>43678</v>
+      </c>
+      <c r="C89" s="32"/>
+      <c r="D89" s="32"/>
+      <c r="E89" s="6">
+        <v>0</v>
+      </c>
+      <c r="F89" s="6">
+        <v>17.68</v>
+      </c>
+      <c r="G89" s="6">
+        <v>80</v>
+      </c>
+      <c r="H89" s="33" t="s">
+        <v>20</v>
+      </c>
+      <c r="I89" s="11"/>
+      <c r="J89" s="11"/>
+    </row>
+    <row r="90" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B90" s="32">
+        <v>43647</v>
+      </c>
+      <c r="C90" s="32"/>
+      <c r="D90" s="32"/>
+      <c r="E90" s="6">
+        <v>0</v>
+      </c>
+      <c r="F90" s="6">
+        <v>22.1</v>
+      </c>
+      <c r="G90" s="6">
+        <v>86</v>
+      </c>
+      <c r="H90" s="33" t="s">
+        <v>20</v>
+      </c>
+      <c r="I90" s="11"/>
+      <c r="J90" s="11"/>
+    </row>
+    <row r="91" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B91" s="32">
+        <v>43617</v>
+      </c>
+      <c r="C91" s="32"/>
+      <c r="D91" s="32"/>
+      <c r="E91" s="6">
+        <v>0</v>
+      </c>
+      <c r="F91" s="6">
+        <v>20.03</v>
+      </c>
+      <c r="G91" s="6">
+        <v>96</v>
+      </c>
+      <c r="H91" s="33" t="s">
+        <v>20</v>
+      </c>
+      <c r="I91" s="11"/>
+      <c r="J91" s="11"/>
+    </row>
+    <row r="92" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B92" s="32">
+        <v>43586</v>
+      </c>
+      <c r="C92" s="32"/>
+      <c r="D92" s="32"/>
+      <c r="E92" s="6">
+        <v>0</v>
+      </c>
+      <c r="F92" s="6">
+        <v>16.79</v>
+      </c>
+      <c r="G92" s="6">
+        <v>96</v>
+      </c>
+      <c r="H92" s="33" t="s">
+        <v>20</v>
+      </c>
+      <c r="I92" s="11"/>
+      <c r="J92" s="11"/>
+    </row>
+    <row r="93" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B93" s="32">
+        <v>43556</v>
+      </c>
+      <c r="C93" s="32"/>
+      <c r="D93" s="32"/>
+      <c r="E93" s="6">
+        <v>0</v>
+      </c>
+      <c r="F93" s="6">
+        <v>13.93</v>
+      </c>
+      <c r="G93" s="6">
+        <v>94</v>
+      </c>
+      <c r="H93" s="33" t="s">
+        <v>20</v>
+      </c>
+      <c r="I93" s="11"/>
+      <c r="J93" s="11"/>
+    </row>
+    <row r="94" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B94" s="32">
+        <v>43525</v>
+      </c>
+      <c r="C94" s="32"/>
+      <c r="D94" s="32"/>
+      <c r="E94" s="6">
+        <v>0</v>
+      </c>
+      <c r="F94" s="6">
+        <v>14.22</v>
+      </c>
+      <c r="G94" s="6">
+        <v>96</v>
+      </c>
+      <c r="H94" s="33" t="s">
+        <v>20</v>
+      </c>
+      <c r="I94" s="11"/>
+      <c r="J94" s="11"/>
+    </row>
+    <row r="95" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B95" s="32">
+        <v>43497</v>
+      </c>
+      <c r="C95" s="32"/>
+      <c r="D95" s="32"/>
+      <c r="E95" s="6">
+        <v>0</v>
+      </c>
+      <c r="F95" s="6">
+        <v>13.93</v>
+      </c>
+      <c r="G95" s="6">
+        <v>96</v>
+      </c>
+      <c r="H95" s="33" t="s">
+        <v>20</v>
+      </c>
+      <c r="I95" s="11"/>
+      <c r="J95" s="11"/>
+    </row>
+    <row r="96" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B96" s="32">
+        <v>43466</v>
+      </c>
+      <c r="C96" s="32"/>
+      <c r="D96" s="32"/>
+      <c r="E96" s="6">
+        <v>0</v>
+      </c>
+      <c r="F96" s="6">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="G96" s="6">
+        <v>96</v>
+      </c>
+      <c r="H96" s="33" t="s">
+        <v>20</v>
+      </c>
+      <c r="I96" s="11"/>
+      <c r="J96" s="11"/>
+    </row>
+    <row r="97" spans="2:10" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="B97" s="32">
+        <v>43435</v>
+      </c>
+      <c r="C97" s="32"/>
+      <c r="D97" s="32"/>
+      <c r="E97" s="6">
+        <v>0</v>
+      </c>
+      <c r="F97" s="6">
+        <v>14.05</v>
+      </c>
+      <c r="G97" s="6">
+        <v>96</v>
+      </c>
+      <c r="H97" s="33" t="s">
+        <v>30</v>
+      </c>
+      <c r="I97" s="11"/>
+      <c r="J97" s="11"/>
+    </row>
+    <row r="98" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B98" s="32">
+        <v>43405</v>
+      </c>
+      <c r="C98" s="32"/>
+      <c r="D98" s="32"/>
+      <c r="E98" s="6">
+        <v>0</v>
+      </c>
+      <c r="F98" s="6">
         <v>11.41</v>
       </c>
-      <c r="G25" s="86">
-[...99 lines deleted...]
-      <c r="G29" s="20">
+      <c r="G98" s="6">
+        <v>87</v>
+      </c>
+      <c r="H98" s="33" t="s">
+        <v>31</v>
+      </c>
+      <c r="I98" s="11"/>
+      <c r="J98" s="11"/>
+    </row>
+    <row r="99" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B99" s="32">
+        <v>43374</v>
+      </c>
+      <c r="C99" s="32"/>
+      <c r="D99" s="32"/>
+      <c r="E99" s="6">
+        <v>0</v>
+      </c>
+      <c r="F99" s="6">
+        <v>15.39</v>
+      </c>
+      <c r="G99" s="6">
+        <v>71</v>
+      </c>
+      <c r="H99" s="33" t="s">
+        <v>20</v>
+      </c>
+      <c r="I99" s="11"/>
+      <c r="J99" s="11"/>
+    </row>
+    <row r="100" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B100" s="32">
+        <v>43344</v>
+      </c>
+      <c r="C100" s="32"/>
+      <c r="D100" s="32"/>
+      <c r="E100" s="6">
+        <v>0</v>
+      </c>
+      <c r="F100" s="6">
+        <v>20.37</v>
+      </c>
+      <c r="G100" s="6">
+        <v>95</v>
+      </c>
+      <c r="H100" s="33" t="s">
+        <v>20</v>
+      </c>
+      <c r="I100" s="11"/>
+      <c r="J100" s="11"/>
+    </row>
+    <row r="101" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B101" s="32">
+        <v>43313</v>
+      </c>
+      <c r="C101" s="32"/>
+      <c r="D101" s="32"/>
+      <c r="E101" s="6">
+        <v>0</v>
+      </c>
+      <c r="F101" s="6">
+        <v>22.79</v>
+      </c>
+      <c r="G101" s="6">
+        <v>84</v>
+      </c>
+      <c r="H101" s="33" t="s">
+        <v>20</v>
+      </c>
+      <c r="I101" s="11"/>
+      <c r="J101" s="11"/>
+    </row>
+    <row r="102" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B102" s="32">
+        <v>43282</v>
+      </c>
+      <c r="C102" s="32"/>
+      <c r="D102" s="32"/>
+      <c r="E102" s="6">
+        <v>0</v>
+      </c>
+      <c r="F102" s="6">
+        <v>23.34</v>
+      </c>
+      <c r="G102" s="6">
+        <v>98</v>
+      </c>
+      <c r="H102" s="33"/>
+      <c r="I102" s="11"/>
+      <c r="J102" s="11"/>
+    </row>
+    <row r="103" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B103" s="32">
+        <v>43252</v>
+      </c>
+      <c r="C103" s="32"/>
+      <c r="D103" s="32"/>
+      <c r="E103" s="6">
+        <v>0</v>
+      </c>
+      <c r="F103" s="6">
+        <v>20.59</v>
+      </c>
+      <c r="G103" s="6">
+        <v>98</v>
+      </c>
+      <c r="H103" s="33"/>
+      <c r="I103" s="11"/>
+      <c r="J103" s="11"/>
+    </row>
+    <row r="104" spans="2:10" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="B104" s="32">
+        <v>43221</v>
+      </c>
+      <c r="C104" s="32"/>
+      <c r="D104" s="32"/>
+      <c r="E104" s="6">
+        <v>0</v>
+      </c>
+      <c r="F104" s="40">
+        <v>20.2</v>
+      </c>
+      <c r="G104" s="6">
+        <v>98</v>
+      </c>
+      <c r="H104" s="41"/>
+      <c r="I104" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="J104" s="42" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="105" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B105" s="32">
+        <v>43191</v>
+      </c>
+      <c r="C105" s="32"/>
+      <c r="D105" s="32"/>
+      <c r="E105" s="6">
+        <v>0</v>
+      </c>
+      <c r="F105" s="6">
+        <v>16.350000000000001</v>
+      </c>
+      <c r="G105" s="6">
+        <v>94</v>
+      </c>
+      <c r="H105" s="41"/>
+      <c r="I105" s="11"/>
+      <c r="J105" s="11"/>
+    </row>
+    <row r="106" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B106" s="32">
+        <v>43160</v>
+      </c>
+      <c r="C106" s="32"/>
+      <c r="D106" s="32"/>
+      <c r="E106" s="6">
+        <v>0</v>
+      </c>
+      <c r="F106" s="6">
+        <v>17.07</v>
+      </c>
+      <c r="G106" s="6">
+        <v>95</v>
+      </c>
+      <c r="H106" s="41"/>
+      <c r="I106" s="11"/>
+      <c r="J106" s="11"/>
+    </row>
+    <row r="107" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B107" s="32">
+        <v>43132</v>
+      </c>
+      <c r="C107" s="32"/>
+      <c r="D107" s="32"/>
+      <c r="E107" s="6">
+        <v>0</v>
+      </c>
+      <c r="F107" s="6">
+        <v>18.96</v>
+      </c>
+      <c r="G107" s="6">
+        <v>96</v>
+      </c>
+      <c r="H107" s="41"/>
+      <c r="I107" s="11"/>
+      <c r="J107" s="11"/>
+    </row>
+    <row r="108" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B108" s="32">
+        <v>43101</v>
+      </c>
+      <c r="C108" s="32"/>
+      <c r="D108" s="32"/>
+      <c r="E108" s="6">
+        <v>0</v>
+      </c>
+      <c r="F108" s="6">
+        <v>12.17</v>
+      </c>
+      <c r="G108" s="6">
+        <v>94</v>
+      </c>
+      <c r="H108" s="41"/>
+      <c r="I108" s="11"/>
+      <c r="J108" s="11"/>
+    </row>
+    <row r="109" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B109" s="32">
+        <v>43070</v>
+      </c>
+      <c r="C109" s="32"/>
+      <c r="D109" s="32"/>
+      <c r="E109" s="6">
+        <v>0</v>
+      </c>
+      <c r="F109" s="6">
+        <v>11.14</v>
+      </c>
+      <c r="G109" s="6">
+        <v>96</v>
+      </c>
+      <c r="H109" s="41"/>
+      <c r="I109" s="11"/>
+      <c r="J109" s="11"/>
+    </row>
+    <row r="110" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B110" s="32">
+        <v>43040</v>
+      </c>
+      <c r="C110" s="32"/>
+      <c r="D110" s="32"/>
+      <c r="E110" s="6">
+        <v>0</v>
+      </c>
+      <c r="F110" s="6">
+        <v>15.68</v>
+      </c>
+      <c r="G110" s="6">
+        <v>98</v>
+      </c>
+      <c r="H110" s="41"/>
+      <c r="I110" s="11"/>
+      <c r="J110" s="11"/>
+    </row>
+    <row r="111" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B111" s="32">
+        <v>43009</v>
+      </c>
+      <c r="C111" s="32"/>
+      <c r="D111" s="32"/>
+      <c r="E111" s="6">
+        <v>0</v>
+      </c>
+      <c r="F111" s="6">
+        <v>17.239999999999998</v>
+      </c>
+      <c r="G111" s="6">
+        <v>98</v>
+      </c>
+      <c r="H111" s="41"/>
+      <c r="I111" s="11"/>
+      <c r="J111" s="11"/>
+    </row>
+    <row r="112" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B112" s="32">
+        <v>42979</v>
+      </c>
+      <c r="C112" s="32"/>
+      <c r="D112" s="32"/>
+      <c r="E112" s="6">
+        <v>0</v>
+      </c>
+      <c r="F112" s="2">
+        <v>20.53</v>
+      </c>
+      <c r="G112" s="6">
+        <v>98</v>
+      </c>
+      <c r="H112" s="41"/>
+      <c r="I112" s="11"/>
+      <c r="J112" s="11"/>
+    </row>
+    <row r="113" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B113" s="32">
+        <v>42948</v>
+      </c>
+      <c r="C113" s="32"/>
+      <c r="D113" s="32"/>
+      <c r="E113" s="6">
+        <v>0</v>
+      </c>
+      <c r="F113" s="6">
+        <v>19.670000000000002</v>
+      </c>
+      <c r="G113" s="6">
+        <v>98</v>
+      </c>
+      <c r="H113" s="41"/>
+      <c r="I113" s="11"/>
+      <c r="J113" s="11"/>
+    </row>
+    <row r="114" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B114" s="32">
+        <v>42917</v>
+      </c>
+      <c r="C114" s="32"/>
+      <c r="D114" s="32"/>
+      <c r="E114" s="6">
+        <v>0</v>
+      </c>
+      <c r="F114" s="6">
+        <v>19.809999999999999</v>
+      </c>
+      <c r="G114" s="6">
+        <v>96</v>
+      </c>
+      <c r="H114" s="41"/>
+      <c r="I114" s="11"/>
+      <c r="J114" s="11"/>
+    </row>
+    <row r="115" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B115" s="32">
+        <v>42887</v>
+      </c>
+      <c r="C115" s="32"/>
+      <c r="D115" s="32"/>
+      <c r="E115" s="6">
+        <v>0</v>
+      </c>
+      <c r="F115" s="6">
+        <v>9.92</v>
+      </c>
+      <c r="G115" s="6">
+        <v>78</v>
+      </c>
+      <c r="H115" s="41"/>
+      <c r="I115" s="11"/>
+      <c r="J115" s="11"/>
+    </row>
+    <row r="116" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B116" s="32">
+        <v>42887</v>
+      </c>
+      <c r="C116" s="32"/>
+      <c r="D116" s="32"/>
+      <c r="E116" s="6">
+        <v>0</v>
+      </c>
+      <c r="F116" s="6">
+        <v>19.940000000000001</v>
+      </c>
+      <c r="G116" s="6">
+        <v>94</v>
+      </c>
+      <c r="H116" s="41"/>
+      <c r="I116" s="11"/>
+      <c r="J116" s="11"/>
+    </row>
+    <row r="117" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B117" s="32">
+        <v>42856</v>
+      </c>
+      <c r="C117" s="32"/>
+      <c r="D117" s="32"/>
+      <c r="E117" s="6">
+        <v>0</v>
+      </c>
+      <c r="F117" s="6">
+        <v>8.73</v>
+      </c>
+      <c r="G117" s="6">
+        <v>99</v>
+      </c>
+      <c r="H117" s="41"/>
+      <c r="I117" s="11"/>
+      <c r="J117" s="11"/>
+    </row>
+    <row r="118" spans="2:10" ht="17.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B118" s="32">
+        <v>42856</v>
+      </c>
+      <c r="C118" s="32"/>
+      <c r="D118" s="32"/>
+      <c r="E118" s="6">
+        <v>0</v>
+      </c>
+      <c r="F118" s="6">
+        <v>19.95</v>
+      </c>
+      <c r="G118" s="6">
+        <v>94</v>
+      </c>
+      <c r="H118" s="41"/>
+      <c r="I118" s="11"/>
+      <c r="J118" s="11"/>
+    </row>
+    <row r="119" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B119" s="32">
+        <v>42826</v>
+      </c>
+      <c r="C119" s="32"/>
+      <c r="D119" s="32"/>
+      <c r="E119" s="6">
+        <v>0</v>
+      </c>
+      <c r="F119" s="6">
+        <v>16.260000000000002</v>
+      </c>
+      <c r="G119" s="6">
+        <v>90</v>
+      </c>
+      <c r="H119" s="41"/>
+      <c r="I119" s="11"/>
+      <c r="J119" s="11"/>
+    </row>
+    <row r="120" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B120" s="32">
+        <v>42795</v>
+      </c>
+      <c r="C120" s="32"/>
+      <c r="D120" s="32"/>
+      <c r="E120" s="6">
+        <v>0</v>
+      </c>
+      <c r="F120" s="6">
+        <v>16.989999999999998</v>
+      </c>
+      <c r="G120" s="6">
+        <v>98</v>
+      </c>
+      <c r="H120" s="41"/>
+      <c r="I120" s="11"/>
+      <c r="J120" s="11"/>
+    </row>
+    <row r="121" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B121" s="32">
+        <v>42767</v>
+      </c>
+      <c r="C121" s="32"/>
+      <c r="D121" s="32"/>
+      <c r="E121" s="6">
+        <v>0</v>
+      </c>
+      <c r="F121" s="6">
+        <v>19.5</v>
+      </c>
+      <c r="G121" s="6">
+        <v>91</v>
+      </c>
+      <c r="H121" s="41"/>
+      <c r="I121" s="11"/>
+      <c r="J121" s="11"/>
+    </row>
+    <row r="122" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B122" s="32">
+        <v>42736</v>
+      </c>
+      <c r="C122" s="32"/>
+      <c r="D122" s="32"/>
+      <c r="E122" s="6">
+        <v>-25</v>
+      </c>
+      <c r="F122" s="6">
+        <v>12.18</v>
+      </c>
+      <c r="G122" s="6">
+        <v>98</v>
+      </c>
+      <c r="H122" s="41"/>
+      <c r="I122" s="11"/>
+      <c r="J122" s="11"/>
+    </row>
+    <row r="123" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B123" s="32">
+        <v>42705</v>
+      </c>
+      <c r="C123" s="32"/>
+      <c r="D123" s="32"/>
+      <c r="E123" s="6">
+        <v>-2</v>
+      </c>
+      <c r="F123" s="6">
+        <v>12.68</v>
+      </c>
+      <c r="G123" s="6">
+        <v>96</v>
+      </c>
+      <c r="H123" s="41"/>
+      <c r="I123" s="11"/>
+      <c r="J123" s="11"/>
+    </row>
+    <row r="124" spans="2:10" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B124" s="32">
+        <v>42675</v>
+      </c>
+      <c r="C124" s="32"/>
+      <c r="D124" s="32"/>
+      <c r="E124" s="6">
+        <v>-1</v>
+      </c>
+      <c r="F124" s="6">
+        <v>16.420000000000002</v>
+      </c>
+      <c r="G124" s="6">
+        <v>96</v>
+      </c>
+      <c r="H124" s="41"/>
+      <c r="I124" s="11"/>
+      <c r="J124" s="11"/>
+    </row>
+    <row r="125" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B125" s="32">
+        <v>42644</v>
+      </c>
+      <c r="C125" s="32"/>
+      <c r="D125" s="32"/>
+      <c r="E125" s="6">
+        <v>-2</v>
+      </c>
+      <c r="F125" s="6">
+        <v>16.940000000000001</v>
+      </c>
+      <c r="G125" s="6">
+        <v>96</v>
+      </c>
+      <c r="H125" s="41"/>
+      <c r="I125" s="11"/>
+      <c r="J125" s="11"/>
+    </row>
+    <row r="126" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B126" s="32">
+        <v>42614</v>
+      </c>
+      <c r="C126" s="32"/>
+      <c r="D126" s="32"/>
+      <c r="E126" s="6">
+        <v>-1</v>
+      </c>
+      <c r="F126" s="6">
+        <v>16.97</v>
+      </c>
+      <c r="G126" s="6">
+        <v>96</v>
+      </c>
+      <c r="H126" s="41"/>
+      <c r="I126" s="11"/>
+      <c r="J126" s="11"/>
+    </row>
+    <row r="127" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B127" s="32">
+        <v>42583</v>
+      </c>
+      <c r="C127" s="32"/>
+      <c r="D127" s="32"/>
+      <c r="E127" s="6">
+        <v>0</v>
+      </c>
+      <c r="F127" s="6">
+        <v>7.1</v>
+      </c>
+      <c r="G127" s="6">
+        <v>100</v>
+      </c>
+      <c r="H127" s="41"/>
+      <c r="I127" s="11"/>
+      <c r="J127" s="11"/>
+    </row>
+    <row r="128" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B128" s="32">
+        <v>42583</v>
+      </c>
+      <c r="C128" s="32"/>
+      <c r="D128" s="32"/>
+      <c r="E128" s="6">
+        <v>0</v>
+      </c>
+      <c r="F128" s="6">
+        <v>17.93</v>
+      </c>
+      <c r="G128" s="6">
+        <v>92</v>
+      </c>
+      <c r="H128" s="41"/>
+      <c r="I128" s="11"/>
+      <c r="J128" s="11"/>
+    </row>
+    <row r="129" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B129" s="32">
+        <v>42552</v>
+      </c>
+      <c r="C129" s="32"/>
+      <c r="D129" s="32"/>
+      <c r="E129" s="6">
+        <v>0</v>
+      </c>
+      <c r="F129" s="6">
+        <v>18.399999999999999</v>
+      </c>
+      <c r="G129" s="6">
+        <v>98</v>
+      </c>
+      <c r="H129" s="41"/>
+      <c r="I129" s="11"/>
+      <c r="J129" s="11"/>
+    </row>
+    <row r="130" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B130" s="32">
+        <v>42522</v>
+      </c>
+      <c r="C130" s="32"/>
+      <c r="D130" s="32"/>
+      <c r="E130" s="6">
+        <v>-2</v>
+      </c>
+      <c r="F130" s="6">
+        <v>19.2</v>
+      </c>
+      <c r="G130" s="6">
+        <v>90</v>
+      </c>
+      <c r="H130" s="41"/>
+      <c r="I130" s="11"/>
+      <c r="J130" s="11"/>
+    </row>
+    <row r="131" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B131" s="32">
+        <v>42491</v>
+      </c>
+      <c r="C131" s="32"/>
+      <c r="D131" s="32"/>
+      <c r="E131" s="6">
+        <v>0</v>
+      </c>
+      <c r="F131" s="2">
+        <v>20.55</v>
+      </c>
+      <c r="G131" s="6">
+        <v>92</v>
+      </c>
+      <c r="H131" s="41"/>
+      <c r="I131" s="11"/>
+      <c r="J131" s="11"/>
+    </row>
+    <row r="132" spans="2:10" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B132" s="32">
+        <v>42461</v>
+      </c>
+      <c r="C132" s="32"/>
+      <c r="D132" s="32"/>
+      <c r="E132" s="6">
+        <v>0</v>
+      </c>
+      <c r="F132" s="6">
+        <v>15.9</v>
+      </c>
+      <c r="G132" s="6">
+        <v>91</v>
+      </c>
+      <c r="H132" s="41"/>
+      <c r="I132" s="11"/>
+      <c r="J132" s="11"/>
+    </row>
+    <row r="133" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B133" s="32">
+        <v>42430</v>
+      </c>
+      <c r="C133" s="32"/>
+      <c r="D133" s="32"/>
+      <c r="E133" s="6">
+        <v>0</v>
+      </c>
+      <c r="F133" s="6">
+        <v>16.600000000000001</v>
+      </c>
+      <c r="G133" s="6">
+        <v>96</v>
+      </c>
+      <c r="H133" s="41"/>
+      <c r="I133" s="11"/>
+      <c r="J133" s="11"/>
+    </row>
+    <row r="134" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B134" s="32">
+        <v>42401</v>
+      </c>
+      <c r="C134" s="32"/>
+      <c r="D134" s="32"/>
+      <c r="E134" s="6">
+        <v>0</v>
+      </c>
+      <c r="F134" s="6">
+        <v>16.3</v>
+      </c>
+      <c r="G134" s="6">
+        <v>96</v>
+      </c>
+      <c r="H134" s="41"/>
+      <c r="I134" s="11"/>
+      <c r="J134" s="11"/>
+    </row>
+    <row r="135" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B135" s="30">
+        <v>42370</v>
+      </c>
+      <c r="C135" s="30"/>
+      <c r="D135" s="30"/>
+      <c r="E135" s="6">
+        <v>0</v>
+      </c>
+      <c r="F135" s="6">
+        <v>12.49</v>
+      </c>
+      <c r="G135" s="6">
+        <v>95</v>
+      </c>
+      <c r="H135" s="41"/>
+      <c r="I135" s="43"/>
+      <c r="J135" s="43"/>
+    </row>
+    <row r="136" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B136" s="30">
+        <v>42339</v>
+      </c>
+      <c r="C136" s="30"/>
+      <c r="D136" s="30"/>
+      <c r="E136" s="6">
+        <v>0</v>
+      </c>
+      <c r="F136" s="6">
+        <v>8.94</v>
+      </c>
+      <c r="G136" s="6">
+        <v>79</v>
+      </c>
+      <c r="H136" s="41"/>
+      <c r="I136" s="43"/>
+      <c r="J136" s="43"/>
+    </row>
+    <row r="137" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B137" s="30">
+        <v>42309</v>
+      </c>
+      <c r="C137" s="30"/>
+      <c r="D137" s="30"/>
+      <c r="E137" s="6">
+        <v>0</v>
+      </c>
+      <c r="F137" s="6">
+        <v>13.62</v>
+      </c>
+      <c r="G137" s="6">
         <v>74</v>
       </c>
-      <c r="H29" s="75" t="s">
-[...210 lines deleted...]
-      <c r="G37" s="20">
+      <c r="H137" s="41"/>
+      <c r="I137" s="43"/>
+      <c r="J137" s="43"/>
+    </row>
+    <row r="138" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B138" s="30">
+        <v>42278</v>
+      </c>
+      <c r="C138" s="30"/>
+      <c r="D138" s="30"/>
+      <c r="E138" s="6">
+        <v>0</v>
+      </c>
+      <c r="F138" s="6">
+        <v>16.440000000000001</v>
+      </c>
+      <c r="G138" s="6">
+        <v>98</v>
+      </c>
+      <c r="H138" s="41"/>
+      <c r="I138" s="43"/>
+      <c r="J138" s="43"/>
+    </row>
+    <row r="139" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B139" s="30">
+        <v>42248</v>
+      </c>
+      <c r="C139" s="30"/>
+      <c r="D139" s="30"/>
+      <c r="E139" s="6">
+        <v>0</v>
+      </c>
+      <c r="F139" s="6">
+        <v>16.190000000000001</v>
+      </c>
+      <c r="G139" s="6">
+        <v>92</v>
+      </c>
+      <c r="H139" s="41"/>
+      <c r="I139" s="43"/>
+      <c r="J139" s="43"/>
+    </row>
+    <row r="140" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B140" s="30">
+        <v>42217</v>
+      </c>
+      <c r="C140" s="30"/>
+      <c r="D140" s="30"/>
+      <c r="E140" s="6">
+        <v>0</v>
+      </c>
+      <c r="F140" s="6">
+        <v>17.600000000000001</v>
+      </c>
+      <c r="G140" s="6">
+        <v>90</v>
+      </c>
+      <c r="H140" s="41"/>
+      <c r="I140" s="43"/>
+      <c r="J140" s="43"/>
+    </row>
+    <row r="141" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B141" s="30">
+        <v>42186</v>
+      </c>
+      <c r="C141" s="30"/>
+      <c r="D141" s="30"/>
+      <c r="E141" s="6">
+        <v>0</v>
+      </c>
+      <c r="F141" s="6">
+        <v>16.79</v>
+      </c>
+      <c r="G141" s="6">
+        <v>98</v>
+      </c>
+      <c r="H141" s="41"/>
+      <c r="I141" s="43"/>
+      <c r="J141" s="43"/>
+    </row>
+    <row r="142" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B142" s="30">
+        <v>42156</v>
+      </c>
+      <c r="C142" s="30"/>
+      <c r="D142" s="30"/>
+      <c r="E142" s="6">
+        <v>0</v>
+      </c>
+      <c r="F142" s="6">
+        <v>18.5</v>
+      </c>
+      <c r="G142" s="6">
+        <v>94</v>
+      </c>
+      <c r="H142" s="41"/>
+      <c r="I142" s="43"/>
+      <c r="J142" s="43"/>
+    </row>
+    <row r="143" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B143" s="30">
+        <v>42125</v>
+      </c>
+      <c r="C143" s="30"/>
+      <c r="D143" s="30"/>
+      <c r="E143" s="6">
+        <v>0</v>
+      </c>
+      <c r="F143" s="6">
+        <v>17.010000000000002</v>
+      </c>
+      <c r="G143" s="6">
+        <v>98</v>
+      </c>
+      <c r="H143" s="41"/>
+      <c r="I143" s="43"/>
+      <c r="J143" s="43"/>
+    </row>
+    <row r="144" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B144" s="30">
+        <v>42095</v>
+      </c>
+      <c r="C144" s="30"/>
+      <c r="D144" s="30"/>
+      <c r="E144" s="6">
+        <v>0</v>
+      </c>
+      <c r="F144" s="6">
+        <v>15.26</v>
+      </c>
+      <c r="G144" s="6">
+        <v>81</v>
+      </c>
+      <c r="H144" s="41"/>
+      <c r="I144" s="43"/>
+      <c r="J144" s="43"/>
+    </row>
+    <row r="145" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B145" s="30">
+        <v>42064</v>
+      </c>
+      <c r="C145" s="30"/>
+      <c r="D145" s="30"/>
+      <c r="E145" s="2">
+        <v>0</v>
+      </c>
+      <c r="F145" s="2">
+        <v>20.56</v>
+      </c>
+      <c r="G145" s="2">
+        <v>91</v>
+      </c>
+      <c r="H145" s="41"/>
+      <c r="I145" s="43"/>
+      <c r="J145" s="43"/>
+    </row>
+    <row r="146" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B146" s="30">
+        <v>42036</v>
+      </c>
+      <c r="C146" s="30"/>
+      <c r="D146" s="30"/>
+      <c r="E146" s="6">
+        <v>0</v>
+      </c>
+      <c r="F146" s="6">
+        <v>20.14</v>
+      </c>
+      <c r="G146" s="6">
         <v>86</v>
       </c>
-      <c r="H37" s="75" t="s">
-[...23 lines deleted...]
-      <c r="G38" s="20">
+      <c r="H146" s="41"/>
+      <c r="I146" s="43"/>
+      <c r="J146" s="43"/>
+    </row>
+    <row r="147" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B147" s="30">
+        <v>42005</v>
+      </c>
+      <c r="C147" s="30"/>
+      <c r="D147" s="30"/>
+      <c r="E147" s="2">
+        <v>0</v>
+      </c>
+      <c r="F147" s="2">
+        <v>7.69</v>
+      </c>
+      <c r="G147" s="2">
         <v>89</v>
       </c>
-      <c r="H38" s="75" t="s">
-[...296 lines deleted...]
-      <c r="G50" s="20">
+      <c r="H147" s="41"/>
+      <c r="I147" s="43"/>
+      <c r="J147" s="43"/>
+    </row>
+    <row r="148" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B148" s="30">
+        <v>41974</v>
+      </c>
+      <c r="C148" s="30"/>
+      <c r="D148" s="30"/>
+      <c r="E148" s="2">
+        <v>0</v>
+      </c>
+      <c r="F148" s="2">
+        <v>6.62</v>
+      </c>
+      <c r="G148" s="2">
         <v>92</v>
       </c>
-      <c r="H50" s="75" t="s">
-[...1398 lines deleted...]
-      <c r="G114" s="20">
+      <c r="H148" s="41"/>
+      <c r="I148" s="43"/>
+      <c r="J148" s="43"/>
+    </row>
+    <row r="149" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B149" s="30">
+        <v>41944</v>
+      </c>
+      <c r="C149" s="30"/>
+      <c r="D149" s="30"/>
+      <c r="E149" s="2">
+        <v>0</v>
+      </c>
+      <c r="F149" s="2">
+        <v>12.53</v>
+      </c>
+      <c r="G149" s="2">
         <v>99</v>
       </c>
-      <c r="H114" s="83"/>
-[...186 lines deleted...]
-      <c r="G124" s="20">
+      <c r="H149" s="41"/>
+      <c r="I149" s="43"/>
+      <c r="J149" s="43"/>
+    </row>
+    <row r="150" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B150" s="30">
+        <v>41913</v>
+      </c>
+      <c r="C150" s="30"/>
+      <c r="D150" s="30"/>
+      <c r="E150" s="2">
+        <v>0</v>
+      </c>
+      <c r="F150" s="2">
+        <v>15.4</v>
+      </c>
+      <c r="G150" s="2">
         <v>100</v>
       </c>
-      <c r="H124" s="83"/>
-[...433 lines deleted...]
-      <c r="G147" s="13">
+      <c r="H150" s="41"/>
+      <c r="I150" s="43"/>
+      <c r="J150" s="43"/>
+    </row>
+    <row r="151" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B151" s="30">
+        <v>41883</v>
+      </c>
+      <c r="C151" s="30"/>
+      <c r="D151" s="30"/>
+      <c r="E151" s="2">
+        <v>0</v>
+      </c>
+      <c r="F151" s="2">
+        <v>7.45</v>
+      </c>
+      <c r="G151" s="2">
         <v>100</v>
       </c>
-      <c r="H147" s="83"/>
-[...20 lines deleted...]
-      <c r="J148" s="85"/>
+      <c r="H151" s="41"/>
+      <c r="I151" s="43"/>
+      <c r="J151" s="43"/>
     </row>
   </sheetData>
   <mergeCells count="13">
-    <mergeCell ref="B74:J74"/>
+    <mergeCell ref="B77:J77"/>
     <mergeCell ref="B3:J3"/>
     <mergeCell ref="B4:J4"/>
     <mergeCell ref="B5:J5"/>
     <mergeCell ref="B6:B8"/>
     <mergeCell ref="B9:J9"/>
     <mergeCell ref="E6:G6"/>
     <mergeCell ref="H6:H8"/>
     <mergeCell ref="E7:G7"/>
     <mergeCell ref="I6:J7"/>
     <mergeCell ref="D6:D8"/>
     <mergeCell ref="B10:J10"/>
     <mergeCell ref="C6:C8"/>
   </mergeCells>
   <phoneticPr fontId="7" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="B4:J4" r:id="rId1" display="Link to EPA Public Registers     https://www.epa.nsw.gov.au/licensing-and-regulation/public-registers" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" scale="17" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="B2:J22"/>
   <sheetViews>
     <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <selection activeCell="I13" sqref="I13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="2" max="3" width="10.44140625" customWidth="1"/>
     <col min="4" max="4" width="11.6640625" customWidth="1"/>
     <col min="8" max="8" width="35.88671875" customWidth="1"/>
     <col min="9" max="9" width="19.33203125" customWidth="1"/>
     <col min="10" max="10" width="16.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:10" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="3" spans="2:10" ht="34.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B3" s="99" t="s">
-[...9 lines deleted...]
-      <c r="J3" s="101"/>
+      <c r="B3" s="136" t="s">
+        <v>0</v>
+      </c>
+      <c r="C3" s="137"/>
+      <c r="D3" s="137"/>
+      <c r="E3" s="137"/>
+      <c r="F3" s="137"/>
+      <c r="G3" s="137"/>
+      <c r="H3" s="137"/>
+      <c r="I3" s="137"/>
+      <c r="J3" s="138"/>
     </row>
     <row r="4" spans="2:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B4" s="102" t="s">
+      <c r="B4" s="139" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="103"/>
-[...6 lines deleted...]
-      <c r="J4" s="104"/>
+      <c r="C4" s="140"/>
+      <c r="D4" s="140"/>
+      <c r="E4" s="140"/>
+      <c r="F4" s="140"/>
+      <c r="G4" s="140"/>
+      <c r="H4" s="140"/>
+      <c r="I4" s="140"/>
+      <c r="J4" s="141"/>
     </row>
     <row r="5" spans="2:10" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B5" s="105" t="s">
+      <c r="B5" s="142" t="s">
         <v>34</v>
       </c>
-      <c r="C5" s="106"/>
-[...6 lines deleted...]
-      <c r="J5" s="107"/>
+      <c r="C5" s="143"/>
+      <c r="D5" s="143"/>
+      <c r="E5" s="143"/>
+      <c r="F5" s="143"/>
+      <c r="G5" s="143"/>
+      <c r="H5" s="143"/>
+      <c r="I5" s="143"/>
+      <c r="J5" s="144"/>
     </row>
     <row r="6" spans="2:10" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B6" s="108" t="s">
+      <c r="B6" s="145" t="s">
         <v>3</v>
       </c>
-      <c r="C6" s="108" t="s">
+      <c r="C6" s="145" t="s">
         <v>4</v>
       </c>
-      <c r="D6" s="108" t="s">
+      <c r="D6" s="145" t="s">
         <v>5</v>
       </c>
-      <c r="E6" s="133" t="s">
+      <c r="E6" s="170" t="s">
         <v>35</v>
       </c>
-      <c r="F6" s="133"/>
-[...1 lines deleted...]
-      <c r="H6" s="117" t="s">
+      <c r="F6" s="170"/>
+      <c r="G6" s="171"/>
+      <c r="H6" s="154" t="s">
         <v>36</v>
       </c>
-      <c r="I6" s="123" t="s">
+      <c r="I6" s="160" t="s">
         <v>8</v>
       </c>
-      <c r="J6" s="124"/>
+      <c r="J6" s="161"/>
     </row>
     <row r="7" spans="2:10" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B7" s="109"/>
-[...2 lines deleted...]
-      <c r="E7" s="131" t="s">
+      <c r="B7" s="146"/>
+      <c r="C7" s="146"/>
+      <c r="D7" s="146"/>
+      <c r="E7" s="168" t="s">
         <v>37</v>
       </c>
-      <c r="F7" s="131"/>
-[...3 lines deleted...]
-      <c r="J7" s="126"/>
+      <c r="F7" s="168"/>
+      <c r="G7" s="169"/>
+      <c r="H7" s="155"/>
+      <c r="I7" s="162"/>
+      <c r="J7" s="163"/>
     </row>
     <row r="8" spans="2:10" ht="29.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B8" s="110"/>
-[...2 lines deleted...]
-      <c r="E8" s="42" t="s">
+      <c r="B8" s="147"/>
+      <c r="C8" s="147"/>
+      <c r="D8" s="147"/>
+      <c r="E8" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F8" s="19" t="s">
+      <c r="F8" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="G8" s="19" t="s">
+      <c r="G8" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="H8" s="119"/>
-      <c r="I8" s="40" t="s">
+      <c r="H8" s="156"/>
+      <c r="I8" s="16" t="s">
         <v>13</v>
       </c>
-      <c r="J8" s="40" t="s">
+      <c r="J8" s="16" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="2:10" ht="34.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B9" s="111" t="s">
+      <c r="B9" s="148" t="s">
         <v>15</v>
       </c>
-      <c r="C9" s="112"/>
-[...6 lines deleted...]
-      <c r="J9" s="113"/>
+      <c r="C9" s="149"/>
+      <c r="D9" s="149"/>
+      <c r="E9" s="149"/>
+      <c r="F9" s="149"/>
+      <c r="G9" s="149"/>
+      <c r="H9" s="149"/>
+      <c r="I9" s="149"/>
+      <c r="J9" s="150"/>
     </row>
     <row r="10" spans="2:10" ht="63" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B10" s="127" t="s">
+      <c r="B10" s="164" t="s">
         <v>16</v>
       </c>
-      <c r="C10" s="128"/>
-[...6 lines deleted...]
-      <c r="J10" s="129"/>
+      <c r="C10" s="165"/>
+      <c r="D10" s="165"/>
+      <c r="E10" s="165"/>
+      <c r="F10" s="165"/>
+      <c r="G10" s="165"/>
+      <c r="H10" s="165"/>
+      <c r="I10" s="165"/>
+      <c r="J10" s="166"/>
     </row>
     <row r="11" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B11" s="88" t="s">
+      <c r="B11" s="46" t="s">
         <v>38</v>
       </c>
-      <c r="C11" s="88"/>
-[...1 lines deleted...]
-      <c r="E11" s="20" t="s">
+      <c r="C11" s="46"/>
+      <c r="D11" s="46"/>
+      <c r="E11" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="F11" s="20" t="s">
+      <c r="F11" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="G11" s="20" t="s">
+      <c r="G11" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="H11" s="20" t="s">
+      <c r="H11" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="I11" s="20"/>
-      <c r="J11" s="20"/>
+      <c r="I11" s="6"/>
+      <c r="J11" s="6"/>
     </row>
     <row r="12" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B12" s="88">
+      <c r="B12" s="46">
         <v>45748</v>
       </c>
-      <c r="C12" s="88">
+      <c r="C12" s="46">
         <v>45809</v>
       </c>
-      <c r="D12" s="88">
+      <c r="D12" s="46">
         <v>45809</v>
       </c>
-      <c r="E12" s="20">
+      <c r="E12" s="6">
         <v>160</v>
       </c>
-      <c r="F12" s="20">
+      <c r="F12" s="6">
         <v>160</v>
       </c>
-      <c r="G12" s="20">
+      <c r="G12" s="6">
         <v>160</v>
       </c>
-      <c r="H12" s="89" t="s">
-[...3 lines deleted...]
-      <c r="J12" s="20"/>
+      <c r="H12" s="47" t="s">
+        <v>89</v>
+      </c>
+      <c r="I12" s="6"/>
+      <c r="J12" s="6"/>
     </row>
     <row r="13" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B13" s="88">
+      <c r="B13" s="46">
         <v>45393</v>
       </c>
-      <c r="C13" s="88">
+      <c r="C13" s="46">
         <v>45426</v>
       </c>
-      <c r="D13" s="88">
+      <c r="D13" s="46">
         <v>45427</v>
       </c>
-      <c r="E13" s="20">
+      <c r="E13" s="6">
         <v>370</v>
       </c>
-      <c r="F13" s="20">
+      <c r="F13" s="6">
         <v>370</v>
       </c>
-      <c r="G13" s="20">
+      <c r="G13" s="6">
         <v>370</v>
       </c>
-      <c r="H13" s="20" t="s">
+      <c r="H13" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="I13" s="20"/>
-      <c r="J13" s="20"/>
+      <c r="I13" s="6"/>
+      <c r="J13" s="6"/>
     </row>
     <row r="14" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="B14" s="88">
+      <c r="B14" s="46">
         <v>45047</v>
       </c>
-      <c r="C14" s="88">
+      <c r="C14" s="46">
         <v>45078</v>
       </c>
-      <c r="D14" s="88">
+      <c r="D14" s="46">
         <v>45078</v>
       </c>
-      <c r="E14" s="20">
+      <c r="E14" s="6">
         <v>240</v>
       </c>
-      <c r="F14" s="20">
+      <c r="F14" s="6">
         <v>240</v>
       </c>
-      <c r="G14" s="20">
+      <c r="G14" s="6">
         <v>240</v>
       </c>
-      <c r="H14" s="20" t="s">
+      <c r="H14" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="I14" s="20"/>
-      <c r="J14" s="20"/>
+      <c r="I14" s="6"/>
+      <c r="J14" s="6"/>
     </row>
     <row r="15" spans="2:10" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B15" s="88">
+      <c r="B15" s="46">
         <v>44621</v>
       </c>
-      <c r="C15" s="88">
+      <c r="C15" s="46">
         <v>44682</v>
       </c>
-      <c r="D15" s="88">
+      <c r="D15" s="46">
         <v>44682</v>
       </c>
-      <c r="E15" s="20">
+      <c r="E15" s="6">
         <v>350</v>
       </c>
-      <c r="F15" s="20">
+      <c r="F15" s="6">
         <v>350</v>
       </c>
-      <c r="G15" s="20">
+      <c r="G15" s="6">
         <v>350</v>
       </c>
-      <c r="H15" s="20" t="s">
+      <c r="H15" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="I15" s="20"/>
-      <c r="J15" s="20"/>
+      <c r="I15" s="6"/>
+      <c r="J15" s="6"/>
     </row>
     <row r="16" spans="2:10" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B16" s="88">
+      <c r="B16" s="46">
         <v>44224</v>
       </c>
-      <c r="C16" s="88">
+      <c r="C16" s="46">
         <v>44337</v>
       </c>
-      <c r="D16" s="88">
+      <c r="D16" s="46">
         <v>44348</v>
       </c>
-      <c r="E16" s="20">
+      <c r="E16" s="6">
         <v>260</v>
       </c>
-      <c r="F16" s="20">
+      <c r="F16" s="6">
         <v>260</v>
       </c>
-      <c r="G16" s="20">
+      <c r="G16" s="6">
         <v>260</v>
       </c>
-      <c r="H16" s="20" t="s">
+      <c r="H16" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="I16" s="20"/>
-      <c r="J16" s="20"/>
+      <c r="I16" s="6"/>
+      <c r="J16" s="6"/>
     </row>
     <row r="17" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B17" s="130" t="s">
+      <c r="B17" s="167" t="s">
         <v>27</v>
       </c>
-      <c r="C17" s="130"/>
-[...6 lines deleted...]
-      <c r="J17" s="130"/>
+      <c r="C17" s="167"/>
+      <c r="D17" s="167"/>
+      <c r="E17" s="167"/>
+      <c r="F17" s="167"/>
+      <c r="G17" s="167"/>
+      <c r="H17" s="167"/>
+      <c r="I17" s="167"/>
+      <c r="J17" s="167"/>
     </row>
     <row r="18" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B18" s="88">
+      <c r="B18" s="46">
         <v>43831</v>
       </c>
-      <c r="C18" s="88"/>
-[...1 lines deleted...]
-      <c r="E18" s="20">
+      <c r="C18" s="46"/>
+      <c r="D18" s="46"/>
+      <c r="E18" s="6">
         <v>220</v>
       </c>
-      <c r="F18" s="20">
+      <c r="F18" s="6">
         <v>220</v>
       </c>
-      <c r="G18" s="20">
+      <c r="G18" s="6">
         <v>230</v>
       </c>
-      <c r="H18" s="20" t="s">
+      <c r="H18" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="I18" s="20"/>
-      <c r="J18" s="20"/>
+      <c r="I18" s="6"/>
+      <c r="J18" s="6"/>
     </row>
     <row r="19" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B19" s="88">
+      <c r="B19" s="46">
         <v>43497</v>
       </c>
-      <c r="C19" s="88"/>
-[...1 lines deleted...]
-      <c r="E19" s="20">
+      <c r="C19" s="46"/>
+      <c r="D19" s="46"/>
+      <c r="E19" s="6">
         <v>120</v>
       </c>
-      <c r="F19" s="20">
+      <c r="F19" s="6">
         <v>120</v>
       </c>
-      <c r="G19" s="20">
+      <c r="G19" s="6">
         <v>120</v>
       </c>
-      <c r="H19" s="20" t="s">
+      <c r="H19" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="I19" s="20"/>
-      <c r="J19" s="20"/>
+      <c r="I19" s="6"/>
+      <c r="J19" s="6"/>
     </row>
     <row r="20" spans="2:10" ht="43.2" x14ac:dyDescent="0.3">
-      <c r="B20" s="88">
+      <c r="B20" s="46">
         <v>43009</v>
       </c>
-      <c r="C20" s="88"/>
-[...1 lines deleted...]
-      <c r="E20" s="20">
+      <c r="C20" s="46"/>
+      <c r="D20" s="46"/>
+      <c r="E20" s="6">
         <v>250</v>
       </c>
-      <c r="F20" s="20">
+      <c r="F20" s="6">
         <v>250</v>
       </c>
-      <c r="G20" s="20">
+      <c r="G20" s="6">
         <v>250</v>
       </c>
-      <c r="H20" s="20"/>
-      <c r="I20" s="13" t="s">
+      <c r="H20" s="6"/>
+      <c r="I20" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="J20" s="84" t="s">
+      <c r="J20" s="42" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="21" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B21" s="88">
+      <c r="B21" s="46">
         <v>42826</v>
       </c>
-      <c r="C21" s="88"/>
-[...1 lines deleted...]
-      <c r="E21" s="20">
+      <c r="C21" s="46"/>
+      <c r="D21" s="46"/>
+      <c r="E21" s="6">
         <v>230</v>
       </c>
-      <c r="F21" s="20">
+      <c r="F21" s="6">
         <v>240</v>
       </c>
-      <c r="G21" s="20">
+      <c r="G21" s="6">
         <v>250</v>
       </c>
-      <c r="H21" s="20"/>
-[...1 lines deleted...]
-      <c r="J21" s="20"/>
+      <c r="H21" s="6"/>
+      <c r="I21" s="6"/>
+      <c r="J21" s="6"/>
     </row>
     <row r="22" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B22" s="68">
+      <c r="B22" s="29">
         <v>42064</v>
       </c>
-      <c r="C22" s="68"/>
-[...1 lines deleted...]
-      <c r="E22" s="13">
+      <c r="C22" s="29"/>
+      <c r="D22" s="29"/>
+      <c r="E22" s="2">
         <v>220</v>
       </c>
-      <c r="F22" s="13">
+      <c r="F22" s="2">
         <v>220</v>
       </c>
-      <c r="G22" s="13">
+      <c r="G22" s="2">
         <v>220</v>
       </c>
-      <c r="H22" s="13"/>
-[...1 lines deleted...]
-      <c r="J22" s="13"/>
+      <c r="H22" s="2"/>
+      <c r="I22" s="2"/>
+      <c r="J22" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="B17:J17"/>
     <mergeCell ref="B3:J3"/>
     <mergeCell ref="B4:J4"/>
     <mergeCell ref="B5:J5"/>
     <mergeCell ref="B9:J9"/>
     <mergeCell ref="E7:G7"/>
     <mergeCell ref="E6:G6"/>
     <mergeCell ref="H6:H8"/>
     <mergeCell ref="B6:B8"/>
     <mergeCell ref="I6:J7"/>
     <mergeCell ref="D6:D8"/>
     <mergeCell ref="B10:J10"/>
     <mergeCell ref="C6:C8"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B4:J4" r:id="rId1" display="Link to EPA Public Registers     https://www.epa.nsw.gov.au/licensing-and-regulation/public-registers" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="B2:J149"/>
+  <dimension ref="B2:J148"/>
   <sheetViews>
-    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="M17" sqref="M17"/>
+    <sheetView topLeftCell="A5" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="A13" sqref="A13:XFD13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="2" max="2" width="12" customWidth="1"/>
     <col min="3" max="3" width="20" customWidth="1"/>
     <col min="4" max="4" width="14.33203125" customWidth="1"/>
-    <col min="8" max="8" width="72.5546875" style="53" customWidth="1"/>
+    <col min="8" max="8" width="72.5546875" style="26" customWidth="1"/>
     <col min="9" max="9" width="14.44140625" customWidth="1"/>
     <col min="10" max="10" width="13.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:10" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="3" spans="2:10" ht="34.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B3" s="99" t="s">
-[...9 lines deleted...]
-      <c r="J3" s="101"/>
+      <c r="B3" s="136" t="s">
+        <v>0</v>
+      </c>
+      <c r="C3" s="137"/>
+      <c r="D3" s="137"/>
+      <c r="E3" s="137"/>
+      <c r="F3" s="137"/>
+      <c r="G3" s="137"/>
+      <c r="H3" s="137"/>
+      <c r="I3" s="137"/>
+      <c r="J3" s="138"/>
     </row>
     <row r="4" spans="2:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B4" s="102" t="s">
+      <c r="B4" s="139" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="103"/>
-[...6 lines deleted...]
-      <c r="J4" s="104"/>
+      <c r="C4" s="140"/>
+      <c r="D4" s="140"/>
+      <c r="E4" s="140"/>
+      <c r="F4" s="140"/>
+      <c r="G4" s="140"/>
+      <c r="H4" s="140"/>
+      <c r="I4" s="140"/>
+      <c r="J4" s="141"/>
     </row>
     <row r="5" spans="2:10" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B5" s="105" t="s">
+      <c r="B5" s="142" t="s">
         <v>41</v>
       </c>
-      <c r="C5" s="106"/>
-[...6 lines deleted...]
-      <c r="J5" s="107"/>
+      <c r="C5" s="143"/>
+      <c r="D5" s="143"/>
+      <c r="E5" s="143"/>
+      <c r="F5" s="143"/>
+      <c r="G5" s="143"/>
+      <c r="H5" s="143"/>
+      <c r="I5" s="143"/>
+      <c r="J5" s="144"/>
     </row>
     <row r="6" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B6" s="108" t="s">
+      <c r="B6" s="145" t="s">
         <v>3</v>
       </c>
-      <c r="C6" s="108" t="s">
+      <c r="C6" s="145" t="s">
         <v>4</v>
       </c>
-      <c r="D6" s="108" t="s">
+      <c r="D6" s="145" t="s">
         <v>5</v>
       </c>
-      <c r="E6" s="114" t="s">
+      <c r="E6" s="151" t="s">
         <v>6</v>
       </c>
-      <c r="F6" s="115"/>
-[...1 lines deleted...]
-      <c r="H6" s="117" t="s">
+      <c r="F6" s="152"/>
+      <c r="G6" s="153"/>
+      <c r="H6" s="154" t="s">
         <v>36</v>
       </c>
-      <c r="I6" s="123" t="s">
+      <c r="I6" s="160" t="s">
         <v>8</v>
       </c>
-      <c r="J6" s="124"/>
+      <c r="J6" s="161"/>
     </row>
     <row r="7" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B7" s="109"/>
-[...2 lines deleted...]
-      <c r="E7" s="120" t="s">
+      <c r="B7" s="146"/>
+      <c r="C7" s="146"/>
+      <c r="D7" s="146"/>
+      <c r="E7" s="157" t="s">
         <v>9</v>
       </c>
-      <c r="F7" s="121"/>
-[...3 lines deleted...]
-      <c r="J7" s="136"/>
+      <c r="F7" s="158"/>
+      <c r="G7" s="159"/>
+      <c r="H7" s="155"/>
+      <c r="I7" s="172"/>
+      <c r="J7" s="173"/>
     </row>
     <row r="8" spans="2:10" ht="29.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B8" s="110"/>
-[...2 lines deleted...]
-      <c r="E8" s="18" t="s">
+      <c r="B8" s="147"/>
+      <c r="C8" s="147"/>
+      <c r="D8" s="147"/>
+      <c r="E8" s="4" t="s">
         <v>10</v>
       </c>
-      <c r="F8" s="19" t="s">
+      <c r="F8" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="G8" s="19" t="s">
+      <c r="G8" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="H8" s="119"/>
-      <c r="I8" s="25" t="s">
+      <c r="H8" s="156"/>
+      <c r="I8" s="8" t="s">
         <v>13</v>
       </c>
-      <c r="J8" s="26" t="s">
+      <c r="J8" s="9" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="2:10" ht="34.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B9" s="111" t="s">
+      <c r="B9" s="148" t="s">
         <v>15</v>
       </c>
-      <c r="C9" s="112"/>
-[...6 lines deleted...]
-      <c r="J9" s="113"/>
+      <c r="C9" s="149"/>
+      <c r="D9" s="149"/>
+      <c r="E9" s="149"/>
+      <c r="F9" s="149"/>
+      <c r="G9" s="149"/>
+      <c r="H9" s="149"/>
+      <c r="I9" s="149"/>
+      <c r="J9" s="150"/>
     </row>
     <row r="10" spans="2:10" ht="51.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B10" s="137" t="s">
+      <c r="B10" s="174" t="s">
         <v>16</v>
       </c>
-      <c r="C10" s="138"/>
-[...64 lines deleted...]
-      <c r="B16" s="74">
+      <c r="C10" s="175"/>
+      <c r="D10" s="175"/>
+      <c r="E10" s="175"/>
+      <c r="F10" s="175"/>
+      <c r="G10" s="175"/>
+      <c r="H10" s="175"/>
+      <c r="I10" s="175"/>
+      <c r="J10" s="176"/>
+    </row>
+    <row r="11" spans="2:10" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B11" s="10"/>
+      <c r="C11" s="10"/>
+      <c r="D11" s="10"/>
+      <c r="E11" s="7"/>
+      <c r="F11" s="53"/>
+      <c r="G11" s="7"/>
+      <c r="H11" s="35"/>
+      <c r="I11" s="10"/>
+      <c r="J11" s="10"/>
+    </row>
+    <row r="12" spans="2:10" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B12" s="32">
+        <v>45992</v>
+      </c>
+      <c r="C12" s="38">
+        <v>46037</v>
+      </c>
+      <c r="D12" s="38">
+        <v>46037</v>
+      </c>
+      <c r="E12" s="7">
+        <v>0</v>
+      </c>
+      <c r="F12" s="50">
+        <v>0</v>
+      </c>
+      <c r="G12" s="12">
+        <v>0</v>
+      </c>
+      <c r="H12" s="35" t="s">
+        <v>92</v>
+      </c>
+      <c r="I12" s="10"/>
+      <c r="J12" s="10"/>
+    </row>
+    <row r="13" spans="2:10" ht="44.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B13" s="32">
+        <v>45962</v>
+      </c>
+      <c r="C13" s="38">
+        <v>46037</v>
+      </c>
+      <c r="D13" s="38">
+        <v>46037</v>
+      </c>
+      <c r="E13" s="7">
+        <v>0</v>
+      </c>
+      <c r="F13" s="50">
+        <v>8.5500000000000007</v>
+      </c>
+      <c r="G13" s="12">
+        <v>83</v>
+      </c>
+      <c r="H13" s="35" t="s">
+        <v>91</v>
+      </c>
+      <c r="I13" s="10"/>
+      <c r="J13" s="10"/>
+    </row>
+    <row r="14" spans="2:10" ht="42.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B14" s="32">
+        <v>45931</v>
+      </c>
+      <c r="C14" s="38">
+        <v>45988</v>
+      </c>
+      <c r="D14" s="38">
+        <v>45988</v>
+      </c>
+      <c r="E14" s="7">
+        <v>0</v>
+      </c>
+      <c r="F14" s="44">
+        <v>0.95</v>
+      </c>
+      <c r="G14" s="12">
+        <v>78</v>
+      </c>
+      <c r="H14" s="35" t="s">
+        <v>91</v>
+      </c>
+      <c r="I14" s="10"/>
+      <c r="J14" s="11"/>
+    </row>
+    <row r="15" spans="2:10" ht="47.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B15" s="32">
         <v>45901</v>
       </c>
-      <c r="C16" s="80">
-[...21 lines deleted...]
-      <c r="B17" s="74">
+      <c r="C15" s="38">
+        <v>45988</v>
+      </c>
+      <c r="D15" s="38">
+        <v>45988</v>
+      </c>
+      <c r="E15" s="7">
+        <v>0</v>
+      </c>
+      <c r="F15" s="44">
+        <v>30.7</v>
+      </c>
+      <c r="G15" s="12">
+        <v>68</v>
+      </c>
+      <c r="H15" s="35" t="s">
+        <v>91</v>
+      </c>
+      <c r="I15" s="10"/>
+      <c r="J15" s="11"/>
+    </row>
+    <row r="16" spans="2:10" ht="46.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B16" s="32">
         <v>45870</v>
       </c>
-      <c r="C17" s="80">
+      <c r="C16" s="38">
         <v>45903</v>
       </c>
-      <c r="D17" s="80">
+      <c r="D16" s="38">
         <v>45903</v>
       </c>
-      <c r="E17" s="23">
-[...2 lines deleted...]
-      <c r="F17" s="86">
+      <c r="E16" s="7">
+        <v>0</v>
+      </c>
+      <c r="F16" s="44">
         <v>5.05</v>
       </c>
-      <c r="G17" s="35">
+      <c r="G16" s="12">
         <v>79</v>
       </c>
-      <c r="H17" s="75" t="s">
-[...6 lines deleted...]
-      <c r="B18" s="74">
+      <c r="H16" s="35" t="s">
+        <v>91</v>
+      </c>
+      <c r="I16" s="10"/>
+      <c r="J16" s="11"/>
+    </row>
+    <row r="17" spans="2:10" ht="46.8" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B17" s="32">
         <v>45839</v>
       </c>
-      <c r="C18" s="80">
+      <c r="C17" s="38">
         <v>45903</v>
       </c>
-      <c r="D18" s="80">
+      <c r="D17" s="38">
         <v>45903</v>
       </c>
-      <c r="E18" s="86">
-[...2 lines deleted...]
-      <c r="F18" s="86">
+      <c r="E17" s="44">
+        <v>0</v>
+      </c>
+      <c r="F17" s="44">
         <v>4.58</v>
       </c>
-      <c r="G18" s="86">
+      <c r="G17" s="44">
         <v>74</v>
       </c>
-      <c r="H18" s="75" t="s">
-[...3 lines deleted...]
-      <c r="J18" s="28"/>
+      <c r="H17" s="35" t="s">
+        <v>91</v>
+      </c>
+      <c r="I17" s="10"/>
+      <c r="J17" s="11"/>
+    </row>
+    <row r="18" spans="2:10" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B18" s="32">
+        <v>45809</v>
+      </c>
+      <c r="C18" s="38">
+        <v>45903</v>
+      </c>
+      <c r="D18" s="38">
+        <v>45903</v>
+      </c>
+      <c r="E18" s="7">
+        <v>0</v>
+      </c>
+      <c r="F18" s="50">
+        <v>4.66</v>
+      </c>
+      <c r="G18" s="12">
+        <v>74</v>
+      </c>
+      <c r="H18" s="35" t="s">
+        <v>91</v>
+      </c>
+      <c r="I18" s="10"/>
+      <c r="J18" s="11"/>
     </row>
     <row r="19" spans="2:10" ht="43.2" x14ac:dyDescent="0.3">
-      <c r="B19" s="74">
-[...14 lines deleted...]
-      <c r="G19" s="35">
+      <c r="B19" s="32">
+        <v>45778</v>
+      </c>
+      <c r="C19" s="38">
+        <v>45814</v>
+      </c>
+      <c r="D19" s="38">
+        <v>45818</v>
+      </c>
+      <c r="E19" s="7">
+        <v>0</v>
+      </c>
+      <c r="F19" s="50">
+        <v>0</v>
+      </c>
+      <c r="G19" s="12">
+        <v>0</v>
+      </c>
+      <c r="H19" s="33" t="s">
+        <v>87</v>
+      </c>
+      <c r="I19" s="10"/>
+      <c r="J19" s="11"/>
+    </row>
+    <row r="20" spans="2:10" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="B20" s="32">
+        <v>45748</v>
+      </c>
+      <c r="C20" s="38">
+        <v>45814</v>
+      </c>
+      <c r="D20" s="38">
+        <v>45818</v>
+      </c>
+      <c r="E20" s="7">
+        <v>0</v>
+      </c>
+      <c r="F20" s="44">
+        <v>0</v>
+      </c>
+      <c r="G20" s="12">
+        <v>0</v>
+      </c>
+      <c r="H20" s="33" t="s">
+        <v>87</v>
+      </c>
+      <c r="I20" s="10"/>
+      <c r="J20" s="11"/>
+    </row>
+    <row r="21" spans="2:10" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="B21" s="32">
+        <v>45717</v>
+      </c>
+      <c r="C21" s="38">
+        <v>45814</v>
+      </c>
+      <c r="D21" s="38">
+        <v>45818</v>
+      </c>
+      <c r="E21" s="7">
+        <v>0</v>
+      </c>
+      <c r="F21" s="44">
+        <v>0</v>
+      </c>
+      <c r="G21" s="12">
+        <v>0</v>
+      </c>
+      <c r="H21" s="33" t="s">
+        <v>87</v>
+      </c>
+      <c r="I21" s="10"/>
+      <c r="J21" s="11"/>
+    </row>
+    <row r="22" spans="2:10" ht="64.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B22" s="51">
+        <v>45689</v>
+      </c>
+      <c r="C22" s="38">
+        <v>45719</v>
+      </c>
+      <c r="D22" s="38">
+        <v>45719</v>
+      </c>
+      <c r="E22" s="7">
+        <v>0</v>
+      </c>
+      <c r="F22" s="44">
+        <v>3.93</v>
+      </c>
+      <c r="G22" s="12">
+        <v>55</v>
+      </c>
+      <c r="H22" s="33" t="s">
+        <v>86</v>
+      </c>
+      <c r="I22" s="10"/>
+      <c r="J22" s="11"/>
+    </row>
+    <row r="23" spans="2:10" ht="64.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B23" s="32">
+        <v>45659</v>
+      </c>
+      <c r="C23" s="38">
+        <v>45690</v>
+      </c>
+      <c r="D23" s="38">
+        <v>45690</v>
+      </c>
+      <c r="E23" s="7">
+        <v>0</v>
+      </c>
+      <c r="F23" s="44">
+        <v>4.2</v>
+      </c>
+      <c r="G23" s="12">
+        <v>78</v>
+      </c>
+      <c r="H23" s="33" t="s">
+        <v>17</v>
+      </c>
+      <c r="I23" s="10"/>
+      <c r="J23" s="11"/>
+    </row>
+    <row r="24" spans="2:10" ht="64.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B24" s="32">
+        <v>45627</v>
+      </c>
+      <c r="C24" s="38">
+        <v>45690</v>
+      </c>
+      <c r="D24" s="38">
+        <v>45690</v>
+      </c>
+      <c r="E24" s="7">
+        <v>0</v>
+      </c>
+      <c r="F24" s="44">
+        <v>6.95</v>
+      </c>
+      <c r="G24" s="12">
+        <v>60</v>
+      </c>
+      <c r="H24" s="33" t="s">
+        <v>17</v>
+      </c>
+      <c r="I24" s="10"/>
+      <c r="J24" s="11"/>
+    </row>
+    <row r="25" spans="2:10" ht="64.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B25" s="32">
+        <v>45597</v>
+      </c>
+      <c r="C25" s="38">
+        <v>45690</v>
+      </c>
+      <c r="D25" s="38">
+        <v>45690</v>
+      </c>
+      <c r="E25" s="7">
+        <v>0</v>
+      </c>
+      <c r="F25" s="44">
+        <v>5.3</v>
+      </c>
+      <c r="G25" s="12">
+        <v>78</v>
+      </c>
+      <c r="H25" s="33" t="s">
+        <v>17</v>
+      </c>
+      <c r="I25" s="10"/>
+      <c r="J25" s="11"/>
+    </row>
+    <row r="26" spans="2:10" ht="59.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B26" s="32">
+        <v>45566</v>
+      </c>
+      <c r="C26" s="38">
+        <v>45608</v>
+      </c>
+      <c r="D26" s="38">
+        <v>45608</v>
+      </c>
+      <c r="E26" s="7">
+        <v>0</v>
+      </c>
+      <c r="F26" s="44">
+        <v>6.9</v>
+      </c>
+      <c r="G26" s="12">
+        <v>65</v>
+      </c>
+      <c r="H26" s="33" t="s">
+        <v>17</v>
+      </c>
+      <c r="I26" s="10"/>
+      <c r="J26" s="11"/>
+    </row>
+    <row r="27" spans="2:10" s="1" customFormat="1" ht="60.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B27" s="32">
+        <v>45536</v>
+      </c>
+      <c r="C27" s="38">
+        <v>45575</v>
+      </c>
+      <c r="D27" s="38">
+        <v>45575</v>
+      </c>
+      <c r="E27" s="7">
+        <v>0</v>
+      </c>
+      <c r="F27" s="44">
+        <v>7.09</v>
+      </c>
+      <c r="G27" s="12">
         <v>74</v>
       </c>
-      <c r="H19" s="75" t="s">
-[...121 lines deleted...]
-      <c r="G24" s="35">
+      <c r="H27" s="33" t="s">
+        <v>17</v>
+      </c>
+      <c r="I27" s="10"/>
+      <c r="J27" s="11"/>
+    </row>
+    <row r="28" spans="2:10" s="1" customFormat="1" ht="57.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B28" s="32">
+        <v>45505</v>
+      </c>
+      <c r="C28" s="45">
+        <v>45537</v>
+      </c>
+      <c r="D28" s="45">
+        <v>45537</v>
+      </c>
+      <c r="E28" s="44">
+        <v>0</v>
+      </c>
+      <c r="F28" s="44">
+        <v>8.76</v>
+      </c>
+      <c r="G28" s="44">
+        <v>80</v>
+      </c>
+      <c r="H28" s="33" t="s">
+        <v>17</v>
+      </c>
+      <c r="I28" s="10"/>
+      <c r="J28" s="11"/>
+    </row>
+    <row r="29" spans="2:10" s="1" customFormat="1" ht="60.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B29" s="32">
+        <v>45474</v>
+      </c>
+      <c r="C29" s="45">
+        <v>45510</v>
+      </c>
+      <c r="D29" s="45">
+        <v>45510</v>
+      </c>
+      <c r="E29" s="44">
+        <v>0</v>
+      </c>
+      <c r="F29" s="44">
+        <v>6.06</v>
+      </c>
+      <c r="G29" s="44">
+        <v>74</v>
+      </c>
+      <c r="H29" s="33" t="s">
+        <v>17</v>
+      </c>
+      <c r="I29" s="10"/>
+      <c r="J29" s="11"/>
+    </row>
+    <row r="30" spans="2:10" s="1" customFormat="1" ht="60.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B30" s="32">
+        <v>45444</v>
+      </c>
+      <c r="C30" s="45">
+        <v>45481</v>
+      </c>
+      <c r="D30" s="45">
+        <v>45481</v>
+      </c>
+      <c r="E30" s="44">
+        <v>0</v>
+      </c>
+      <c r="F30" s="44">
+        <v>8.76</v>
+      </c>
+      <c r="G30" s="44">
+        <v>63</v>
+      </c>
+      <c r="H30" s="33" t="s">
+        <v>17</v>
+      </c>
+      <c r="I30" s="10"/>
+      <c r="J30" s="11"/>
+    </row>
+    <row r="31" spans="2:10" s="1" customFormat="1" ht="60.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B31" s="32">
+        <v>45413</v>
+      </c>
+      <c r="C31" s="39">
+        <v>45456</v>
+      </c>
+      <c r="D31" s="39">
+        <v>45456</v>
+      </c>
+      <c r="E31" s="6">
+        <v>0</v>
+      </c>
+      <c r="F31" s="6">
+        <v>8.61</v>
+      </c>
+      <c r="G31" s="6">
+        <v>76</v>
+      </c>
+      <c r="H31" s="33" t="s">
+        <v>17</v>
+      </c>
+      <c r="I31" s="10"/>
+      <c r="J31" s="11"/>
+    </row>
+    <row r="32" spans="2:10" ht="61.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B32" s="32">
+        <v>45383</v>
+      </c>
+      <c r="C32" s="38">
+        <v>45426</v>
+      </c>
+      <c r="D32" s="38">
+        <v>45426</v>
+      </c>
+      <c r="E32" s="7">
+        <v>0</v>
+      </c>
+      <c r="F32" s="7">
+        <v>7.75</v>
+      </c>
+      <c r="G32" s="7">
+        <v>75</v>
+      </c>
+      <c r="H32" s="35" t="s">
+        <v>17</v>
+      </c>
+      <c r="I32" s="10"/>
+      <c r="J32" s="11"/>
+    </row>
+    <row r="33" spans="2:10" ht="57.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B33" s="32">
+        <v>45352</v>
+      </c>
+      <c r="C33" s="38">
+        <v>45401</v>
+      </c>
+      <c r="D33" s="38">
+        <v>45401</v>
+      </c>
+      <c r="E33" s="7">
+        <v>0</v>
+      </c>
+      <c r="F33" s="7">
+        <v>7.9</v>
+      </c>
+      <c r="G33" s="7">
         <v>78</v>
       </c>
-      <c r="H24" s="75" t="s">
+      <c r="H33" s="35" t="s">
         <v>17</v>
       </c>
-      <c r="I24" s="27"/>
-[...18 lines deleted...]
-      <c r="G25" s="35">
+      <c r="I33" s="10"/>
+      <c r="J33" s="11"/>
+    </row>
+    <row r="34" spans="2:10" ht="59.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B34" s="32">
+        <v>45323</v>
+      </c>
+      <c r="C34" s="38">
+        <v>45401</v>
+      </c>
+      <c r="D34" s="38">
+        <v>45401</v>
+      </c>
+      <c r="E34" s="7">
+        <v>0</v>
+      </c>
+      <c r="F34" s="7">
+        <v>5.7</v>
+      </c>
+      <c r="G34" s="7">
+        <v>72</v>
+      </c>
+      <c r="H34" s="35" t="s">
+        <v>17</v>
+      </c>
+      <c r="I34" s="10"/>
+      <c r="J34" s="11"/>
+    </row>
+    <row r="35" spans="2:10" ht="61.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B35" s="32">
+        <v>45292</v>
+      </c>
+      <c r="C35" s="38">
+        <v>45401</v>
+      </c>
+      <c r="D35" s="38">
+        <v>45401</v>
+      </c>
+      <c r="E35" s="7">
+        <v>0</v>
+      </c>
+      <c r="F35" s="7">
+        <v>2.6</v>
+      </c>
+      <c r="G35" s="7">
+        <v>69</v>
+      </c>
+      <c r="H35" s="35" t="s">
+        <v>17</v>
+      </c>
+      <c r="I35" s="10"/>
+      <c r="J35" s="11"/>
+    </row>
+    <row r="36" spans="2:10" ht="61.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B36" s="32">
+        <v>45261</v>
+      </c>
+      <c r="C36" s="38">
+        <v>45401</v>
+      </c>
+      <c r="D36" s="38">
+        <v>45401</v>
+      </c>
+      <c r="E36" s="7">
+        <v>0</v>
+      </c>
+      <c r="F36" s="7">
+        <v>2.9</v>
+      </c>
+      <c r="G36" s="7">
+        <v>42</v>
+      </c>
+      <c r="H36" s="35" t="s">
+        <v>17</v>
+      </c>
+      <c r="I36" s="10"/>
+      <c r="J36" s="11"/>
+    </row>
+    <row r="37" spans="2:10" ht="57.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B37" s="32">
+        <v>45231</v>
+      </c>
+      <c r="C37" s="38">
+        <v>45401</v>
+      </c>
+      <c r="D37" s="38">
+        <v>45401</v>
+      </c>
+      <c r="E37" s="7">
+        <v>0</v>
+      </c>
+      <c r="F37" s="7">
+        <v>5.3</v>
+      </c>
+      <c r="G37" s="7">
+        <v>81</v>
+      </c>
+      <c r="H37" s="35" t="s">
+        <v>17</v>
+      </c>
+      <c r="I37" s="10"/>
+      <c r="J37" s="11"/>
+    </row>
+    <row r="38" spans="2:10" ht="58.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B38" s="32">
+        <v>45200</v>
+      </c>
+      <c r="C38" s="38">
+        <v>45401</v>
+      </c>
+      <c r="D38" s="38">
+        <v>45401</v>
+      </c>
+      <c r="E38" s="7">
+        <v>0</v>
+      </c>
+      <c r="F38" s="7">
+        <v>4.5</v>
+      </c>
+      <c r="G38" s="7">
+        <v>67</v>
+      </c>
+      <c r="H38" s="35" t="s">
+        <v>17</v>
+      </c>
+      <c r="I38" s="10"/>
+      <c r="J38" s="11"/>
+    </row>
+    <row r="39" spans="2:10" ht="58.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B39" s="32">
+        <v>45170</v>
+      </c>
+      <c r="C39" s="38">
+        <v>45401</v>
+      </c>
+      <c r="D39" s="38">
+        <v>45401</v>
+      </c>
+      <c r="E39" s="7">
+        <v>0</v>
+      </c>
+      <c r="F39" s="7">
+        <v>10.5</v>
+      </c>
+      <c r="G39" s="7">
+        <v>100</v>
+      </c>
+      <c r="H39" s="35" t="s">
+        <v>17</v>
+      </c>
+      <c r="I39" s="10"/>
+      <c r="J39" s="11"/>
+    </row>
+    <row r="40" spans="2:10" ht="60.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B40" s="32">
+        <v>45139</v>
+      </c>
+      <c r="C40" s="38">
+        <v>45401</v>
+      </c>
+      <c r="D40" s="38">
+        <v>45401</v>
+      </c>
+      <c r="E40" s="7">
+        <v>0</v>
+      </c>
+      <c r="F40" s="7">
+        <v>11.3</v>
+      </c>
+      <c r="G40" s="7">
+        <v>83</v>
+      </c>
+      <c r="H40" s="35" t="s">
+        <v>17</v>
+      </c>
+      <c r="I40" s="10"/>
+      <c r="J40" s="11"/>
+    </row>
+    <row r="41" spans="2:10" ht="60.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B41" s="32">
+        <v>45108</v>
+      </c>
+      <c r="C41" s="38">
+        <v>45163</v>
+      </c>
+      <c r="D41" s="38">
+        <v>45163</v>
+      </c>
+      <c r="E41" s="7">
+        <v>0</v>
+      </c>
+      <c r="F41" s="7">
+        <v>14.3</v>
+      </c>
+      <c r="G41" s="7">
+        <v>94</v>
+      </c>
+      <c r="H41" s="35" t="s">
+        <v>17</v>
+      </c>
+      <c r="I41" s="10"/>
+      <c r="J41" s="11"/>
+    </row>
+    <row r="42" spans="2:10" ht="61.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B42" s="32">
+        <v>45078</v>
+      </c>
+      <c r="C42" s="38">
+        <v>45163</v>
+      </c>
+      <c r="D42" s="38">
+        <v>45163</v>
+      </c>
+      <c r="E42" s="7">
+        <v>5</v>
+      </c>
+      <c r="F42" s="7">
+        <v>12.74</v>
+      </c>
+      <c r="G42" s="7">
+        <v>96</v>
+      </c>
+      <c r="H42" s="35" t="s">
+        <v>17</v>
+      </c>
+      <c r="I42" s="10"/>
+      <c r="J42" s="11"/>
+    </row>
+    <row r="43" spans="2:10" ht="61.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B43" s="32">
+        <v>45047</v>
+      </c>
+      <c r="C43" s="38">
+        <v>45086</v>
+      </c>
+      <c r="D43" s="38">
+        <v>45086</v>
+      </c>
+      <c r="E43" s="7">
+        <v>5</v>
+      </c>
+      <c r="F43" s="7">
+        <v>11.3</v>
+      </c>
+      <c r="G43" s="7">
+        <v>92</v>
+      </c>
+      <c r="H43" s="35" t="s">
+        <v>17</v>
+      </c>
+      <c r="I43" s="10"/>
+      <c r="J43" s="11"/>
+    </row>
+    <row r="44" spans="2:10" ht="57.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B44" s="32">
+        <v>45017</v>
+      </c>
+      <c r="C44" s="38">
+        <v>45085</v>
+      </c>
+      <c r="D44" s="38">
+        <v>45085</v>
+      </c>
+      <c r="E44" s="7">
+        <v>0</v>
+      </c>
+      <c r="F44" s="7">
+        <v>11.2</v>
+      </c>
+      <c r="G44" s="7">
+        <v>99</v>
+      </c>
+      <c r="H44" s="35" t="s">
+        <v>17</v>
+      </c>
+      <c r="I44" s="10"/>
+      <c r="J44" s="11"/>
+    </row>
+    <row r="45" spans="2:10" ht="57" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B45" s="32">
+        <v>44986</v>
+      </c>
+      <c r="C45" s="37">
+        <v>45021</v>
+      </c>
+      <c r="D45" s="37">
+        <v>45021</v>
+      </c>
+      <c r="E45" s="7">
+        <v>0</v>
+      </c>
+      <c r="F45" s="7">
+        <v>9.74</v>
+      </c>
+      <c r="G45" s="7">
+        <v>98</v>
+      </c>
+      <c r="H45" s="35" t="s">
+        <v>17</v>
+      </c>
+      <c r="I45" s="10"/>
+      <c r="J45" s="11"/>
+    </row>
+    <row r="46" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B46" s="32">
+        <v>44958</v>
+      </c>
+      <c r="C46" s="37">
+        <v>45021</v>
+      </c>
+      <c r="D46" s="37">
+        <v>45021</v>
+      </c>
+      <c r="E46" s="7">
+        <v>2</v>
+      </c>
+      <c r="F46" s="7">
+        <v>8.66</v>
+      </c>
+      <c r="G46" s="7">
+        <v>70</v>
+      </c>
+      <c r="H46" s="33" t="s">
+        <v>42</v>
+      </c>
+      <c r="I46" s="10"/>
+      <c r="J46" s="11"/>
+    </row>
+    <row r="47" spans="2:10" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="B47" s="32">
+        <v>44927</v>
+      </c>
+      <c r="C47" s="37">
+        <v>45021</v>
+      </c>
+      <c r="D47" s="37">
+        <v>45021</v>
+      </c>
+      <c r="E47" s="6">
+        <v>0</v>
+      </c>
+      <c r="F47" s="6">
+        <v>7.38</v>
+      </c>
+      <c r="G47" s="6">
+        <v>95</v>
+      </c>
+      <c r="H47" s="33" t="s">
+        <v>43</v>
+      </c>
+      <c r="I47" s="11"/>
+      <c r="J47" s="11"/>
+    </row>
+    <row r="48" spans="2:10" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="B48" s="32">
+        <v>44896</v>
+      </c>
+      <c r="C48" s="37">
+        <v>45021</v>
+      </c>
+      <c r="D48" s="37">
+        <v>45021</v>
+      </c>
+      <c r="E48" s="36">
+        <v>0</v>
+      </c>
+      <c r="F48" s="36">
+        <v>4.37</v>
+      </c>
+      <c r="G48" s="36">
+        <v>89</v>
+      </c>
+      <c r="H48" s="33" t="s">
+        <v>44</v>
+      </c>
+      <c r="I48" s="34"/>
+      <c r="J48" s="34"/>
+    </row>
+    <row r="49" spans="2:10" ht="72" x14ac:dyDescent="0.3">
+      <c r="B49" s="32">
+        <v>44866</v>
+      </c>
+      <c r="C49" s="37">
+        <v>45021</v>
+      </c>
+      <c r="D49" s="37">
+        <v>45021</v>
+      </c>
+      <c r="E49" s="6">
+        <v>0</v>
+      </c>
+      <c r="F49" s="6">
+        <v>5.92</v>
+      </c>
+      <c r="G49" s="6">
+        <v>99</v>
+      </c>
+      <c r="H49" s="33" t="s">
+        <v>45</v>
+      </c>
+      <c r="I49" s="11"/>
+      <c r="J49" s="11"/>
+    </row>
+    <row r="50" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B50" s="32">
+        <v>44835</v>
+      </c>
+      <c r="C50" s="37">
+        <v>45021</v>
+      </c>
+      <c r="D50" s="37">
+        <v>45021</v>
+      </c>
+      <c r="E50" s="6">
+        <v>0</v>
+      </c>
+      <c r="F50" s="6">
+        <v>8.5299999999999994</v>
+      </c>
+      <c r="G50" s="6">
+        <v>97</v>
+      </c>
+      <c r="H50" s="33" t="s">
+        <v>42</v>
+      </c>
+      <c r="I50" s="11"/>
+      <c r="J50" s="11"/>
+    </row>
+    <row r="51" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B51" s="32">
+        <v>44805</v>
+      </c>
+      <c r="C51" s="37">
+        <v>45021</v>
+      </c>
+      <c r="D51" s="37">
+        <v>45021</v>
+      </c>
+      <c r="E51" s="6">
+        <v>0</v>
+      </c>
+      <c r="F51" s="6">
+        <v>6.7</v>
+      </c>
+      <c r="G51" s="6">
+        <v>79</v>
+      </c>
+      <c r="H51" s="33" t="s">
+        <v>42</v>
+      </c>
+      <c r="I51" s="11"/>
+      <c r="J51" s="11"/>
+    </row>
+    <row r="52" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B52" s="32">
+        <v>44774</v>
+      </c>
+      <c r="C52" s="37">
+        <v>45021</v>
+      </c>
+      <c r="D52" s="37">
+        <v>45021</v>
+      </c>
+      <c r="E52" s="6">
+        <v>0</v>
+      </c>
+      <c r="F52" s="6">
+        <v>5.83</v>
+      </c>
+      <c r="G52" s="6">
+        <v>81</v>
+      </c>
+      <c r="H52" s="33" t="s">
+        <v>42</v>
+      </c>
+      <c r="I52" s="11"/>
+      <c r="J52" s="11"/>
+    </row>
+    <row r="53" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B53" s="32">
+        <v>44743</v>
+      </c>
+      <c r="C53" s="37">
+        <v>45021</v>
+      </c>
+      <c r="D53" s="37">
+        <v>45021</v>
+      </c>
+      <c r="E53" s="6">
+        <v>0</v>
+      </c>
+      <c r="F53" s="6">
+        <v>6.68</v>
+      </c>
+      <c r="G53" s="6">
+        <v>73</v>
+      </c>
+      <c r="H53" s="33" t="s">
+        <v>42</v>
+      </c>
+      <c r="I53" s="11"/>
+      <c r="J53" s="11"/>
+    </row>
+    <row r="54" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B54" s="32">
+        <v>44713</v>
+      </c>
+      <c r="C54" s="37">
+        <v>45021</v>
+      </c>
+      <c r="D54" s="37">
+        <v>45021</v>
+      </c>
+      <c r="E54" s="6">
+        <v>0</v>
+      </c>
+      <c r="F54" s="6">
+        <v>5.8</v>
+      </c>
+      <c r="G54" s="6">
+        <v>84</v>
+      </c>
+      <c r="H54" s="33" t="s">
+        <v>42</v>
+      </c>
+      <c r="I54" s="11"/>
+      <c r="J54" s="11"/>
+    </row>
+    <row r="55" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B55" s="32">
+        <v>44682</v>
+      </c>
+      <c r="C55" s="37">
+        <v>45021</v>
+      </c>
+      <c r="D55" s="37">
+        <v>45021</v>
+      </c>
+      <c r="E55" s="6">
+        <v>0</v>
+      </c>
+      <c r="F55" s="6">
+        <v>6.8</v>
+      </c>
+      <c r="G55" s="6">
+        <v>57</v>
+      </c>
+      <c r="H55" s="33" t="s">
+        <v>42</v>
+      </c>
+      <c r="I55" s="11"/>
+      <c r="J55" s="11"/>
+    </row>
+    <row r="56" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B56" s="32">
+        <v>44652</v>
+      </c>
+      <c r="C56" s="37">
+        <v>45021</v>
+      </c>
+      <c r="D56" s="37">
+        <v>45021</v>
+      </c>
+      <c r="E56" s="6">
+        <v>0</v>
+      </c>
+      <c r="F56" s="6">
+        <v>6.92</v>
+      </c>
+      <c r="G56" s="6">
+        <v>69</v>
+      </c>
+      <c r="H56" s="33" t="s">
+        <v>42</v>
+      </c>
+      <c r="I56" s="11"/>
+      <c r="J56" s="11"/>
+    </row>
+    <row r="57" spans="2:10" ht="31.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B57" s="32">
+        <v>44621</v>
+      </c>
+      <c r="C57" s="37">
+        <v>45021</v>
+      </c>
+      <c r="D57" s="37">
+        <v>45021</v>
+      </c>
+      <c r="E57" s="6">
+        <v>0</v>
+      </c>
+      <c r="F57" s="6">
+        <v>0</v>
+      </c>
+      <c r="G57" s="6">
+        <v>0</v>
+      </c>
+      <c r="H57" s="33" t="s">
+        <v>26</v>
+      </c>
+      <c r="I57" s="11"/>
+      <c r="J57" s="11"/>
+    </row>
+    <row r="58" spans="2:10" ht="72" x14ac:dyDescent="0.3">
+      <c r="B58" s="32">
+        <v>44593</v>
+      </c>
+      <c r="C58" s="37">
+        <v>45021</v>
+      </c>
+      <c r="D58" s="37">
+        <v>45021</v>
+      </c>
+      <c r="E58" s="6">
+        <v>0</v>
+      </c>
+      <c r="F58" s="6">
+        <v>5.92</v>
+      </c>
+      <c r="G58" s="6">
+        <v>62</v>
+      </c>
+      <c r="H58" s="33" t="s">
+        <v>25</v>
+      </c>
+      <c r="I58" s="11"/>
+      <c r="J58" s="11"/>
+    </row>
+    <row r="59" spans="2:10" ht="72" x14ac:dyDescent="0.3">
+      <c r="B59" s="32">
+        <v>44562</v>
+      </c>
+      <c r="C59" s="37">
+        <v>45021</v>
+      </c>
+      <c r="D59" s="37">
+        <v>45021</v>
+      </c>
+      <c r="E59" s="6">
+        <v>0</v>
+      </c>
+      <c r="F59" s="6">
+        <v>6.9</v>
+      </c>
+      <c r="G59" s="6">
+        <v>99</v>
+      </c>
+      <c r="H59" s="33" t="s">
+        <v>25</v>
+      </c>
+      <c r="I59" s="11"/>
+      <c r="J59" s="11"/>
+    </row>
+    <row r="60" spans="2:10" ht="32.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B60" s="32">
+        <v>44531</v>
+      </c>
+      <c r="C60" s="37">
+        <v>45021</v>
+      </c>
+      <c r="D60" s="37">
+        <v>45021</v>
+      </c>
+      <c r="E60" s="6">
+        <v>0</v>
+      </c>
+      <c r="F60" s="6">
+        <v>0</v>
+      </c>
+      <c r="G60" s="6">
+        <v>0</v>
+      </c>
+      <c r="H60" s="33" t="s">
+        <v>26</v>
+      </c>
+      <c r="I60" s="11"/>
+      <c r="J60" s="11"/>
+    </row>
+    <row r="61" spans="2:10" ht="72" x14ac:dyDescent="0.3">
+      <c r="B61" s="32">
+        <v>44501</v>
+      </c>
+      <c r="C61" s="37">
+        <v>45021</v>
+      </c>
+      <c r="D61" s="37">
+        <v>45021</v>
+      </c>
+      <c r="E61" s="6">
+        <v>0</v>
+      </c>
+      <c r="F61" s="6">
+        <v>6.5</v>
+      </c>
+      <c r="G61" s="6">
+        <v>64</v>
+      </c>
+      <c r="H61" s="33" t="s">
+        <v>25</v>
+      </c>
+      <c r="I61" s="11"/>
+      <c r="J61" s="11"/>
+    </row>
+    <row r="62" spans="2:10" ht="69.599999999999994" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B62" s="32">
+        <v>44470</v>
+      </c>
+      <c r="C62" s="37">
+        <v>45021</v>
+      </c>
+      <c r="D62" s="37">
+        <v>45021</v>
+      </c>
+      <c r="E62" s="6">
+        <v>0</v>
+      </c>
+      <c r="F62" s="6">
+        <v>6.89</v>
+      </c>
+      <c r="G62" s="6">
+        <v>98</v>
+      </c>
+      <c r="H62" s="33" t="s">
+        <v>25</v>
+      </c>
+      <c r="I62" s="11"/>
+      <c r="J62" s="11"/>
+    </row>
+    <row r="63" spans="2:10" ht="72" x14ac:dyDescent="0.3">
+      <c r="B63" s="32">
+        <v>44440</v>
+      </c>
+      <c r="C63" s="37">
+        <v>45021</v>
+      </c>
+      <c r="D63" s="37">
+        <v>45021</v>
+      </c>
+      <c r="E63" s="6">
+        <v>0</v>
+      </c>
+      <c r="F63" s="6">
+        <v>7.04</v>
+      </c>
+      <c r="G63" s="6">
         <v>60</v>
       </c>
-      <c r="H25" s="75" t="s">
-[...21 lines deleted...]
-      <c r="G26" s="35">
+      <c r="H63" s="33" t="s">
+        <v>25</v>
+      </c>
+      <c r="I63" s="11"/>
+      <c r="J63" s="11"/>
+    </row>
+    <row r="64" spans="2:10" ht="72" x14ac:dyDescent="0.3">
+      <c r="B64" s="32">
+        <v>44409</v>
+      </c>
+      <c r="C64" s="37">
+        <v>45021</v>
+      </c>
+      <c r="D64" s="37">
+        <v>45021</v>
+      </c>
+      <c r="E64" s="6">
+        <v>0</v>
+      </c>
+      <c r="F64" s="6">
+        <v>8.02</v>
+      </c>
+      <c r="G64" s="6">
+        <v>92</v>
+      </c>
+      <c r="H64" s="33" t="s">
+        <v>25</v>
+      </c>
+      <c r="I64" s="11"/>
+      <c r="J64" s="11"/>
+    </row>
+    <row r="65" spans="2:10" ht="72" x14ac:dyDescent="0.3">
+      <c r="B65" s="32">
+        <v>44378</v>
+      </c>
+      <c r="C65" s="37">
+        <v>45021</v>
+      </c>
+      <c r="D65" s="37">
+        <v>45021</v>
+      </c>
+      <c r="E65" s="6">
+        <v>0</v>
+      </c>
+      <c r="F65" s="6">
+        <v>8.6</v>
+      </c>
+      <c r="G65" s="6">
+        <v>79</v>
+      </c>
+      <c r="H65" s="33" t="s">
+        <v>25</v>
+      </c>
+      <c r="I65" s="11"/>
+      <c r="J65" s="11"/>
+    </row>
+    <row r="66" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B66" s="32">
+        <v>44348</v>
+      </c>
+      <c r="C66" s="37">
+        <v>45021</v>
+      </c>
+      <c r="D66" s="37">
+        <v>45021</v>
+      </c>
+      <c r="E66" s="6">
+        <v>0</v>
+      </c>
+      <c r="F66" s="6">
+        <v>4.6500000000000004</v>
+      </c>
+      <c r="G66" s="6">
+        <v>99</v>
+      </c>
+      <c r="H66" s="33" t="s">
+        <v>46</v>
+      </c>
+      <c r="I66" s="11"/>
+      <c r="J66" s="11"/>
+    </row>
+    <row r="67" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B67" s="32">
+        <v>44317</v>
+      </c>
+      <c r="C67" s="37">
+        <v>45021</v>
+      </c>
+      <c r="D67" s="37">
+        <v>45021</v>
+      </c>
+      <c r="E67" s="6">
+        <v>0</v>
+      </c>
+      <c r="F67" s="6">
+        <v>4.97</v>
+      </c>
+      <c r="G67" s="6">
+        <v>86</v>
+      </c>
+      <c r="H67" s="33" t="s">
+        <v>46</v>
+      </c>
+      <c r="I67" s="11"/>
+      <c r="J67" s="11"/>
+    </row>
+    <row r="68" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B68" s="32">
+        <v>44287</v>
+      </c>
+      <c r="C68" s="37">
+        <v>45021</v>
+      </c>
+      <c r="D68" s="37">
+        <v>45021</v>
+      </c>
+      <c r="E68" s="6">
+        <v>0</v>
+      </c>
+      <c r="F68" s="6">
+        <v>6.45</v>
+      </c>
+      <c r="G68" s="6">
+        <v>63</v>
+      </c>
+      <c r="H68" s="33" t="s">
+        <v>46</v>
+      </c>
+      <c r="I68" s="11"/>
+      <c r="J68" s="11"/>
+    </row>
+    <row r="69" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B69" s="32">
+        <v>44256</v>
+      </c>
+      <c r="C69" s="37">
+        <v>45021</v>
+      </c>
+      <c r="D69" s="37">
+        <v>45021</v>
+      </c>
+      <c r="E69" s="6">
+        <v>7</v>
+      </c>
+      <c r="F69" s="6">
+        <v>15</v>
+      </c>
+      <c r="G69" s="6">
+        <v>75</v>
+      </c>
+      <c r="H69" s="33" t="s">
+        <v>46</v>
+      </c>
+      <c r="I69" s="11"/>
+      <c r="J69" s="11"/>
+    </row>
+    <row r="70" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B70" s="32">
+        <v>44228</v>
+      </c>
+      <c r="C70" s="37">
+        <v>45021</v>
+      </c>
+      <c r="D70" s="37">
+        <v>45021</v>
+      </c>
+      <c r="E70" s="6">
+        <v>5</v>
+      </c>
+      <c r="F70" s="6">
+        <v>11.06</v>
+      </c>
+      <c r="G70" s="6">
+        <v>73</v>
+      </c>
+      <c r="H70" s="33" t="s">
+        <v>46</v>
+      </c>
+      <c r="I70" s="11"/>
+      <c r="J70" s="11"/>
+    </row>
+    <row r="71" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B71" s="32">
+        <v>44197</v>
+      </c>
+      <c r="C71" s="37">
+        <v>45021</v>
+      </c>
+      <c r="D71" s="37">
+        <v>45021</v>
+      </c>
+      <c r="E71" s="6">
+        <v>2</v>
+      </c>
+      <c r="F71" s="6">
+        <v>11.3</v>
+      </c>
+      <c r="G71" s="6">
+        <v>70</v>
+      </c>
+      <c r="H71" s="33" t="s">
+        <v>46</v>
+      </c>
+      <c r="I71" s="11"/>
+      <c r="J71" s="11"/>
+    </row>
+    <row r="72" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B72" s="32">
+        <v>44166</v>
+      </c>
+      <c r="C72" s="37">
+        <v>45021</v>
+      </c>
+      <c r="D72" s="37">
+        <v>45021</v>
+      </c>
+      <c r="E72" s="6">
+        <v>1</v>
+      </c>
+      <c r="F72" s="6">
+        <v>5.76</v>
+      </c>
+      <c r="G72" s="6">
+        <v>65</v>
+      </c>
+      <c r="H72" s="33" t="s">
+        <v>46</v>
+      </c>
+      <c r="I72" s="11"/>
+      <c r="J72" s="11"/>
+    </row>
+    <row r="73" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B73" s="32">
+        <v>44136</v>
+      </c>
+      <c r="C73" s="37">
+        <v>45021</v>
+      </c>
+      <c r="D73" s="37">
+        <v>45021</v>
+      </c>
+      <c r="E73" s="6">
+        <v>0</v>
+      </c>
+      <c r="F73" s="6">
+        <v>7.9</v>
+      </c>
+      <c r="G73" s="6">
+        <v>62</v>
+      </c>
+      <c r="H73" s="33" t="s">
+        <v>46</v>
+      </c>
+      <c r="I73" s="11"/>
+      <c r="J73" s="11"/>
+    </row>
+    <row r="74" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B74" s="32">
+        <v>44105</v>
+      </c>
+      <c r="C74" s="37">
+        <v>45021</v>
+      </c>
+      <c r="D74" s="37">
+        <v>45021</v>
+      </c>
+      <c r="E74" s="6">
+        <v>0</v>
+      </c>
+      <c r="F74" s="6">
+        <v>9.2200000000000006</v>
+      </c>
+      <c r="G74" s="6">
+        <v>76</v>
+      </c>
+      <c r="H74" s="33" t="s">
+        <v>46</v>
+      </c>
+      <c r="I74" s="11"/>
+      <c r="J74" s="11"/>
+    </row>
+    <row r="75" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B75" s="32">
+        <v>44075</v>
+      </c>
+      <c r="C75" s="37">
+        <v>45021</v>
+      </c>
+      <c r="D75" s="37">
+        <v>45021</v>
+      </c>
+      <c r="E75" s="6">
+        <v>0</v>
+      </c>
+      <c r="F75" s="6">
+        <v>8.89</v>
+      </c>
+      <c r="G75" s="6">
+        <v>57</v>
+      </c>
+      <c r="H75" s="33" t="s">
+        <v>46</v>
+      </c>
+      <c r="I75" s="11"/>
+      <c r="J75" s="11"/>
+    </row>
+    <row r="76" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B76" s="32">
+        <v>44044</v>
+      </c>
+      <c r="C76" s="37">
+        <v>45021</v>
+      </c>
+      <c r="D76" s="37">
+        <v>45021</v>
+      </c>
+      <c r="E76" s="6">
+        <v>0</v>
+      </c>
+      <c r="F76" s="6">
+        <v>9.0500000000000007</v>
+      </c>
+      <c r="G76" s="6">
+        <v>70</v>
+      </c>
+      <c r="H76" s="33" t="s">
+        <v>46</v>
+      </c>
+      <c r="I76" s="11"/>
+      <c r="J76" s="11"/>
+    </row>
+    <row r="77" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B77" s="135" t="s">
+        <v>27</v>
+      </c>
+      <c r="C77" s="135"/>
+      <c r="D77" s="135"/>
+      <c r="E77" s="135"/>
+      <c r="F77" s="135"/>
+      <c r="G77" s="135"/>
+      <c r="H77" s="135"/>
+      <c r="I77" s="135"/>
+      <c r="J77" s="135"/>
+    </row>
+    <row r="78" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B78" s="32">
+        <v>44013</v>
+      </c>
+      <c r="C78" s="32"/>
+      <c r="D78" s="32"/>
+      <c r="E78" s="6">
+        <v>0</v>
+      </c>
+      <c r="F78" s="6">
+        <v>9.23</v>
+      </c>
+      <c r="G78" s="6">
+        <v>92</v>
+      </c>
+      <c r="H78" s="33" t="s">
+        <v>46</v>
+      </c>
+      <c r="I78" s="11"/>
+      <c r="J78" s="11"/>
+    </row>
+    <row r="79" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B79" s="32">
+        <v>43983</v>
+      </c>
+      <c r="C79" s="32"/>
+      <c r="D79" s="32"/>
+      <c r="E79" s="6">
+        <v>0</v>
+      </c>
+      <c r="F79" s="6">
+        <v>10.18</v>
+      </c>
+      <c r="G79" s="6">
+        <v>85</v>
+      </c>
+      <c r="H79" s="33" t="s">
+        <v>46</v>
+      </c>
+      <c r="I79" s="11"/>
+      <c r="J79" s="11"/>
+    </row>
+    <row r="80" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B80" s="32">
+        <v>43952</v>
+      </c>
+      <c r="C80" s="32"/>
+      <c r="D80" s="32"/>
+      <c r="E80" s="6">
+        <v>0</v>
+      </c>
+      <c r="F80" s="6">
+        <v>9.6</v>
+      </c>
+      <c r="G80" s="6">
+        <v>72</v>
+      </c>
+      <c r="H80" s="33" t="s">
+        <v>46</v>
+      </c>
+      <c r="I80" s="11"/>
+      <c r="J80" s="31"/>
+    </row>
+    <row r="81" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B81" s="32">
+        <v>43922</v>
+      </c>
+      <c r="C81" s="32"/>
+      <c r="D81" s="32"/>
+      <c r="E81" s="6">
+        <v>3</v>
+      </c>
+      <c r="F81" s="6">
+        <v>9.6</v>
+      </c>
+      <c r="G81" s="6">
+        <v>97</v>
+      </c>
+      <c r="H81" s="33" t="s">
+        <v>46</v>
+      </c>
+      <c r="I81" s="11"/>
+      <c r="J81" s="11"/>
+    </row>
+    <row r="82" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B82" s="32">
+        <v>43891</v>
+      </c>
+      <c r="C82" s="32"/>
+      <c r="D82" s="32"/>
+      <c r="E82" s="6">
+        <v>0</v>
+      </c>
+      <c r="F82" s="6">
+        <v>14.45</v>
+      </c>
+      <c r="G82" s="6">
         <v>78</v>
       </c>
-      <c r="H26" s="75" t="s">
-[...43 lines deleted...]
-      <c r="F28" s="86">
+      <c r="H82" s="33" t="s">
+        <v>46</v>
+      </c>
+      <c r="I82" s="11"/>
+      <c r="J82" s="11"/>
+    </row>
+    <row r="83" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B83" s="32">
+        <v>43862</v>
+      </c>
+      <c r="C83" s="32"/>
+      <c r="D83" s="32"/>
+      <c r="E83" s="6">
+        <v>12</v>
+      </c>
+      <c r="F83" s="6">
+        <v>17.8</v>
+      </c>
+      <c r="G83" s="6">
+        <v>96</v>
+      </c>
+      <c r="H83" s="33" t="s">
+        <v>46</v>
+      </c>
+      <c r="I83" s="11"/>
+      <c r="J83" s="11"/>
+    </row>
+    <row r="84" spans="2:10" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="B84" s="32">
+        <v>43831</v>
+      </c>
+      <c r="C84" s="32"/>
+      <c r="D84" s="32"/>
+      <c r="E84" s="6">
+        <v>0</v>
+      </c>
+      <c r="F84" s="6">
+        <v>12.1</v>
+      </c>
+      <c r="G84" s="6">
+        <v>79</v>
+      </c>
+      <c r="H84" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="I84" s="11"/>
+      <c r="J84" s="11"/>
+    </row>
+    <row r="85" spans="2:10" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="B85" s="32">
+        <v>43800</v>
+      </c>
+      <c r="C85" s="32"/>
+      <c r="D85" s="32"/>
+      <c r="E85" s="6">
+        <v>0</v>
+      </c>
+      <c r="F85" s="6">
+        <v>12.64</v>
+      </c>
+      <c r="G85" s="6">
+        <v>84</v>
+      </c>
+      <c r="H85" s="33" t="s">
+        <v>48</v>
+      </c>
+      <c r="I85" s="11"/>
+      <c r="J85" s="11"/>
+    </row>
+    <row r="86" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B86" s="32">
+        <v>43770</v>
+      </c>
+      <c r="C86" s="32"/>
+      <c r="D86" s="32"/>
+      <c r="E86" s="6">
+        <v>0</v>
+      </c>
+      <c r="F86" s="6">
+        <v>11.6</v>
+      </c>
+      <c r="G86" s="6">
+        <v>93</v>
+      </c>
+      <c r="H86" s="33" t="s">
+        <v>46</v>
+      </c>
+      <c r="I86" s="11"/>
+      <c r="J86" s="11"/>
+    </row>
+    <row r="87" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B87" s="32">
+        <v>43739</v>
+      </c>
+      <c r="C87" s="32"/>
+      <c r="D87" s="32"/>
+      <c r="E87" s="6">
+        <v>0</v>
+      </c>
+      <c r="F87" s="6">
+        <v>6.24</v>
+      </c>
+      <c r="G87" s="6">
+        <v>88</v>
+      </c>
+      <c r="H87" s="33" t="s">
+        <v>46</v>
+      </c>
+      <c r="I87" s="11"/>
+      <c r="J87" s="11"/>
+    </row>
+    <row r="88" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B88" s="32">
+        <v>43709</v>
+      </c>
+      <c r="C88" s="32"/>
+      <c r="D88" s="32"/>
+      <c r="E88" s="6">
+        <v>0</v>
+      </c>
+      <c r="F88" s="6">
+        <v>9.7100000000000009</v>
+      </c>
+      <c r="G88" s="6">
+        <v>99</v>
+      </c>
+      <c r="H88" s="33" t="s">
+        <v>46</v>
+      </c>
+      <c r="I88" s="11"/>
+      <c r="J88" s="11"/>
+    </row>
+    <row r="89" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B89" s="32">
+        <v>43678</v>
+      </c>
+      <c r="C89" s="32"/>
+      <c r="D89" s="32"/>
+      <c r="E89" s="6">
+        <v>0</v>
+      </c>
+      <c r="F89" s="6">
+        <v>8.4600000000000009</v>
+      </c>
+      <c r="G89" s="6">
+        <v>64</v>
+      </c>
+      <c r="H89" s="33" t="s">
+        <v>46</v>
+      </c>
+      <c r="I89" s="11"/>
+      <c r="J89" s="11"/>
+    </row>
+    <row r="90" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B90" s="32">
+        <v>43647</v>
+      </c>
+      <c r="C90" s="32"/>
+      <c r="D90" s="32"/>
+      <c r="E90" s="6">
+        <v>1</v>
+      </c>
+      <c r="F90" s="6">
+        <v>9.41</v>
+      </c>
+      <c r="G90" s="6">
+        <v>91</v>
+      </c>
+      <c r="H90" s="33" t="s">
+        <v>46</v>
+      </c>
+      <c r="I90" s="11"/>
+      <c r="J90" s="11"/>
+    </row>
+    <row r="91" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B91" s="32">
+        <v>43617</v>
+      </c>
+      <c r="C91" s="32"/>
+      <c r="D91" s="32"/>
+      <c r="E91" s="6">
+        <v>0</v>
+      </c>
+      <c r="F91" s="6">
+        <v>9.0399999999999991</v>
+      </c>
+      <c r="G91" s="6">
+        <v>57</v>
+      </c>
+      <c r="H91" s="33" t="s">
+        <v>46</v>
+      </c>
+      <c r="I91" s="11"/>
+      <c r="J91" s="11"/>
+    </row>
+    <row r="92" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B92" s="32">
+        <v>43586</v>
+      </c>
+      <c r="C92" s="32"/>
+      <c r="D92" s="32"/>
+      <c r="E92" s="6">
+        <v>0</v>
+      </c>
+      <c r="F92" s="6">
+        <v>7.88</v>
+      </c>
+      <c r="G92" s="6">
+        <v>59</v>
+      </c>
+      <c r="H92" s="33" t="s">
+        <v>46</v>
+      </c>
+      <c r="I92" s="11"/>
+      <c r="J92" s="11"/>
+    </row>
+    <row r="93" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B93" s="32">
+        <v>43556</v>
+      </c>
+      <c r="C93" s="32"/>
+      <c r="D93" s="32"/>
+      <c r="E93" s="6">
+        <v>0</v>
+      </c>
+      <c r="F93" s="6">
+        <v>9.08</v>
+      </c>
+      <c r="G93" s="6">
+        <v>78</v>
+      </c>
+      <c r="H93" s="33" t="s">
+        <v>46</v>
+      </c>
+      <c r="I93" s="11"/>
+      <c r="J93" s="11"/>
+    </row>
+    <row r="94" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B94" s="19">
+        <v>43525</v>
+      </c>
+      <c r="C94" s="19"/>
+      <c r="D94" s="19"/>
+      <c r="E94" s="14">
+        <v>0</v>
+      </c>
+      <c r="F94" s="6">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="G94" s="15">
+        <v>86</v>
+      </c>
+      <c r="H94" s="27" t="s">
+        <v>46</v>
+      </c>
+      <c r="I94" s="13"/>
+      <c r="J94" s="3"/>
+    </row>
+    <row r="95" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B95" s="19">
+        <v>43497</v>
+      </c>
+      <c r="C95" s="19"/>
+      <c r="D95" s="19"/>
+      <c r="E95" s="14">
+        <v>0</v>
+      </c>
+      <c r="F95" s="6">
+        <v>8.06</v>
+      </c>
+      <c r="G95" s="15">
+        <v>98</v>
+      </c>
+      <c r="H95" s="27" t="s">
+        <v>46</v>
+      </c>
+      <c r="I95" s="13"/>
+      <c r="J95" s="3"/>
+    </row>
+    <row r="96" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B96" s="19">
+        <v>43466</v>
+      </c>
+      <c r="C96" s="19"/>
+      <c r="D96" s="19"/>
+      <c r="E96" s="14">
+        <v>0</v>
+      </c>
+      <c r="F96" s="6">
+        <v>6.7</v>
+      </c>
+      <c r="G96" s="15">
+        <v>81</v>
+      </c>
+      <c r="H96" s="27" t="s">
+        <v>46</v>
+      </c>
+      <c r="I96" s="13"/>
+      <c r="J96" s="3"/>
+    </row>
+    <row r="97" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B97" s="19">
+        <v>43435</v>
+      </c>
+      <c r="C97" s="19"/>
+      <c r="D97" s="19"/>
+      <c r="E97" s="14">
+        <v>0</v>
+      </c>
+      <c r="F97" s="6">
+        <v>8.4600000000000009</v>
+      </c>
+      <c r="G97" s="15">
+        <v>93</v>
+      </c>
+      <c r="H97" s="27" t="s">
+        <v>46</v>
+      </c>
+      <c r="I97" s="13"/>
+      <c r="J97" s="3"/>
+    </row>
+    <row r="98" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B98" s="19">
+        <v>43405</v>
+      </c>
+      <c r="C98" s="19"/>
+      <c r="D98" s="19"/>
+      <c r="E98" s="14">
+        <v>0</v>
+      </c>
+      <c r="F98" s="6">
+        <v>7.84</v>
+      </c>
+      <c r="G98" s="15">
+        <v>99</v>
+      </c>
+      <c r="H98" s="27" t="s">
+        <v>49</v>
+      </c>
+      <c r="I98" s="13"/>
+      <c r="J98" s="3"/>
+    </row>
+    <row r="99" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B99" s="19">
+        <v>43374</v>
+      </c>
+      <c r="C99" s="19"/>
+      <c r="D99" s="19"/>
+      <c r="E99" s="14">
+        <v>0</v>
+      </c>
+      <c r="F99" s="6">
+        <v>7.36</v>
+      </c>
+      <c r="G99" s="15">
+        <v>69</v>
+      </c>
+      <c r="H99" s="27" t="s">
+        <v>46</v>
+      </c>
+      <c r="I99" s="13"/>
+      <c r="J99" s="3"/>
+    </row>
+    <row r="100" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B100" s="19">
+        <v>43344</v>
+      </c>
+      <c r="C100" s="19"/>
+      <c r="D100" s="19"/>
+      <c r="E100" s="14">
+        <v>0</v>
+      </c>
+      <c r="F100" s="6">
+        <v>8.7100000000000009</v>
+      </c>
+      <c r="G100" s="15">
+        <v>93</v>
+      </c>
+      <c r="H100" s="27" t="s">
+        <v>46</v>
+      </c>
+      <c r="I100" s="13"/>
+      <c r="J100" s="3"/>
+    </row>
+    <row r="101" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B101" s="19">
+        <v>43313</v>
+      </c>
+      <c r="C101" s="19"/>
+      <c r="D101" s="19"/>
+      <c r="E101" s="14">
+        <v>1</v>
+      </c>
+      <c r="F101" s="6">
+        <v>9.3800000000000008</v>
+      </c>
+      <c r="G101" s="15">
+        <v>93</v>
+      </c>
+      <c r="H101" s="27"/>
+      <c r="I101" s="13"/>
+      <c r="J101" s="3"/>
+    </row>
+    <row r="102" spans="2:10" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B102" s="19">
+        <v>43282</v>
+      </c>
+      <c r="C102" s="19"/>
+      <c r="D102" s="19"/>
+      <c r="E102" s="14">
+        <v>0</v>
+      </c>
+      <c r="F102" s="6">
+        <v>10.24</v>
+      </c>
+      <c r="G102" s="15">
+        <v>89</v>
+      </c>
+      <c r="H102" s="27" t="s">
+        <v>46</v>
+      </c>
+      <c r="I102" s="13"/>
+      <c r="J102" s="3"/>
+    </row>
+    <row r="103" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B103" s="19">
+        <v>43252</v>
+      </c>
+      <c r="C103" s="19"/>
+      <c r="D103" s="19"/>
+      <c r="E103" s="14">
+        <v>0</v>
+      </c>
+      <c r="F103" s="6">
+        <v>9.76</v>
+      </c>
+      <c r="G103" s="15">
+        <v>100</v>
+      </c>
+      <c r="H103" s="27"/>
+      <c r="I103" s="13"/>
+      <c r="J103" s="3"/>
+    </row>
+    <row r="104" spans="2:10" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="B104" s="18">
+        <v>43221</v>
+      </c>
+      <c r="C104" s="18"/>
+      <c r="D104" s="18"/>
+      <c r="E104" s="14">
+        <v>0</v>
+      </c>
+      <c r="F104" s="6">
+        <v>8.58</v>
+      </c>
+      <c r="G104" s="15">
+        <v>100</v>
+      </c>
+      <c r="H104" s="28"/>
+      <c r="I104" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="J104" s="21" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="105" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B105" s="18">
+        <v>43191</v>
+      </c>
+      <c r="C105" s="18"/>
+      <c r="D105" s="18"/>
+      <c r="E105" s="14">
+        <v>0</v>
+      </c>
+      <c r="F105" s="6">
+        <v>7.21</v>
+      </c>
+      <c r="G105" s="15">
+        <v>94</v>
+      </c>
+      <c r="H105" s="28"/>
+      <c r="I105" s="13"/>
+      <c r="J105" s="3"/>
+    </row>
+    <row r="106" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B106" s="18">
+        <v>43160</v>
+      </c>
+      <c r="C106" s="18"/>
+      <c r="D106" s="18"/>
+      <c r="E106" s="14">
+        <v>0</v>
+      </c>
+      <c r="F106" s="6">
+        <v>8.2899999999999991</v>
+      </c>
+      <c r="G106" s="15">
+        <v>99</v>
+      </c>
+      <c r="H106" s="28"/>
+      <c r="I106" s="13"/>
+      <c r="J106" s="3"/>
+    </row>
+    <row r="107" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B107" s="18">
+        <v>43132</v>
+      </c>
+      <c r="C107" s="18"/>
+      <c r="D107" s="18"/>
+      <c r="E107" s="14">
+        <v>0</v>
+      </c>
+      <c r="F107" s="6">
+        <v>8.25</v>
+      </c>
+      <c r="G107" s="15">
+        <v>99</v>
+      </c>
+      <c r="H107" s="28"/>
+      <c r="I107" s="13"/>
+      <c r="J107" s="3"/>
+    </row>
+    <row r="108" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B108" s="18">
+        <v>43101</v>
+      </c>
+      <c r="C108" s="18"/>
+      <c r="D108" s="18"/>
+      <c r="E108" s="14">
+        <v>0</v>
+      </c>
+      <c r="F108" s="6">
+        <v>6.57</v>
+      </c>
+      <c r="G108" s="15">
+        <v>100</v>
+      </c>
+      <c r="H108" s="28"/>
+      <c r="I108" s="13"/>
+      <c r="J108" s="3"/>
+    </row>
+    <row r="109" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B109" s="18">
+        <v>43070</v>
+      </c>
+      <c r="C109" s="18"/>
+      <c r="D109" s="18"/>
+      <c r="E109" s="14">
+        <v>0</v>
+      </c>
+      <c r="F109" s="6">
+        <v>6.31</v>
+      </c>
+      <c r="G109" s="15">
+        <v>96</v>
+      </c>
+      <c r="H109" s="28"/>
+      <c r="I109" s="13"/>
+      <c r="J109" s="3"/>
+    </row>
+    <row r="110" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B110" s="18">
+        <v>43040</v>
+      </c>
+      <c r="C110" s="18"/>
+      <c r="D110" s="18"/>
+      <c r="E110" s="14">
+        <v>0</v>
+      </c>
+      <c r="F110" s="6">
+        <v>8.5</v>
+      </c>
+      <c r="G110" s="15">
+        <v>100</v>
+      </c>
+      <c r="H110" s="28"/>
+      <c r="I110" s="13"/>
+      <c r="J110" s="3"/>
+    </row>
+    <row r="111" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B111" s="18">
+        <v>43009</v>
+      </c>
+      <c r="C111" s="18"/>
+      <c r="D111" s="18"/>
+      <c r="E111" s="14">
+        <v>0</v>
+      </c>
+      <c r="F111" s="6">
+        <v>7.6</v>
+      </c>
+      <c r="G111" s="15">
+        <v>100</v>
+      </c>
+      <c r="H111" s="28"/>
+      <c r="I111" s="13"/>
+      <c r="J111" s="3"/>
+    </row>
+    <row r="112" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B112" s="18">
+        <v>42979</v>
+      </c>
+      <c r="C112" s="18"/>
+      <c r="D112" s="18"/>
+      <c r="E112" s="14">
+        <v>0</v>
+      </c>
+      <c r="F112" s="6">
+        <v>8.86</v>
+      </c>
+      <c r="G112" s="15">
+        <v>100</v>
+      </c>
+      <c r="H112" s="28"/>
+      <c r="I112" s="13"/>
+      <c r="J112" s="3"/>
+    </row>
+    <row r="113" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B113" s="18">
+        <v>42948</v>
+      </c>
+      <c r="C113" s="18"/>
+      <c r="D113" s="18"/>
+      <c r="E113" s="14">
+        <v>0</v>
+      </c>
+      <c r="F113" s="6">
+        <v>8.6300000000000008</v>
+      </c>
+      <c r="G113" s="15">
+        <v>100</v>
+      </c>
+      <c r="H113" s="28"/>
+      <c r="I113" s="13"/>
+      <c r="J113" s="3"/>
+    </row>
+    <row r="114" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B114" s="18">
+        <v>42917</v>
+      </c>
+      <c r="C114" s="18"/>
+      <c r="D114" s="18"/>
+      <c r="E114" s="14">
+        <v>0</v>
+      </c>
+      <c r="F114" s="6">
+        <v>9.42</v>
+      </c>
+      <c r="G114" s="15">
+        <v>81</v>
+      </c>
+      <c r="H114" s="28"/>
+      <c r="I114" s="13"/>
+      <c r="J114" s="3"/>
+    </row>
+    <row r="115" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B115" s="18">
+        <v>42887</v>
+      </c>
+      <c r="C115" s="18"/>
+      <c r="D115" s="18"/>
+      <c r="E115" s="14">
+        <v>0</v>
+      </c>
+      <c r="F115" s="6">
+        <v>9.92</v>
+      </c>
+      <c r="G115" s="15">
+        <v>78</v>
+      </c>
+      <c r="H115" s="28"/>
+      <c r="I115" s="13"/>
+      <c r="J115" s="3"/>
+    </row>
+    <row r="116" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B116" s="18">
+        <v>42856</v>
+      </c>
+      <c r="C116" s="18"/>
+      <c r="D116" s="18"/>
+      <c r="E116" s="14">
+        <v>0</v>
+      </c>
+      <c r="F116" s="6">
+        <v>8.73</v>
+      </c>
+      <c r="G116" s="15">
+        <v>99</v>
+      </c>
+      <c r="H116" s="28"/>
+      <c r="I116" s="13"/>
+      <c r="J116" s="3"/>
+    </row>
+    <row r="117" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B117" s="18">
+        <v>42826</v>
+      </c>
+      <c r="C117" s="18"/>
+      <c r="D117" s="18"/>
+      <c r="E117" s="14">
+        <v>0</v>
+      </c>
+      <c r="F117" s="6">
+        <v>8.2100000000000009</v>
+      </c>
+      <c r="G117" s="15">
+        <v>99</v>
+      </c>
+      <c r="H117" s="28"/>
+      <c r="I117" s="13"/>
+      <c r="J117" s="3"/>
+    </row>
+    <row r="118" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B118" s="18">
+        <v>42795</v>
+      </c>
+      <c r="C118" s="18"/>
+      <c r="D118" s="18"/>
+      <c r="E118" s="14">
+        <v>0</v>
+      </c>
+      <c r="F118" s="6">
         <v>7.09</v>
       </c>
-      <c r="G28" s="35">
+      <c r="G118" s="15">
+        <v>100</v>
+      </c>
+      <c r="H118" s="28"/>
+      <c r="I118" s="13"/>
+      <c r="J118" s="3"/>
+    </row>
+    <row r="119" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B119" s="18">
+        <v>42767</v>
+      </c>
+      <c r="C119" s="18"/>
+      <c r="D119" s="18"/>
+      <c r="E119" s="14">
+        <v>0</v>
+      </c>
+      <c r="F119" s="6">
+        <v>8.07</v>
+      </c>
+      <c r="G119" s="15">
+        <v>81</v>
+      </c>
+      <c r="H119" s="28"/>
+      <c r="I119" s="13"/>
+      <c r="J119" s="3"/>
+    </row>
+    <row r="120" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B120" s="18">
+        <v>42736</v>
+      </c>
+      <c r="C120" s="18"/>
+      <c r="D120" s="18"/>
+      <c r="E120" s="14">
+        <v>0</v>
+      </c>
+      <c r="F120" s="6">
+        <v>5.67</v>
+      </c>
+      <c r="G120" s="15">
+        <v>100</v>
+      </c>
+      <c r="H120" s="28"/>
+      <c r="I120" s="13"/>
+      <c r="J120" s="3"/>
+    </row>
+    <row r="121" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B121" s="18">
+        <v>42705</v>
+      </c>
+      <c r="C121" s="18"/>
+      <c r="D121" s="18"/>
+      <c r="E121" s="14">
+        <v>0</v>
+      </c>
+      <c r="F121" s="6">
+        <v>5.41</v>
+      </c>
+      <c r="G121" s="15">
+        <v>79</v>
+      </c>
+      <c r="H121" s="28"/>
+      <c r="I121" s="13"/>
+      <c r="J121" s="3"/>
+    </row>
+    <row r="122" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B122" s="18">
+        <v>42675</v>
+      </c>
+      <c r="C122" s="18"/>
+      <c r="D122" s="18"/>
+      <c r="E122" s="14">
+        <v>0</v>
+      </c>
+      <c r="F122" s="6">
+        <v>6.15</v>
+      </c>
+      <c r="G122" s="15">
+        <v>99</v>
+      </c>
+      <c r="H122" s="28"/>
+      <c r="I122" s="13"/>
+      <c r="J122" s="3"/>
+    </row>
+    <row r="123" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B123" s="18">
+        <v>42644</v>
+      </c>
+      <c r="C123" s="18"/>
+      <c r="D123" s="18"/>
+      <c r="E123" s="14">
+        <v>0</v>
+      </c>
+      <c r="F123" s="6">
+        <v>6.18</v>
+      </c>
+      <c r="G123" s="15">
+        <v>98</v>
+      </c>
+      <c r="H123" s="28"/>
+      <c r="I123" s="13"/>
+      <c r="J123" s="3"/>
+    </row>
+    <row r="124" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B124" s="18">
+        <v>42614</v>
+      </c>
+      <c r="C124" s="18"/>
+      <c r="D124" s="18"/>
+      <c r="E124" s="14">
+        <v>0</v>
+      </c>
+      <c r="F124" s="6">
+        <v>7.01</v>
+      </c>
+      <c r="G124" s="15">
+        <v>97</v>
+      </c>
+      <c r="H124" s="28"/>
+      <c r="I124" s="13"/>
+      <c r="J124" s="3"/>
+    </row>
+    <row r="125" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B125" s="19">
+        <v>42583</v>
+      </c>
+      <c r="C125" s="19"/>
+      <c r="D125" s="19"/>
+      <c r="E125" s="14">
+        <v>0</v>
+      </c>
+      <c r="F125" s="6">
+        <v>7.1</v>
+      </c>
+      <c r="G125" s="15">
+        <v>100</v>
+      </c>
+      <c r="H125" s="28"/>
+      <c r="I125" s="13"/>
+      <c r="J125" s="3"/>
+    </row>
+    <row r="126" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B126" s="19">
+        <v>42552</v>
+      </c>
+      <c r="C126" s="19"/>
+      <c r="D126" s="19"/>
+      <c r="E126" s="14">
+        <v>0</v>
+      </c>
+      <c r="F126" s="6">
+        <v>7</v>
+      </c>
+      <c r="G126" s="15">
+        <v>100</v>
+      </c>
+      <c r="H126" s="28"/>
+      <c r="I126" s="13"/>
+      <c r="J126" s="3"/>
+    </row>
+    <row r="127" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B127" s="19">
+        <v>42522</v>
+      </c>
+      <c r="C127" s="19"/>
+      <c r="D127" s="19"/>
+      <c r="E127" s="14">
+        <v>0</v>
+      </c>
+      <c r="F127" s="6">
+        <v>7.12</v>
+      </c>
+      <c r="G127" s="15">
+        <v>98</v>
+      </c>
+      <c r="H127" s="28"/>
+      <c r="I127" s="13"/>
+      <c r="J127" s="3"/>
+    </row>
+    <row r="128" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B128" s="19">
+        <v>42491</v>
+      </c>
+      <c r="C128" s="19"/>
+      <c r="D128" s="19"/>
+      <c r="E128" s="14">
+        <v>0</v>
+      </c>
+      <c r="F128" s="6">
+        <v>6</v>
+      </c>
+      <c r="G128" s="15">
+        <v>54</v>
+      </c>
+      <c r="H128" s="28"/>
+      <c r="I128" s="13"/>
+      <c r="J128" s="3"/>
+    </row>
+    <row r="129" spans="2:10" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B129" s="19">
+        <v>42461</v>
+      </c>
+      <c r="C129" s="19"/>
+      <c r="D129" s="19"/>
+      <c r="E129" s="14">
+        <v>0</v>
+      </c>
+      <c r="F129" s="6">
+        <v>5.9</v>
+      </c>
+      <c r="G129" s="15">
+        <v>95</v>
+      </c>
+      <c r="H129" s="28"/>
+      <c r="I129" s="13"/>
+      <c r="J129" s="3"/>
+    </row>
+    <row r="130" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B130" s="19">
+        <v>42430</v>
+      </c>
+      <c r="C130" s="19"/>
+      <c r="D130" s="19"/>
+      <c r="E130" s="14">
+        <v>0</v>
+      </c>
+      <c r="F130" s="6">
+        <v>6.1</v>
+      </c>
+      <c r="G130" s="15">
+        <v>80</v>
+      </c>
+      <c r="H130" s="28"/>
+      <c r="I130" s="13"/>
+      <c r="J130" s="3"/>
+    </row>
+    <row r="131" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B131" s="19">
+        <v>42401</v>
+      </c>
+      <c r="C131" s="19"/>
+      <c r="D131" s="19"/>
+      <c r="E131" s="14">
+        <v>0</v>
+      </c>
+      <c r="F131" s="6">
+        <v>5.9</v>
+      </c>
+      <c r="G131" s="15">
+        <v>99</v>
+      </c>
+      <c r="H131" s="28"/>
+      <c r="I131" s="13"/>
+      <c r="J131" s="3"/>
+    </row>
+    <row r="132" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B132" s="20">
+        <v>42370</v>
+      </c>
+      <c r="C132" s="20"/>
+      <c r="D132" s="20"/>
+      <c r="E132" s="14">
+        <v>0</v>
+      </c>
+      <c r="F132" s="6">
+        <v>5.74</v>
+      </c>
+      <c r="G132" s="15">
+        <v>86</v>
+      </c>
+      <c r="H132" s="28"/>
+      <c r="I132" s="25"/>
+      <c r="J132" s="22"/>
+    </row>
+    <row r="133" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B133" s="20">
+        <v>42339</v>
+      </c>
+      <c r="C133" s="20"/>
+      <c r="D133" s="20"/>
+      <c r="E133" s="14">
+        <v>0</v>
+      </c>
+      <c r="F133" s="6">
+        <v>3.44</v>
+      </c>
+      <c r="G133" s="15">
+        <v>81</v>
+      </c>
+      <c r="H133" s="28"/>
+      <c r="I133" s="25"/>
+      <c r="J133" s="22"/>
+    </row>
+    <row r="134" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B134" s="20">
+        <v>42309</v>
+      </c>
+      <c r="C134" s="20"/>
+      <c r="D134" s="20"/>
+      <c r="E134" s="14">
+        <v>0</v>
+      </c>
+      <c r="F134" s="6">
+        <v>5.37</v>
+      </c>
+      <c r="G134" s="15">
+        <v>43</v>
+      </c>
+      <c r="H134" s="28"/>
+      <c r="I134" s="25"/>
+      <c r="J134" s="22"/>
+    </row>
+    <row r="135" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B135" s="20">
+        <v>42278</v>
+      </c>
+      <c r="C135" s="20"/>
+      <c r="D135" s="20"/>
+      <c r="E135" s="14">
+        <v>0</v>
+      </c>
+      <c r="F135" s="6">
+        <v>6.32</v>
+      </c>
+      <c r="G135" s="15">
+        <v>100</v>
+      </c>
+      <c r="H135" s="28"/>
+      <c r="I135" s="25"/>
+      <c r="J135" s="22"/>
+    </row>
+    <row r="136" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B136" s="20">
+        <v>42248</v>
+      </c>
+      <c r="C136" s="20"/>
+      <c r="D136" s="20"/>
+      <c r="E136" s="14">
+        <v>0</v>
+      </c>
+      <c r="F136" s="6">
+        <v>6.18</v>
+      </c>
+      <c r="G136" s="15">
         <v>74</v>
       </c>
-      <c r="H28" s="75" t="s">
-[...171 lines deleted...]
-      <c r="G35" s="23">
+      <c r="H136" s="28"/>
+      <c r="I136" s="25"/>
+      <c r="J136" s="22"/>
+    </row>
+    <row r="137" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B137" s="20">
+        <v>42217</v>
+      </c>
+      <c r="C137" s="20"/>
+      <c r="D137" s="20"/>
+      <c r="E137" s="14">
+        <v>0</v>
+      </c>
+      <c r="F137" s="6">
+        <v>6.16</v>
+      </c>
+      <c r="G137" s="15">
+        <v>86</v>
+      </c>
+      <c r="H137" s="28"/>
+      <c r="I137" s="25"/>
+      <c r="J137" s="22"/>
+    </row>
+    <row r="138" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B138" s="20">
+        <v>42186</v>
+      </c>
+      <c r="C138" s="20"/>
+      <c r="D138" s="20"/>
+      <c r="E138" s="14">
+        <v>0</v>
+      </c>
+      <c r="F138" s="6">
+        <v>7.3</v>
+      </c>
+      <c r="G138" s="15">
+        <v>100</v>
+      </c>
+      <c r="H138" s="28"/>
+      <c r="I138" s="25"/>
+      <c r="J138" s="22"/>
+    </row>
+    <row r="139" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B139" s="20">
+        <v>42156</v>
+      </c>
+      <c r="C139" s="20"/>
+      <c r="D139" s="20"/>
+      <c r="E139" s="14">
+        <v>0</v>
+      </c>
+      <c r="F139" s="6">
+        <v>7.97</v>
+      </c>
+      <c r="G139" s="15">
+        <v>99</v>
+      </c>
+      <c r="H139" s="28"/>
+      <c r="I139" s="25"/>
+      <c r="J139" s="22"/>
+    </row>
+    <row r="140" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B140" s="20">
+        <v>42125</v>
+      </c>
+      <c r="C140" s="20"/>
+      <c r="D140" s="20"/>
+      <c r="E140" s="14">
+        <v>0</v>
+      </c>
+      <c r="F140" s="6">
+        <v>7.67</v>
+      </c>
+      <c r="G140" s="15">
+        <v>100</v>
+      </c>
+      <c r="H140" s="28"/>
+      <c r="I140" s="25"/>
+      <c r="J140" s="22"/>
+    </row>
+    <row r="141" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B141" s="20">
+        <v>42095</v>
+      </c>
+      <c r="C141" s="20"/>
+      <c r="D141" s="20"/>
+      <c r="E141" s="14">
+        <v>0</v>
+      </c>
+      <c r="F141" s="6">
+        <v>8.33</v>
+      </c>
+      <c r="G141" s="15">
         <v>72</v>
       </c>
-      <c r="H35" s="77" t="s">
-[...71 lines deleted...]
-      <c r="G38" s="23">
+      <c r="H141" s="28"/>
+      <c r="I141" s="25"/>
+      <c r="J141" s="22"/>
+    </row>
+    <row r="142" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B142" s="20">
+        <v>42064</v>
+      </c>
+      <c r="C142" s="20"/>
+      <c r="D142" s="20"/>
+      <c r="E142" s="23">
+        <v>0</v>
+      </c>
+      <c r="F142" s="2">
+        <v>6.25</v>
+      </c>
+      <c r="G142" s="24">
         <v>81</v>
       </c>
-      <c r="H38" s="77" t="s">
-[...46 lines deleted...]
-      <c r="G40" s="23">
+      <c r="H142" s="28"/>
+      <c r="I142" s="25"/>
+      <c r="J142" s="22"/>
+    </row>
+    <row r="143" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B143" s="20">
+        <v>42036</v>
+      </c>
+      <c r="C143" s="20"/>
+      <c r="D143" s="20"/>
+      <c r="E143" s="14">
+        <v>0</v>
+      </c>
+      <c r="F143" s="6">
+        <v>6.45</v>
+      </c>
+      <c r="G143" s="15">
+        <v>96</v>
+      </c>
+      <c r="H143" s="28"/>
+      <c r="I143" s="25"/>
+      <c r="J143" s="22"/>
+    </row>
+    <row r="144" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B144" s="20">
+        <v>42005</v>
+      </c>
+      <c r="C144" s="20"/>
+      <c r="D144" s="20"/>
+      <c r="E144" s="23">
+        <v>0</v>
+      </c>
+      <c r="F144" s="2">
+        <v>23.7</v>
+      </c>
+      <c r="G144" s="24">
+        <v>88</v>
+      </c>
+      <c r="H144" s="28"/>
+      <c r="I144" s="25"/>
+      <c r="J144" s="22"/>
+    </row>
+    <row r="145" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B145" s="20">
+        <v>41974</v>
+      </c>
+      <c r="C145" s="20"/>
+      <c r="D145" s="20"/>
+      <c r="E145" s="23">
+        <v>0</v>
+      </c>
+      <c r="F145" s="2">
+        <v>13.59</v>
+      </c>
+      <c r="G145" s="24">
+        <v>73</v>
+      </c>
+      <c r="H145" s="28"/>
+      <c r="I145" s="25"/>
+      <c r="J145" s="22"/>
+    </row>
+    <row r="146" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B146" s="20">
+        <v>41944</v>
+      </c>
+      <c r="C146" s="20"/>
+      <c r="D146" s="20"/>
+      <c r="E146" s="23">
+        <v>0</v>
+      </c>
+      <c r="F146" s="2">
+        <v>20.8</v>
+      </c>
+      <c r="G146" s="24">
+        <v>95</v>
+      </c>
+      <c r="H146" s="28"/>
+      <c r="I146" s="25"/>
+      <c r="J146" s="22"/>
+    </row>
+    <row r="147" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B147" s="20">
+        <v>41913</v>
+      </c>
+      <c r="C147" s="20"/>
+      <c r="D147" s="20"/>
+      <c r="E147" s="23">
+        <v>0</v>
+      </c>
+      <c r="F147" s="2">
+        <v>16.5</v>
+      </c>
+      <c r="G147" s="24">
         <v>100</v>
       </c>
-      <c r="H40" s="77" t="s">
-[...146 lines deleted...]
-      <c r="G46" s="23">
+      <c r="H147" s="28"/>
+      <c r="I147" s="25"/>
+      <c r="J147" s="22"/>
+    </row>
+    <row r="148" spans="2:10" x14ac:dyDescent="0.3">
+      <c r="B148" s="20">
+        <v>41883</v>
+      </c>
+      <c r="C148" s="20"/>
+      <c r="D148" s="20"/>
+      <c r="E148" s="23">
+        <v>0</v>
+      </c>
+      <c r="F148" s="2">
+        <v>16.68</v>
+      </c>
+      <c r="G148" s="24">
         <v>98</v>
       </c>
-      <c r="H46" s="77" t="s">
-[...2192 lines deleted...]
-      <c r="J149" s="47"/>
+      <c r="H148" s="28"/>
+      <c r="I148" s="25"/>
+      <c r="J148" s="22"/>
     </row>
   </sheetData>
   <mergeCells count="13">
-    <mergeCell ref="B78:J78"/>
+    <mergeCell ref="B77:J77"/>
     <mergeCell ref="B6:B8"/>
     <mergeCell ref="B3:J3"/>
     <mergeCell ref="B4:J4"/>
     <mergeCell ref="B5:J5"/>
     <mergeCell ref="B9:J9"/>
     <mergeCell ref="E7:G7"/>
     <mergeCell ref="I6:J7"/>
     <mergeCell ref="E6:G6"/>
     <mergeCell ref="H6:H8"/>
     <mergeCell ref="D6:D8"/>
     <mergeCell ref="B10:J10"/>
     <mergeCell ref="C6:C8"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B4:J4" r:id="rId1" display="Link to EPA Public Registers     https://www.epa.nsw.gov.au/licensing-and-regulation/public-registers" xr:uid="{00000000-0004-0000-0200-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="B1:J21"/>
   <sheetViews>
     <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="H12" sqref="H12"/>
+      <selection activeCell="G12" sqref="G12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="2" max="3" width="11.5546875" customWidth="1"/>
     <col min="4" max="4" width="11.109375" customWidth="1"/>
     <col min="8" max="8" width="36.5546875" customWidth="1"/>
     <col min="9" max="9" width="15.33203125" customWidth="1"/>
     <col min="10" max="10" width="16.44140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="2" spans="2:10" ht="34.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B2" s="99" t="s">
-[...9 lines deleted...]
-      <c r="J2" s="101"/>
+      <c r="B2" s="136" t="s">
+        <v>0</v>
+      </c>
+      <c r="C2" s="137"/>
+      <c r="D2" s="137"/>
+      <c r="E2" s="137"/>
+      <c r="F2" s="137"/>
+      <c r="G2" s="137"/>
+      <c r="H2" s="137"/>
+      <c r="I2" s="137"/>
+      <c r="J2" s="138"/>
     </row>
     <row r="3" spans="2:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B3" s="102" t="s">
+      <c r="B3" s="139" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="103"/>
-[...6 lines deleted...]
-      <c r="J3" s="104"/>
+      <c r="C3" s="140"/>
+      <c r="D3" s="140"/>
+      <c r="E3" s="140"/>
+      <c r="F3" s="140"/>
+      <c r="G3" s="140"/>
+      <c r="H3" s="140"/>
+      <c r="I3" s="140"/>
+      <c r="J3" s="141"/>
     </row>
     <row r="4" spans="2:10" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B4" s="105" t="s">
+      <c r="B4" s="142" t="s">
         <v>50</v>
       </c>
-      <c r="C4" s="106"/>
-[...6 lines deleted...]
-      <c r="J4" s="107"/>
+      <c r="C4" s="143"/>
+      <c r="D4" s="143"/>
+      <c r="E4" s="143"/>
+      <c r="F4" s="143"/>
+      <c r="G4" s="143"/>
+      <c r="H4" s="143"/>
+      <c r="I4" s="143"/>
+      <c r="J4" s="144"/>
     </row>
     <row r="5" spans="2:10" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B5" s="108" t="s">
+      <c r="B5" s="145" t="s">
         <v>3</v>
       </c>
-      <c r="C5" s="108" t="s">
+      <c r="C5" s="145" t="s">
         <v>4</v>
       </c>
-      <c r="D5" s="108" t="s">
+      <c r="D5" s="145" t="s">
         <v>5</v>
       </c>
-      <c r="E5" s="142" t="s">
+      <c r="E5" s="179" t="s">
         <v>35</v>
       </c>
-      <c r="F5" s="133"/>
-[...1 lines deleted...]
-      <c r="H5" s="117" t="s">
+      <c r="F5" s="170"/>
+      <c r="G5" s="171"/>
+      <c r="H5" s="154" t="s">
         <v>36</v>
       </c>
-      <c r="I5" s="123" t="s">
+      <c r="I5" s="160" t="s">
         <v>8</v>
       </c>
-      <c r="J5" s="124"/>
+      <c r="J5" s="161"/>
     </row>
     <row r="6" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B6" s="109"/>
-[...2 lines deleted...]
-      <c r="E6" s="141" t="s">
+      <c r="B6" s="146"/>
+      <c r="C6" s="146"/>
+      <c r="D6" s="146"/>
+      <c r="E6" s="178" t="s">
         <v>51</v>
       </c>
-      <c r="F6" s="131"/>
-[...3 lines deleted...]
-      <c r="J6" s="136"/>
+      <c r="F6" s="168"/>
+      <c r="G6" s="169"/>
+      <c r="H6" s="155"/>
+      <c r="I6" s="172"/>
+      <c r="J6" s="173"/>
     </row>
     <row r="7" spans="2:10" ht="29.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B7" s="110"/>
-[...2 lines deleted...]
-      <c r="E7" s="19" t="s">
+      <c r="B7" s="147"/>
+      <c r="C7" s="147"/>
+      <c r="D7" s="147"/>
+      <c r="E7" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="F7" s="19" t="s">
+      <c r="F7" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="G7" s="19" t="s">
+      <c r="G7" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="H7" s="119"/>
-      <c r="I7" s="25" t="s">
+      <c r="H7" s="156"/>
+      <c r="I7" s="8" t="s">
         <v>13</v>
       </c>
-      <c r="J7" s="26" t="s">
+      <c r="J7" s="9" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="8" spans="2:10" ht="34.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B8" s="111" t="s">
+      <c r="B8" s="148" t="s">
         <v>15</v>
       </c>
-      <c r="C8" s="112"/>
-[...6 lines deleted...]
-      <c r="J8" s="113"/>
+      <c r="C8" s="149"/>
+      <c r="D8" s="149"/>
+      <c r="E8" s="149"/>
+      <c r="F8" s="149"/>
+      <c r="G8" s="149"/>
+      <c r="H8" s="149"/>
+      <c r="I8" s="149"/>
+      <c r="J8" s="150"/>
     </row>
     <row r="9" spans="2:10" ht="61.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B9" s="127" t="s">
+      <c r="B9" s="164" t="s">
         <v>16</v>
       </c>
-      <c r="C9" s="128"/>
-[...6 lines deleted...]
-      <c r="J9" s="129"/>
+      <c r="C9" s="165"/>
+      <c r="D9" s="165"/>
+      <c r="E9" s="165"/>
+      <c r="F9" s="165"/>
+      <c r="G9" s="165"/>
+      <c r="H9" s="165"/>
+      <c r="I9" s="165"/>
+      <c r="J9" s="166"/>
     </row>
     <row r="10" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B10" s="89"/>
-[...7 lines deleted...]
-      <c r="J10" s="89"/>
+      <c r="B10" s="47"/>
+      <c r="C10" s="47"/>
+      <c r="D10" s="47"/>
+      <c r="E10" s="47"/>
+      <c r="F10" s="47"/>
+      <c r="G10" s="47"/>
+      <c r="H10" s="47"/>
+      <c r="I10" s="47"/>
+      <c r="J10" s="47"/>
     </row>
     <row r="11" spans="2:10" ht="37.200000000000003" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B11" s="95">
+      <c r="B11" s="52">
         <v>45748</v>
       </c>
-      <c r="C11" s="95">
+      <c r="C11" s="52">
         <v>45809</v>
       </c>
-      <c r="D11" s="95">
+      <c r="D11" s="52">
         <v>45809</v>
       </c>
-      <c r="E11" s="89">
+      <c r="E11" s="47">
         <v>120</v>
       </c>
-      <c r="F11" s="89">
+      <c r="F11" s="47">
         <v>120</v>
       </c>
-      <c r="G11" s="89">
+      <c r="G11" s="47">
         <v>120</v>
       </c>
-      <c r="H11" s="89" t="s">
-[...6 lines deleted...]
-      <c r="B12" s="88">
+      <c r="H11" s="47" t="s">
+        <v>89</v>
+      </c>
+      <c r="I11" s="47"/>
+      <c r="J11" s="47"/>
+    </row>
+    <row r="12" spans="2:10" s="1" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B12" s="46">
         <v>45393</v>
       </c>
-      <c r="C12" s="88">
+      <c r="C12" s="46">
         <v>45426</v>
       </c>
-      <c r="D12" s="88">
+      <c r="D12" s="46">
         <v>45427</v>
       </c>
-      <c r="E12" s="20">
+      <c r="E12" s="6">
         <v>170</v>
       </c>
-      <c r="F12" s="20">
+      <c r="F12" s="6">
         <v>170</v>
       </c>
-      <c r="G12" s="20">
+      <c r="G12" s="6">
         <v>170</v>
       </c>
-      <c r="H12" s="20" t="s">
+      <c r="H12" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="I12" s="20"/>
-[...3 lines deleted...]
-      <c r="B13" s="88">
+      <c r="I12" s="6"/>
+      <c r="J12" s="6"/>
+    </row>
+    <row r="13" spans="2:10" s="1" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B13" s="46">
         <v>45017</v>
       </c>
-      <c r="C13" s="88">
+      <c r="C13" s="46">
         <v>45017</v>
       </c>
-      <c r="D13" s="88">
+      <c r="D13" s="46">
         <v>45078</v>
       </c>
-      <c r="E13" s="20">
+      <c r="E13" s="6">
         <v>240</v>
       </c>
-      <c r="F13" s="20">
+      <c r="F13" s="6">
         <v>240</v>
       </c>
-      <c r="G13" s="20">
+      <c r="G13" s="6">
         <v>240</v>
       </c>
-      <c r="H13" s="20" t="s">
+      <c r="H13" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="I13" s="20"/>
-[...3 lines deleted...]
-      <c r="B14" s="88">
+      <c r="I13" s="6"/>
+      <c r="J13" s="6"/>
+    </row>
+    <row r="14" spans="2:10" s="1" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B14" s="46">
         <v>44621</v>
       </c>
-      <c r="C14" s="88">
+      <c r="C14" s="46">
         <v>44682</v>
       </c>
-      <c r="D14" s="88">
+      <c r="D14" s="46">
         <v>44682</v>
       </c>
-      <c r="E14" s="20">
+      <c r="E14" s="6">
         <v>270</v>
       </c>
-      <c r="F14" s="20">
+      <c r="F14" s="6">
         <v>270</v>
       </c>
-      <c r="G14" s="20">
+      <c r="G14" s="6">
         <v>270</v>
       </c>
-      <c r="H14" s="20" t="s">
+      <c r="H14" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="I14" s="20"/>
-[...3 lines deleted...]
-      <c r="B15" s="88">
+      <c r="I14" s="6"/>
+      <c r="J14" s="6"/>
+    </row>
+    <row r="15" spans="2:10" s="1" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B15" s="46">
         <v>44197</v>
       </c>
-      <c r="C15" s="88">
+      <c r="C15" s="46">
         <v>44317</v>
       </c>
-      <c r="D15" s="88">
+      <c r="D15" s="46">
         <v>44348</v>
       </c>
-      <c r="E15" s="20">
+      <c r="E15" s="6">
         <v>170</v>
       </c>
-      <c r="F15" s="20">
+      <c r="F15" s="6">
         <v>170</v>
       </c>
-      <c r="G15" s="20">
+      <c r="G15" s="6">
         <v>170</v>
       </c>
-      <c r="H15" s="20" t="s">
+      <c r="H15" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="I15" s="20"/>
-[...3 lines deleted...]
-      <c r="B16" s="140" t="s">
+      <c r="I15" s="6"/>
+      <c r="J15" s="6"/>
+    </row>
+    <row r="16" spans="2:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B16" s="177" t="s">
         <v>27</v>
       </c>
-      <c r="C16" s="140"/>
-[...9 lines deleted...]
-      <c r="B17" s="88">
+      <c r="C16" s="177"/>
+      <c r="D16" s="177"/>
+      <c r="E16" s="177"/>
+      <c r="F16" s="177"/>
+      <c r="G16" s="177"/>
+      <c r="H16" s="177"/>
+      <c r="I16" s="177"/>
+      <c r="J16" s="177"/>
+    </row>
+    <row r="17" spans="2:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B17" s="46">
         <v>43831</v>
       </c>
-      <c r="C17" s="88"/>
-[...1 lines deleted...]
-      <c r="E17" s="20">
+      <c r="C17" s="46"/>
+      <c r="D17" s="46"/>
+      <c r="E17" s="6">
         <v>110</v>
       </c>
-      <c r="F17" s="20">
+      <c r="F17" s="6">
         <v>140</v>
       </c>
-      <c r="G17" s="20">
+      <c r="G17" s="6">
         <v>150</v>
       </c>
-      <c r="H17" s="20" t="s">
+      <c r="H17" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="I17" s="20"/>
-[...3 lines deleted...]
-      <c r="B18" s="88">
+      <c r="I17" s="6"/>
+      <c r="J17" s="6"/>
+    </row>
+    <row r="18" spans="2:10" s="1" customFormat="1" ht="19.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B18" s="46">
         <v>43497</v>
       </c>
-      <c r="C18" s="88"/>
-[...1 lines deleted...]
-      <c r="E18" s="20">
+      <c r="C18" s="46"/>
+      <c r="D18" s="46"/>
+      <c r="E18" s="6">
         <v>150</v>
       </c>
-      <c r="F18" s="20">
+      <c r="F18" s="6">
         <v>150</v>
       </c>
-      <c r="G18" s="20">
+      <c r="G18" s="6">
         <v>150</v>
       </c>
-      <c r="H18" s="20" t="s">
+      <c r="H18" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="I18" s="20"/>
-[...3 lines deleted...]
-      <c r="B19" s="88">
+      <c r="I18" s="6"/>
+      <c r="J18" s="6"/>
+    </row>
+    <row r="19" spans="2:10" s="1" customFormat="1" ht="72" x14ac:dyDescent="0.3">
+      <c r="B19" s="46">
         <v>43009</v>
       </c>
-      <c r="C19" s="88"/>
-[...1 lines deleted...]
-      <c r="E19" s="20">
+      <c r="C19" s="46"/>
+      <c r="D19" s="46"/>
+      <c r="E19" s="6">
         <v>170</v>
       </c>
-      <c r="F19" s="20">
+      <c r="F19" s="6">
         <v>180</v>
       </c>
-      <c r="G19" s="20">
+      <c r="G19" s="6">
         <v>190</v>
       </c>
-      <c r="H19" s="20"/>
-      <c r="I19" s="20" t="s">
+      <c r="H19" s="6"/>
+      <c r="I19" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="J19" s="90">
+      <c r="J19" s="48">
         <v>43242</v>
       </c>
     </row>
-    <row r="20" spans="2:10" s="5" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="B20" s="88">
+    <row r="20" spans="2:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B20" s="46">
         <v>42826</v>
       </c>
-      <c r="C20" s="88"/>
-[...1 lines deleted...]
-      <c r="E20" s="20">
+      <c r="C20" s="46"/>
+      <c r="D20" s="46"/>
+      <c r="E20" s="6">
         <v>220</v>
       </c>
-      <c r="F20" s="20">
+      <c r="F20" s="6">
         <v>240</v>
       </c>
-      <c r="G20" s="20">
+      <c r="G20" s="6">
         <v>250</v>
       </c>
-      <c r="H20" s="20"/>
-[...4 lines deleted...]
-      <c r="B21" s="68">
+      <c r="H20" s="6"/>
+      <c r="I20" s="6"/>
+      <c r="J20" s="6"/>
+    </row>
+    <row r="21" spans="2:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B21" s="29">
         <v>42064</v>
       </c>
-      <c r="C21" s="68"/>
-[...1 lines deleted...]
-      <c r="E21" s="13">
+      <c r="C21" s="29"/>
+      <c r="D21" s="29"/>
+      <c r="E21" s="2">
         <v>160</v>
       </c>
-      <c r="F21" s="13">
+      <c r="F21" s="2">
         <v>160</v>
       </c>
-      <c r="G21" s="13">
+      <c r="G21" s="2">
         <v>160</v>
       </c>
-      <c r="H21" s="13"/>
-[...1 lines deleted...]
-      <c r="J21" s="13"/>
+      <c r="H21" s="2"/>
+      <c r="I21" s="2"/>
+      <c r="J21" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="B16:J16"/>
     <mergeCell ref="B2:J2"/>
     <mergeCell ref="B3:J3"/>
     <mergeCell ref="B4:J4"/>
     <mergeCell ref="B8:J8"/>
     <mergeCell ref="E6:G6"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="H5:H7"/>
     <mergeCell ref="I5:J6"/>
     <mergeCell ref="B5:B7"/>
     <mergeCell ref="D5:D7"/>
     <mergeCell ref="B9:J9"/>
     <mergeCell ref="C5:C7"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B3:J3" r:id="rId1" display="Link to EPA Public Registers     https://www.epa.nsw.gov.au/licensing-and-regulation/public-registers" xr:uid="{00000000-0004-0000-0300-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B4:T95"/>
+  <dimension ref="A4:T99"/>
   <sheetViews>
-    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="R14" sqref="R14"/>
+    <sheetView tabSelected="1" topLeftCell="A8" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="R16" sqref="R16"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="18" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="2" max="4" width="13.109375" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="20" max="20" width="22.33203125" customWidth="1"/>
+    <col min="1" max="1" width="9.109375" style="55"/>
+    <col min="2" max="2" width="14.5546875" style="55" customWidth="1"/>
+    <col min="3" max="3" width="16" style="55" customWidth="1"/>
+    <col min="4" max="4" width="17.33203125" style="55" customWidth="1"/>
+    <col min="5" max="7" width="11.6640625" style="55" customWidth="1"/>
+    <col min="8" max="8" width="16.44140625" style="55" customWidth="1"/>
+    <col min="9" max="17" width="11.6640625" style="55" customWidth="1"/>
+    <col min="18" max="18" width="67.44140625" style="56" customWidth="1"/>
+    <col min="19" max="19" width="36.109375" style="55" customWidth="1"/>
+    <col min="20" max="20" width="22.33203125" style="55" customWidth="1"/>
+    <col min="21" max="16384" width="9.109375" style="55"/>
   </cols>
   <sheetData>
-    <row r="4" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
-[...1 lines deleted...]
-      <c r="B5" s="169" t="s">
+    <row r="4" spans="1:20" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.4"/>
+    <row r="5" spans="1:20" ht="34.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B5" s="109" t="s">
         <v>54</v>
       </c>
-      <c r="C5" s="170"/>
-[...19 lines deleted...]
-      <c r="B6" s="172" t="s">
+      <c r="C5" s="110"/>
+      <c r="D5" s="110"/>
+      <c r="E5" s="110"/>
+      <c r="F5" s="110"/>
+      <c r="G5" s="110"/>
+      <c r="H5" s="110"/>
+      <c r="I5" s="110"/>
+      <c r="J5" s="110"/>
+      <c r="K5" s="110"/>
+      <c r="L5" s="110"/>
+      <c r="M5" s="110"/>
+      <c r="N5" s="110"/>
+      <c r="O5" s="110"/>
+      <c r="P5" s="110"/>
+      <c r="Q5" s="110"/>
+      <c r="R5" s="110"/>
+      <c r="S5" s="110"/>
+      <c r="T5" s="111"/>
+    </row>
+    <row r="6" spans="1:20" ht="25.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B6" s="112" t="s">
         <v>1</v>
       </c>
-      <c r="C6" s="173"/>
-[...19 lines deleted...]
-      <c r="B7" s="175" t="s">
+      <c r="C6" s="113"/>
+      <c r="D6" s="113"/>
+      <c r="E6" s="113"/>
+      <c r="F6" s="113"/>
+      <c r="G6" s="113"/>
+      <c r="H6" s="113"/>
+      <c r="I6" s="113"/>
+      <c r="J6" s="113"/>
+      <c r="K6" s="113"/>
+      <c r="L6" s="113"/>
+      <c r="M6" s="113"/>
+      <c r="N6" s="113"/>
+      <c r="O6" s="113"/>
+      <c r="P6" s="113"/>
+      <c r="Q6" s="113"/>
+      <c r="R6" s="113"/>
+      <c r="S6" s="113"/>
+      <c r="T6" s="114"/>
+    </row>
+    <row r="7" spans="1:20" ht="25.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B7" s="115" t="s">
         <v>55</v>
       </c>
-      <c r="C7" s="176"/>
-[...19 lines deleted...]
-      <c r="B8" s="108" t="s">
+      <c r="C7" s="116"/>
+      <c r="D7" s="116"/>
+      <c r="E7" s="116"/>
+      <c r="F7" s="116"/>
+      <c r="G7" s="116"/>
+      <c r="H7" s="116"/>
+      <c r="I7" s="116"/>
+      <c r="J7" s="116"/>
+      <c r="K7" s="116"/>
+      <c r="L7" s="116"/>
+      <c r="M7" s="116"/>
+      <c r="N7" s="116"/>
+      <c r="O7" s="116"/>
+      <c r="P7" s="116"/>
+      <c r="Q7" s="116"/>
+      <c r="R7" s="116"/>
+      <c r="S7" s="116"/>
+      <c r="T7" s="117"/>
+    </row>
+    <row r="8" spans="1:20" s="57" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B8" s="102" t="s">
         <v>3</v>
       </c>
-      <c r="C8" s="108" t="s">
+      <c r="C8" s="102" t="s">
         <v>4</v>
       </c>
-      <c r="D8" s="108" t="s">
+      <c r="D8" s="102" t="s">
         <v>5</v>
       </c>
-      <c r="E8" s="181" t="s">
+      <c r="E8" s="121" t="s">
         <v>56</v>
       </c>
-      <c r="F8" s="182"/>
-[...1 lines deleted...]
-      <c r="H8" s="12" t="s">
+      <c r="F8" s="122"/>
+      <c r="G8" s="123"/>
+      <c r="H8" s="58" t="s">
         <v>57</v>
       </c>
-      <c r="I8" s="184" t="s">
+      <c r="I8" s="124" t="s">
         <v>58</v>
       </c>
-      <c r="J8" s="182"/>
-[...1 lines deleted...]
-      <c r="L8" s="184" t="s">
+      <c r="J8" s="122"/>
+      <c r="K8" s="123"/>
+      <c r="L8" s="124" t="s">
         <v>59</v>
       </c>
-      <c r="M8" s="182"/>
-[...1 lines deleted...]
-      <c r="O8" s="184" t="s">
+      <c r="M8" s="122"/>
+      <c r="N8" s="123"/>
+      <c r="O8" s="124" t="s">
         <v>60</v>
       </c>
-      <c r="P8" s="182"/>
-[...1 lines deleted...]
-      <c r="R8" s="178" t="s">
+      <c r="P8" s="122"/>
+      <c r="Q8" s="125"/>
+      <c r="R8" s="118" t="s">
         <v>7</v>
       </c>
-      <c r="S8" s="123" t="s">
+      <c r="S8" s="131" t="s">
         <v>8</v>
       </c>
-      <c r="T8" s="124"/>
-[...5 lines deleted...]
-      <c r="E9" s="186" t="s">
+      <c r="T8" s="132"/>
+    </row>
+    <row r="9" spans="1:20" ht="33" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B9" s="103"/>
+      <c r="C9" s="103"/>
+      <c r="D9" s="103"/>
+      <c r="E9" s="126" t="s">
         <v>61</v>
       </c>
-      <c r="F9" s="187"/>
-[...1 lines deleted...]
-      <c r="H9" s="52" t="s">
+      <c r="F9" s="127"/>
+      <c r="G9" s="128"/>
+      <c r="H9" s="59" t="s">
         <v>62</v>
       </c>
-      <c r="I9" s="189" t="s">
+      <c r="I9" s="129" t="s">
         <v>63</v>
       </c>
-      <c r="J9" s="187"/>
-[...1 lines deleted...]
-      <c r="L9" s="189" t="s">
+      <c r="J9" s="127"/>
+      <c r="K9" s="128"/>
+      <c r="L9" s="129" t="s">
         <v>64</v>
       </c>
-      <c r="M9" s="187"/>
-[...1 lines deleted...]
-      <c r="O9" s="189" t="s">
+      <c r="M9" s="127"/>
+      <c r="N9" s="128"/>
+      <c r="O9" s="129" t="s">
         <v>65</v>
       </c>
-      <c r="P9" s="187"/>
-[...9 lines deleted...]
-      <c r="E10" s="3" t="s">
+      <c r="P9" s="127"/>
+      <c r="Q9" s="130"/>
+      <c r="R9" s="119"/>
+      <c r="S9" s="133"/>
+      <c r="T9" s="134"/>
+    </row>
+    <row r="10" spans="1:20" ht="29.7" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B10" s="104"/>
+      <c r="C10" s="104"/>
+      <c r="D10" s="104"/>
+      <c r="E10" s="60" t="s">
         <v>10</v>
       </c>
-      <c r="F10" s="2" t="s">
+      <c r="F10" s="61" t="s">
         <v>11</v>
       </c>
-      <c r="G10" s="2" t="s">
+      <c r="G10" s="61" t="s">
         <v>12</v>
       </c>
-      <c r="H10" s="2" t="s">
+      <c r="H10" s="61" t="s">
         <v>66</v>
       </c>
-      <c r="I10" s="2" t="s">
+      <c r="I10" s="61" t="s">
         <v>10</v>
       </c>
-      <c r="J10" s="2" t="s">
+      <c r="J10" s="61" t="s">
         <v>11</v>
       </c>
-      <c r="K10" s="2" t="s">
+      <c r="K10" s="61" t="s">
         <v>12</v>
       </c>
-      <c r="L10" s="2" t="s">
+      <c r="L10" s="61" t="s">
         <v>10</v>
       </c>
-      <c r="M10" s="2" t="s">
+      <c r="M10" s="61" t="s">
         <v>11</v>
       </c>
-      <c r="N10" s="2" t="s">
+      <c r="N10" s="61" t="s">
         <v>12</v>
       </c>
-      <c r="O10" s="2" t="s">
+      <c r="O10" s="61" t="s">
         <v>10</v>
       </c>
-      <c r="P10" s="2" t="s">
+      <c r="P10" s="61" t="s">
         <v>11</v>
       </c>
-      <c r="Q10" s="4" t="s">
+      <c r="Q10" s="62" t="s">
         <v>12</v>
       </c>
-      <c r="R10" s="180"/>
-      <c r="S10" s="22" t="s">
+      <c r="R10" s="120"/>
+      <c r="S10" s="63" t="s">
         <v>13</v>
       </c>
-      <c r="T10" s="21" t="s">
+      <c r="T10" s="64" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="11" spans="2:20" s="5" customFormat="1" ht="34.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B11" s="158" t="s">
+    <row r="11" spans="1:20" s="65" customFormat="1" ht="34.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B11" s="99" t="s">
         <v>15</v>
       </c>
-      <c r="C11" s="159"/>
-[...19 lines deleted...]
-      <c r="B12" s="165" t="s">
+      <c r="C11" s="100"/>
+      <c r="D11" s="100"/>
+      <c r="E11" s="100"/>
+      <c r="F11" s="100"/>
+      <c r="G11" s="100"/>
+      <c r="H11" s="100"/>
+      <c r="I11" s="100"/>
+      <c r="J11" s="100"/>
+      <c r="K11" s="100"/>
+      <c r="L11" s="100"/>
+      <c r="M11" s="100"/>
+      <c r="N11" s="100"/>
+      <c r="O11" s="100"/>
+      <c r="P11" s="100"/>
+      <c r="Q11" s="100"/>
+      <c r="R11" s="100"/>
+      <c r="S11" s="100"/>
+      <c r="T11" s="101"/>
+    </row>
+    <row r="12" spans="1:20" s="65" customFormat="1" ht="54" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B12" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="C12" s="166"/>
-[...40 lines deleted...]
-      <c r="B14" s="60">
+      <c r="C12" s="106"/>
+      <c r="D12" s="107"/>
+      <c r="E12" s="107"/>
+      <c r="F12" s="107"/>
+      <c r="G12" s="107"/>
+      <c r="H12" s="107"/>
+      <c r="I12" s="107"/>
+      <c r="J12" s="107"/>
+      <c r="K12" s="107"/>
+      <c r="L12" s="107"/>
+      <c r="M12" s="107"/>
+      <c r="N12" s="107"/>
+      <c r="O12" s="107"/>
+      <c r="P12" s="107"/>
+      <c r="Q12" s="107"/>
+      <c r="R12" s="107"/>
+      <c r="S12" s="107"/>
+      <c r="T12" s="108"/>
+    </row>
+    <row r="13" spans="1:20" s="65" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B13" s="66"/>
+      <c r="C13" s="67"/>
+      <c r="D13" s="67"/>
+      <c r="E13" s="68"/>
+      <c r="F13" s="69"/>
+      <c r="G13" s="69"/>
+      <c r="H13" s="69"/>
+      <c r="I13" s="69"/>
+      <c r="J13" s="69"/>
+      <c r="K13" s="69"/>
+      <c r="L13" s="69"/>
+      <c r="M13" s="69"/>
+      <c r="N13" s="69"/>
+      <c r="O13" s="69"/>
+      <c r="P13" s="69"/>
+      <c r="Q13" s="70"/>
+      <c r="R13" s="71"/>
+      <c r="S13" s="72"/>
+      <c r="T13" s="73"/>
+    </row>
+    <row r="14" spans="1:20" s="65" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B14" s="74"/>
+      <c r="C14" s="75"/>
+      <c r="D14" s="75"/>
+      <c r="E14" s="76"/>
+      <c r="F14" s="77"/>
+      <c r="G14" s="77"/>
+      <c r="H14" s="77"/>
+      <c r="I14" s="77"/>
+      <c r="J14" s="77"/>
+      <c r="K14" s="77"/>
+      <c r="L14" s="77"/>
+      <c r="M14" s="77"/>
+      <c r="N14" s="77"/>
+      <c r="O14" s="77"/>
+      <c r="P14" s="77"/>
+      <c r="Q14" s="78"/>
+      <c r="R14" s="79"/>
+      <c r="S14" s="80"/>
+      <c r="T14" s="81"/>
+    </row>
+    <row r="15" spans="1:20" s="65" customFormat="1" ht="36" x14ac:dyDescent="0.3">
+      <c r="A15" s="82"/>
+      <c r="B15" s="83">
+        <v>45994</v>
+      </c>
+      <c r="C15" s="84">
+        <v>46037</v>
+      </c>
+      <c r="D15" s="84">
+        <v>46037</v>
+      </c>
+      <c r="E15" s="85">
+        <v>840</v>
+      </c>
+      <c r="F15" s="86">
+        <v>840</v>
+      </c>
+      <c r="G15" s="76">
+        <v>840</v>
+      </c>
+      <c r="H15" s="77">
+        <v>7</v>
+      </c>
+      <c r="I15" s="77">
+        <v>40</v>
+      </c>
+      <c r="J15" s="77">
+        <v>40</v>
+      </c>
+      <c r="K15" s="77">
+        <v>40</v>
+      </c>
+      <c r="L15" s="77">
+        <v>8</v>
+      </c>
+      <c r="M15" s="77">
+        <v>8</v>
+      </c>
+      <c r="N15" s="77">
+        <v>8</v>
+      </c>
+      <c r="O15" s="77">
+        <v>3</v>
+      </c>
+      <c r="P15" s="77">
+        <v>3</v>
+      </c>
+      <c r="Q15" s="87">
+        <v>3</v>
+      </c>
+      <c r="R15" s="79" t="s">
+        <v>93</v>
+      </c>
+      <c r="S15" s="80"/>
+      <c r="T15" s="81"/>
+    </row>
+    <row r="16" spans="1:20" s="65" customFormat="1" ht="47.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B16" s="83">
         <v>45888</v>
       </c>
-      <c r="C14" s="60">
-[...5 lines deleted...]
-      <c r="E14" s="6">
+      <c r="C16" s="84">
+        <v>46037</v>
+      </c>
+      <c r="D16" s="84">
+        <v>46037</v>
+      </c>
+      <c r="E16" s="88">
         <v>1070</v>
       </c>
-      <c r="F14" s="7">
+      <c r="F16" s="75">
         <v>1070</v>
       </c>
-      <c r="G14" s="7">
+      <c r="G16" s="75">
         <v>1070</v>
       </c>
-      <c r="H14" s="7">
+      <c r="H16" s="75">
         <v>7.6</v>
       </c>
-      <c r="I14" s="7">
+      <c r="I16" s="75">
         <v>11</v>
       </c>
-      <c r="J14" s="7">
+      <c r="J16" s="75">
         <v>11</v>
       </c>
-      <c r="K14" s="7">
+      <c r="K16" s="75">
         <v>11</v>
       </c>
-      <c r="L14" s="7">
+      <c r="L16" s="75">
         <v>11</v>
       </c>
-      <c r="M14" s="7">
+      <c r="M16" s="75">
         <v>11</v>
       </c>
-      <c r="N14" s="7">
+      <c r="N16" s="75">
         <v>11</v>
       </c>
-      <c r="O14" s="7">
+      <c r="O16" s="75">
         <v>1</v>
       </c>
-      <c r="P14" s="7">
+      <c r="P16" s="82">
         <v>1</v>
       </c>
-      <c r="Q14" s="8">
+      <c r="Q16" s="82">
         <v>1</v>
       </c>
-      <c r="R14" s="9" t="s">
-[...6 lines deleted...]
-      <c r="B15" s="60">
+      <c r="R16" s="79" t="s">
+        <v>94</v>
+      </c>
+      <c r="S16" s="89"/>
+      <c r="T16" s="81"/>
+    </row>
+    <row r="17" spans="2:20" s="65" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B17" s="83">
         <v>45866</v>
       </c>
-      <c r="C15" s="60">
+      <c r="C17" s="84">
         <v>45863</v>
       </c>
-      <c r="D15" s="60">
+      <c r="D17" s="84">
         <v>45903</v>
       </c>
-      <c r="E15" s="6">
+      <c r="E17" s="76">
         <v>148</v>
       </c>
-      <c r="F15" s="7">
+      <c r="F17" s="77">
         <v>148</v>
       </c>
-      <c r="G15" s="7">
+      <c r="G17" s="77">
         <v>148</v>
       </c>
-      <c r="H15" s="7">
+      <c r="H17" s="77">
         <v>7.2</v>
       </c>
-      <c r="I15" s="7">
+      <c r="I17" s="77">
         <v>81</v>
       </c>
-      <c r="J15" s="7">
+      <c r="J17" s="77">
         <v>81</v>
       </c>
-      <c r="K15" s="7">
+      <c r="K17" s="77">
         <v>81</v>
       </c>
-      <c r="L15" s="7">
+      <c r="L17" s="77">
         <v>2</v>
       </c>
-      <c r="M15" s="7">
+      <c r="M17" s="77">
         <v>2</v>
       </c>
-      <c r="N15" s="7">
+      <c r="N17" s="77">
         <v>2</v>
       </c>
-      <c r="O15" s="7">
+      <c r="O17" s="77">
         <v>1</v>
       </c>
-      <c r="P15" s="7">
+      <c r="P17" s="77">
         <v>1</v>
       </c>
-      <c r="Q15" s="8">
+      <c r="Q17" s="78">
         <v>1</v>
       </c>
-      <c r="R15" s="9" t="s">
+      <c r="R17" s="79" t="s">
         <v>68</v>
       </c>
-      <c r="S15" s="11"/>
-[...3 lines deleted...]
-      <c r="B16" s="60">
+      <c r="S17" s="80"/>
+      <c r="T17" s="81"/>
+    </row>
+    <row r="18" spans="2:20" s="65" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B18" s="83">
         <v>45847</v>
       </c>
-      <c r="C16" s="60">
+      <c r="C18" s="84">
         <v>45863</v>
       </c>
-      <c r="D16" s="60">
+      <c r="D18" s="84">
         <v>45903</v>
       </c>
-      <c r="E16" s="6">
+      <c r="E18" s="76">
         <v>1010</v>
       </c>
-      <c r="F16" s="7">
+      <c r="F18" s="77">
         <v>1010</v>
       </c>
-      <c r="G16" s="7">
+      <c r="G18" s="77">
         <v>1010</v>
       </c>
-      <c r="H16" s="7">
+      <c r="H18" s="77">
         <v>7.7</v>
       </c>
-      <c r="I16" s="7">
+      <c r="I18" s="77">
         <v>12</v>
       </c>
-      <c r="J16" s="7">
+      <c r="J18" s="77">
         <v>12</v>
       </c>
-      <c r="K16" s="7">
+      <c r="K18" s="77">
         <v>12</v>
       </c>
-      <c r="L16" s="7">
+      <c r="L18" s="77">
         <v>18</v>
       </c>
-      <c r="M16" s="7">
+      <c r="M18" s="77">
         <v>18</v>
       </c>
-      <c r="N16" s="7">
+      <c r="N18" s="77">
         <v>18</v>
       </c>
-      <c r="O16" s="7">
+      <c r="O18" s="77">
         <v>2</v>
       </c>
-      <c r="P16" s="7">
+      <c r="P18" s="77">
         <v>2</v>
       </c>
-      <c r="Q16" s="8">
+      <c r="Q18" s="78">
         <v>2</v>
       </c>
-      <c r="R16" s="9" t="s">
+      <c r="R18" s="79" t="s">
         <v>73</v>
       </c>
-      <c r="S16" s="11"/>
-[...6 lines deleted...]
-      <c r="C17" s="60">
+      <c r="S18" s="80"/>
+      <c r="T18" s="81"/>
+    </row>
+    <row r="19" spans="2:20" s="65" customFormat="1" ht="28.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B19" s="83">
+        <v>45832</v>
+      </c>
+      <c r="C19" s="84">
+        <v>45988</v>
+      </c>
+      <c r="D19" s="84">
+        <v>45988</v>
+      </c>
+      <c r="E19" s="76">
+        <v>514</v>
+      </c>
+      <c r="F19" s="77">
+        <v>514</v>
+      </c>
+      <c r="G19" s="77">
+        <v>514</v>
+      </c>
+      <c r="H19" s="77">
+        <v>7.2</v>
+      </c>
+      <c r="I19" s="77">
+        <v>56</v>
+      </c>
+      <c r="J19" s="77">
+        <v>56</v>
+      </c>
+      <c r="K19" s="77">
+        <v>56</v>
+      </c>
+      <c r="L19" s="77">
+        <v>19</v>
+      </c>
+      <c r="M19" s="77">
+        <v>19</v>
+      </c>
+      <c r="N19" s="77">
+        <v>19</v>
+      </c>
+      <c r="O19" s="77">
+        <v>5</v>
+      </c>
+      <c r="P19" s="77">
+        <v>5</v>
+      </c>
+      <c r="Q19" s="78">
+        <v>5</v>
+      </c>
+      <c r="R19" s="79"/>
+      <c r="S19" s="80"/>
+      <c r="T19" s="81"/>
+    </row>
+    <row r="20" spans="2:20" s="65" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B20" s="83">
+        <v>45763</v>
+      </c>
+      <c r="C20" s="84">
         <v>45814</v>
       </c>
-      <c r="D17" s="60">
+      <c r="D20" s="84">
         <v>45818</v>
       </c>
-      <c r="E17" s="6">
+      <c r="E20" s="76">
         <v>1940</v>
       </c>
-      <c r="F17" s="7">
+      <c r="F20" s="77">
         <v>1940</v>
       </c>
-      <c r="G17" s="7">
+      <c r="G20" s="77">
         <v>1940</v>
       </c>
-      <c r="H17" s="7">
+      <c r="H20" s="77">
         <v>8.1</v>
       </c>
-      <c r="I17" s="7">
+      <c r="I20" s="77">
         <v>62</v>
       </c>
-      <c r="J17" s="7">
+      <c r="J20" s="77">
         <v>62</v>
       </c>
-      <c r="K17" s="7">
+      <c r="K20" s="77">
         <v>62</v>
       </c>
-      <c r="L17" s="7">
+      <c r="L20" s="77">
         <v>17</v>
       </c>
-      <c r="M17" s="7">
+      <c r="M20" s="77">
         <v>17</v>
       </c>
-      <c r="N17" s="7">
+      <c r="N20" s="77">
         <v>17</v>
       </c>
-      <c r="O17" s="7">
+      <c r="O20" s="77">
         <v>2</v>
       </c>
-      <c r="P17" s="7">
+      <c r="P20" s="77">
         <v>2</v>
       </c>
-      <c r="Q17" s="8">
+      <c r="Q20" s="78">
         <v>2</v>
       </c>
-      <c r="R17" s="9" t="s">
+      <c r="R20" s="79" t="s">
         <v>71</v>
       </c>
-      <c r="S17" s="11"/>
-[...3 lines deleted...]
-      <c r="B18" s="60">
+      <c r="S20" s="80"/>
+      <c r="T20" s="81"/>
+    </row>
+    <row r="21" spans="2:20" s="65" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B21" s="83">
         <v>45671</v>
       </c>
-      <c r="C18" s="60">
+      <c r="C21" s="84">
         <v>45708</v>
       </c>
-      <c r="D18" s="60">
+      <c r="D21" s="84">
         <v>45708</v>
       </c>
-      <c r="E18" s="6">
+      <c r="E21" s="76">
         <v>534</v>
       </c>
-      <c r="F18" s="7">
+      <c r="F21" s="77">
         <v>534</v>
       </c>
-      <c r="G18" s="7">
+      <c r="G21" s="77">
         <v>534</v>
       </c>
-      <c r="H18" s="7">
+      <c r="H21" s="77">
         <v>7.2</v>
       </c>
-      <c r="I18" s="7">
+      <c r="I21" s="77">
         <v>80</v>
       </c>
-      <c r="J18" s="7">
+      <c r="J21" s="77">
         <v>80</v>
       </c>
-      <c r="K18" s="7">
+      <c r="K21" s="77">
         <v>80</v>
       </c>
-      <c r="L18" s="7">
+      <c r="L21" s="77">
         <v>17</v>
       </c>
-      <c r="M18" s="7">
+      <c r="M21" s="77">
         <v>17</v>
       </c>
-      <c r="N18" s="7">
+      <c r="N21" s="77">
         <v>17</v>
       </c>
-      <c r="O18" s="7">
+      <c r="O21" s="77">
         <v>1</v>
       </c>
-      <c r="P18" s="7">
+      <c r="P21" s="77">
         <v>1</v>
       </c>
-      <c r="Q18" s="8">
+      <c r="Q21" s="78">
         <v>1</v>
       </c>
-      <c r="R18" s="9" t="s">
+      <c r="R21" s="79" t="s">
         <v>68</v>
       </c>
-      <c r="S18" s="11"/>
-[...3 lines deleted...]
-      <c r="B19" s="60">
+      <c r="S21" s="80"/>
+      <c r="T21" s="81"/>
+    </row>
+    <row r="22" spans="2:20" s="65" customFormat="1" ht="54" x14ac:dyDescent="0.3">
+      <c r="B22" s="83">
         <v>45561</v>
       </c>
-      <c r="C19" s="60">
+      <c r="C22" s="84">
         <v>45607</v>
       </c>
-      <c r="D19" s="60">
+      <c r="D22" s="84">
         <v>45607</v>
       </c>
-      <c r="E19" s="6">
+      <c r="E22" s="76">
         <v>244</v>
       </c>
-      <c r="F19" s="7">
+      <c r="F22" s="77">
         <v>244</v>
       </c>
-      <c r="G19" s="7">
+      <c r="G22" s="77">
         <v>244</v>
       </c>
-      <c r="H19" s="7">
+      <c r="H22" s="77">
         <v>7</v>
       </c>
-      <c r="I19" s="7">
+      <c r="I22" s="77">
         <v>250</v>
       </c>
-      <c r="J19" s="7">
+      <c r="J22" s="77">
         <v>250</v>
       </c>
-      <c r="K19" s="7">
+      <c r="K22" s="77">
         <v>250</v>
       </c>
-      <c r="L19" s="7">
+      <c r="L22" s="77">
         <v>34</v>
       </c>
-      <c r="M19" s="7">
+      <c r="M22" s="77">
         <v>34</v>
       </c>
-      <c r="N19" s="7">
+      <c r="N22" s="77">
         <v>34</v>
       </c>
-      <c r="O19" s="7">
+      <c r="O22" s="77">
         <v>2</v>
       </c>
-      <c r="P19" s="7">
+      <c r="P22" s="77">
         <v>2</v>
       </c>
-      <c r="Q19" s="8">
+      <c r="Q22" s="78">
         <v>2</v>
       </c>
-      <c r="R19" s="9" t="s">
+      <c r="R22" s="79" t="s">
         <v>69</v>
       </c>
-      <c r="S19" s="11"/>
-[...3 lines deleted...]
-      <c r="B20" s="60">
+      <c r="S22" s="80"/>
+      <c r="T22" s="81"/>
+    </row>
+    <row r="23" spans="2:20" s="65" customFormat="1" ht="54" x14ac:dyDescent="0.3">
+      <c r="B23" s="83">
         <v>45518</v>
       </c>
-      <c r="C20" s="60">
+      <c r="C23" s="84">
         <v>45607</v>
       </c>
-      <c r="D20" s="60">
+      <c r="D23" s="84">
         <v>45607</v>
       </c>
-      <c r="E20" s="6">
+      <c r="E23" s="76">
         <v>427</v>
       </c>
-      <c r="F20" s="7">
+      <c r="F23" s="77">
         <v>427</v>
       </c>
-      <c r="G20" s="7">
+      <c r="G23" s="77">
         <v>427</v>
       </c>
-      <c r="H20" s="7">
+      <c r="H23" s="77">
         <v>8.1</v>
       </c>
-      <c r="I20" s="7">
+      <c r="I23" s="77">
         <v>12</v>
       </c>
-      <c r="J20" s="7">
+      <c r="J23" s="77">
         <v>12</v>
       </c>
-      <c r="K20" s="7">
+      <c r="K23" s="77">
         <v>12</v>
       </c>
-      <c r="L20" s="7">
+      <c r="L23" s="77">
         <v>19</v>
       </c>
-      <c r="M20" s="7">
+      <c r="M23" s="77">
         <v>19</v>
       </c>
-      <c r="N20" s="7">
+      <c r="N23" s="77">
         <v>19</v>
       </c>
-      <c r="O20" s="7">
+      <c r="O23" s="77">
         <v>4</v>
       </c>
-      <c r="P20" s="7">
+      <c r="P23" s="77">
         <v>4</v>
       </c>
-      <c r="Q20" s="8">
+      <c r="Q23" s="78">
         <v>4</v>
       </c>
-      <c r="R20" s="9" t="s">
+      <c r="R23" s="79" t="s">
         <v>70</v>
       </c>
-      <c r="S20" s="11"/>
-[...3 lines deleted...]
-      <c r="B21" s="60">
+      <c r="S23" s="80"/>
+      <c r="T23" s="81"/>
+    </row>
+    <row r="24" spans="2:20" s="65" customFormat="1" ht="54" x14ac:dyDescent="0.3">
+      <c r="B24" s="83">
         <v>45482</v>
       </c>
-      <c r="C21" s="60">
+      <c r="C24" s="84">
         <v>45510</v>
       </c>
-      <c r="D21" s="60">
+      <c r="D24" s="84">
         <v>45510</v>
       </c>
-      <c r="E21" s="6">
+      <c r="E24" s="76">
         <v>423</v>
       </c>
-      <c r="F21" s="7">
+      <c r="F24" s="77">
         <v>423</v>
       </c>
-      <c r="G21" s="7">
+      <c r="G24" s="77">
         <v>423</v>
       </c>
-      <c r="H21" s="7">
+      <c r="H24" s="77">
         <v>8.3000000000000007</v>
       </c>
-      <c r="I21" s="7">
+      <c r="I24" s="77">
         <v>247</v>
       </c>
-      <c r="J21" s="7">
+      <c r="J24" s="77">
         <v>247</v>
       </c>
-      <c r="K21" s="7">
+      <c r="K24" s="77">
         <v>247</v>
       </c>
-      <c r="L21" s="7">
+      <c r="L24" s="77">
         <v>41</v>
       </c>
-      <c r="M21" s="7">
+      <c r="M24" s="77">
         <v>41</v>
       </c>
-      <c r="N21" s="7">
+      <c r="N24" s="77">
         <v>41</v>
       </c>
-      <c r="O21" s="7">
+      <c r="O24" s="77">
         <v>2</v>
       </c>
-      <c r="P21" s="7">
+      <c r="P24" s="77">
         <v>2</v>
       </c>
-      <c r="Q21" s="8">
+      <c r="Q24" s="78">
         <v>2</v>
       </c>
-      <c r="R21" s="9" t="s">
-[...6 lines deleted...]
-      <c r="B22" s="60">
+      <c r="R24" s="79" t="s">
+        <v>88</v>
+      </c>
+      <c r="S24" s="80"/>
+      <c r="T24" s="81"/>
+    </row>
+    <row r="25" spans="2:20" s="65" customFormat="1" ht="54" x14ac:dyDescent="0.3">
+      <c r="B25" s="83">
         <v>45112</v>
       </c>
-      <c r="C22" s="60">
+      <c r="C25" s="84">
         <v>45134</v>
       </c>
-      <c r="D22" s="60">
+      <c r="D25" s="84">
         <v>45134</v>
       </c>
-      <c r="E22" s="6">
+      <c r="E25" s="76">
         <v>380</v>
       </c>
-      <c r="F22" s="7">
+      <c r="F25" s="77">
         <v>380</v>
       </c>
-      <c r="G22" s="7">
+      <c r="G25" s="77">
         <v>380</v>
       </c>
-      <c r="H22" s="7">
+      <c r="H25" s="77">
         <v>6.7</v>
       </c>
-      <c r="I22" s="7">
+      <c r="I25" s="77">
         <v>390</v>
       </c>
-      <c r="J22" s="7">
+      <c r="J25" s="77">
         <v>390</v>
       </c>
-      <c r="K22" s="7">
+      <c r="K25" s="77">
         <v>390</v>
       </c>
-      <c r="L22" s="7">
+      <c r="L25" s="77">
         <v>45</v>
       </c>
-      <c r="M22" s="7">
+      <c r="M25" s="77">
         <v>45</v>
       </c>
-      <c r="N22" s="7">
+      <c r="N25" s="77">
         <v>45</v>
       </c>
-      <c r="O22" s="7">
+      <c r="O25" s="77">
         <v>2</v>
       </c>
-      <c r="P22" s="7">
+      <c r="P25" s="77">
         <v>2</v>
       </c>
-      <c r="Q22" s="8">
+      <c r="Q25" s="78">
         <v>2</v>
       </c>
-      <c r="R22" s="9" t="s">
+      <c r="R25" s="79" t="s">
         <v>71</v>
       </c>
-      <c r="S22" s="11"/>
-[...3 lines deleted...]
-      <c r="B23" s="60">
+      <c r="S25" s="80"/>
+      <c r="T25" s="81"/>
+    </row>
+    <row r="26" spans="2:20" s="65" customFormat="1" ht="36" x14ac:dyDescent="0.3">
+      <c r="B26" s="83">
         <v>45085</v>
       </c>
-      <c r="C23" s="60">
+      <c r="C26" s="84">
         <v>45100</v>
       </c>
-      <c r="D23" s="60">
+      <c r="D26" s="84">
         <v>45100</v>
       </c>
-      <c r="E23" s="6">
+      <c r="E26" s="76">
         <v>395</v>
       </c>
-      <c r="F23" s="7">
+      <c r="F26" s="77">
         <v>395</v>
       </c>
-      <c r="G23" s="7">
+      <c r="G26" s="77">
         <v>395</v>
       </c>
-      <c r="H23" s="7">
+      <c r="H26" s="77">
         <v>8</v>
       </c>
-      <c r="I23" s="7">
+      <c r="I26" s="77">
         <v>49</v>
       </c>
-      <c r="J23" s="7">
+      <c r="J26" s="77">
         <v>49</v>
       </c>
-      <c r="K23" s="7">
+      <c r="K26" s="77">
         <v>49</v>
       </c>
-      <c r="L23" s="7">
+      <c r="L26" s="77">
         <v>32</v>
       </c>
-      <c r="M23" s="7">
+      <c r="M26" s="77">
         <v>32</v>
       </c>
-      <c r="N23" s="7">
+      <c r="N26" s="77">
         <v>32</v>
       </c>
-      <c r="O23" s="7">
+      <c r="O26" s="77">
         <v>4</v>
       </c>
-      <c r="P23" s="7">
+      <c r="P26" s="77">
         <v>4</v>
       </c>
-      <c r="Q23" s="8">
+      <c r="Q26" s="78">
         <v>4</v>
       </c>
-      <c r="R23" s="9" t="s">
+      <c r="R26" s="79" t="s">
         <v>72</v>
       </c>
-      <c r="S23" s="11"/>
-[...3 lines deleted...]
-      <c r="B24" s="60">
+      <c r="S26" s="80"/>
+      <c r="T26" s="81"/>
+    </row>
+    <row r="27" spans="2:20" s="65" customFormat="1" ht="54" x14ac:dyDescent="0.3">
+      <c r="B27" s="83">
         <v>44971</v>
       </c>
-      <c r="C24" s="60">
+      <c r="C27" s="84">
         <v>45021</v>
       </c>
-      <c r="D24" s="60">
+      <c r="D27" s="84">
         <v>45021</v>
       </c>
-      <c r="E24" s="6">
+      <c r="E27" s="76">
         <v>372</v>
       </c>
-      <c r="F24" s="7">
+      <c r="F27" s="77">
         <v>372</v>
       </c>
-      <c r="G24" s="7">
+      <c r="G27" s="77">
         <v>372</v>
       </c>
-      <c r="H24" s="7">
+      <c r="H27" s="77">
         <v>6.6</v>
       </c>
-      <c r="I24" s="7">
+      <c r="I27" s="77">
         <v>57</v>
       </c>
-      <c r="J24" s="7">
+      <c r="J27" s="77">
         <v>57</v>
       </c>
-      <c r="K24" s="7">
+      <c r="K27" s="77">
         <v>57</v>
       </c>
-      <c r="L24" s="7">
+      <c r="L27" s="77">
         <v>35</v>
       </c>
-      <c r="M24" s="7">
+      <c r="M27" s="77">
         <v>35</v>
       </c>
-      <c r="N24" s="7">
+      <c r="N27" s="77">
         <v>35</v>
       </c>
-      <c r="O24" s="7">
+      <c r="O27" s="77">
         <v>3</v>
       </c>
-      <c r="P24" s="7">
+      <c r="P27" s="77">
         <v>3</v>
       </c>
-      <c r="Q24" s="8">
+      <c r="Q27" s="78">
         <v>3</v>
       </c>
-      <c r="R24" s="9" t="s">
+      <c r="R27" s="79" t="s">
         <v>73</v>
       </c>
-      <c r="S24" s="11"/>
-[...3 lines deleted...]
-      <c r="B25" s="60">
+      <c r="S27" s="80"/>
+      <c r="T27" s="81"/>
+    </row>
+    <row r="28" spans="2:20" s="65" customFormat="1" ht="54" x14ac:dyDescent="0.3">
+      <c r="B28" s="83">
         <v>44866</v>
       </c>
-      <c r="C25" s="60">
+      <c r="C28" s="84">
         <v>44895</v>
       </c>
-      <c r="D25" s="60">
+      <c r="D28" s="84">
         <v>44895</v>
       </c>
-      <c r="E25" s="6">
+      <c r="E28" s="76">
         <v>247</v>
       </c>
-      <c r="F25" s="7">
+      <c r="F28" s="77">
         <v>247</v>
       </c>
-      <c r="G25" s="7">
+      <c r="G28" s="77">
         <v>247</v>
       </c>
-      <c r="H25" s="7">
+      <c r="H28" s="77">
         <v>6.5</v>
       </c>
-      <c r="I25" s="7">
+      <c r="I28" s="77">
         <v>145</v>
       </c>
-      <c r="J25" s="7">
+      <c r="J28" s="77">
         <v>145</v>
       </c>
-      <c r="K25" s="7">
+      <c r="K28" s="77">
         <v>145</v>
       </c>
-      <c r="L25" s="7">
+      <c r="L28" s="77">
         <v>48</v>
       </c>
-      <c r="M25" s="7">
+      <c r="M28" s="77">
         <v>48</v>
       </c>
-      <c r="N25" s="7">
+      <c r="N28" s="77">
         <v>48</v>
       </c>
-      <c r="O25" s="7">
+      <c r="O28" s="77">
         <v>2</v>
       </c>
-      <c r="P25" s="7">
+      <c r="P28" s="77">
         <v>2</v>
       </c>
-      <c r="Q25" s="8">
+      <c r="Q28" s="78">
         <v>2</v>
       </c>
-      <c r="R25" s="9" t="s">
+      <c r="R28" s="79" t="s">
         <v>74</v>
       </c>
-      <c r="S25" s="11"/>
-[...3 lines deleted...]
-      <c r="B26" s="60">
+      <c r="S28" s="80"/>
+      <c r="T28" s="81"/>
+    </row>
+    <row r="29" spans="2:20" s="65" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B29" s="83">
         <v>44831</v>
       </c>
-      <c r="C26" s="60">
+      <c r="C29" s="84">
         <v>45021</v>
       </c>
-      <c r="D26" s="60">
+      <c r="D29" s="84">
         <v>45021</v>
       </c>
-      <c r="E26" s="6">
+      <c r="E29" s="76">
         <v>205</v>
       </c>
-      <c r="F26" s="7">
+      <c r="F29" s="77">
         <v>205</v>
       </c>
-      <c r="G26" s="7">
+      <c r="G29" s="77">
         <v>205</v>
       </c>
-      <c r="H26" s="7">
+      <c r="H29" s="77">
         <v>6.6</v>
       </c>
-      <c r="I26" s="7">
+      <c r="I29" s="77">
         <v>19</v>
       </c>
-      <c r="J26" s="7">
+      <c r="J29" s="77">
         <v>19</v>
       </c>
-      <c r="K26" s="7">
+      <c r="K29" s="77">
         <v>19</v>
       </c>
-      <c r="L26" s="7">
+      <c r="L29" s="77">
         <v>11</v>
       </c>
-      <c r="M26" s="7">
+      <c r="M29" s="77">
         <v>11</v>
       </c>
-      <c r="N26" s="7">
+      <c r="N29" s="77">
         <v>11</v>
       </c>
-      <c r="O26" s="7">
+      <c r="O29" s="77">
         <v>2</v>
       </c>
-      <c r="P26" s="7">
+      <c r="P29" s="77">
         <v>2</v>
       </c>
-      <c r="Q26" s="8">
+      <c r="Q29" s="78">
         <v>2</v>
       </c>
-      <c r="R26" s="9" t="s">
+      <c r="R29" s="79" t="s">
         <v>75</v>
       </c>
-      <c r="S26" s="11"/>
-[...3 lines deleted...]
-      <c r="B27" s="60">
+      <c r="S29" s="80"/>
+      <c r="T29" s="81"/>
+    </row>
+    <row r="30" spans="2:20" s="65" customFormat="1" ht="54" x14ac:dyDescent="0.3">
+      <c r="B30" s="83">
         <v>44774</v>
       </c>
-      <c r="C27" s="60">
+      <c r="C30" s="84">
         <v>44817</v>
       </c>
-      <c r="D27" s="60">
+      <c r="D30" s="84">
         <v>44817</v>
       </c>
-      <c r="E27" s="6">
+      <c r="E30" s="76">
         <v>246</v>
       </c>
-      <c r="F27" s="7">
+      <c r="F30" s="77">
         <v>246</v>
       </c>
-      <c r="G27" s="7">
+      <c r="G30" s="77">
         <v>246</v>
       </c>
-      <c r="H27" s="7">
+      <c r="H30" s="77">
         <v>6.5</v>
       </c>
-      <c r="I27" s="7">
+      <c r="I30" s="77">
         <v>130</v>
       </c>
-      <c r="J27" s="7">
+      <c r="J30" s="77">
         <v>130</v>
       </c>
-      <c r="K27" s="7">
+      <c r="K30" s="77">
         <v>130</v>
       </c>
-      <c r="L27" s="7">
+      <c r="L30" s="77">
         <v>50</v>
       </c>
-      <c r="M27" s="7">
+      <c r="M30" s="77">
         <v>50</v>
       </c>
-      <c r="N27" s="7">
+      <c r="N30" s="77">
         <v>50</v>
       </c>
-      <c r="O27" s="7">
+      <c r="O30" s="77">
         <v>4</v>
       </c>
-      <c r="P27" s="7">
+      <c r="P30" s="77">
         <v>4</v>
       </c>
-      <c r="Q27" s="8">
+      <c r="Q30" s="78">
         <v>4</v>
       </c>
-      <c r="R27" s="9" t="s">
+      <c r="R30" s="79" t="s">
         <v>76</v>
       </c>
-      <c r="S27" s="11"/>
-[...3 lines deleted...]
-      <c r="B28" s="60">
+      <c r="S30" s="80"/>
+      <c r="T30" s="81"/>
+    </row>
+    <row r="31" spans="2:20" s="65" customFormat="1" ht="54" x14ac:dyDescent="0.3">
+      <c r="B31" s="83">
         <v>44718</v>
       </c>
-      <c r="C28" s="60">
+      <c r="C31" s="84">
         <v>44748</v>
       </c>
-      <c r="D28" s="60">
+      <c r="D31" s="84">
         <v>44748</v>
       </c>
-      <c r="E28" s="6">
+      <c r="E31" s="76">
         <v>158</v>
       </c>
-      <c r="F28" s="7">
+      <c r="F31" s="77">
         <v>158</v>
       </c>
-      <c r="G28" s="7">
+      <c r="G31" s="77">
         <v>158</v>
       </c>
-      <c r="H28" s="7">
+      <c r="H31" s="77">
         <v>8</v>
       </c>
-      <c r="I28" s="7">
+      <c r="I31" s="77">
         <v>310</v>
       </c>
-      <c r="J28" s="7">
+      <c r="J31" s="77">
         <v>310</v>
       </c>
-      <c r="K28" s="7">
+      <c r="K31" s="77">
         <v>310</v>
       </c>
-      <c r="L28" s="7">
+      <c r="L31" s="77">
         <v>28</v>
       </c>
-      <c r="M28" s="7">
+      <c r="M31" s="77">
         <v>28</v>
       </c>
-      <c r="N28" s="7">
+      <c r="N31" s="77">
         <v>28</v>
       </c>
-      <c r="O28" s="7">
+      <c r="O31" s="77">
         <v>1</v>
       </c>
-      <c r="P28" s="7">
+      <c r="P31" s="77">
         <v>1</v>
       </c>
-      <c r="Q28" s="8">
+      <c r="Q31" s="78">
         <v>1</v>
       </c>
-      <c r="R28" s="9" t="s">
+      <c r="R31" s="79" t="s">
         <v>77</v>
       </c>
-      <c r="S28" s="11"/>
-[...3 lines deleted...]
-      <c r="B29" s="60">
+      <c r="S31" s="80"/>
+      <c r="T31" s="81"/>
+    </row>
+    <row r="32" spans="2:20" s="65" customFormat="1" ht="54" x14ac:dyDescent="0.3">
+      <c r="B32" s="83">
         <v>44671</v>
       </c>
-      <c r="C29" s="60">
+      <c r="C32" s="84">
         <v>44738</v>
       </c>
-      <c r="D29" s="60">
+      <c r="D32" s="84">
         <v>44738</v>
       </c>
-      <c r="E29" s="6">
+      <c r="E32" s="76">
         <v>320</v>
       </c>
-      <c r="F29" s="7">
+      <c r="F32" s="77">
         <v>320</v>
       </c>
-      <c r="G29" s="7">
+      <c r="G32" s="77">
         <v>320</v>
       </c>
-      <c r="H29" s="7">
+      <c r="H32" s="77">
         <v>7.6</v>
       </c>
-      <c r="I29" s="7">
+      <c r="I32" s="77">
         <v>132</v>
       </c>
-      <c r="J29" s="7">
+      <c r="J32" s="77">
         <v>132</v>
       </c>
-      <c r="K29" s="7">
+      <c r="K32" s="77">
         <v>132</v>
       </c>
-      <c r="L29" s="7">
+      <c r="L32" s="77">
         <v>60</v>
       </c>
-      <c r="M29" s="7">
+      <c r="M32" s="77">
         <v>60</v>
       </c>
-      <c r="N29" s="7">
+      <c r="N32" s="77">
         <v>60</v>
       </c>
-      <c r="O29" s="7">
+      <c r="O32" s="77">
         <v>3</v>
       </c>
-      <c r="P29" s="7">
+      <c r="P32" s="77">
         <v>3</v>
       </c>
-      <c r="Q29" s="8">
+      <c r="Q32" s="78">
         <v>3</v>
       </c>
-      <c r="R29" s="9" t="s">
+      <c r="R32" s="79" t="s">
         <v>78</v>
       </c>
-      <c r="S29" s="11"/>
-[...3 lines deleted...]
-      <c r="B30" s="60">
+      <c r="S32" s="80"/>
+      <c r="T32" s="81"/>
+    </row>
+    <row r="33" spans="2:20" s="65" customFormat="1" ht="54" x14ac:dyDescent="0.3">
+      <c r="B33" s="83">
         <v>44567</v>
       </c>
-      <c r="C30" s="60">
+      <c r="C33" s="84">
         <v>44614</v>
       </c>
-      <c r="D30" s="60">
+      <c r="D33" s="84">
         <v>44614</v>
       </c>
-      <c r="E30" s="6">
+      <c r="E33" s="76">
         <v>204</v>
       </c>
-      <c r="F30" s="7">
+      <c r="F33" s="77">
         <v>204</v>
       </c>
-      <c r="G30" s="7">
+      <c r="G33" s="77">
         <v>204</v>
       </c>
-      <c r="H30" s="7">
+      <c r="H33" s="77">
         <v>6.4</v>
       </c>
-      <c r="I30" s="7">
+      <c r="I33" s="77">
         <v>32</v>
       </c>
-      <c r="J30" s="7">
+      <c r="J33" s="77">
         <v>32</v>
       </c>
-      <c r="K30" s="7">
+      <c r="K33" s="77">
         <v>32</v>
       </c>
-      <c r="L30" s="7">
+      <c r="L33" s="77">
         <v>40</v>
       </c>
-      <c r="M30" s="7">
+      <c r="M33" s="77">
         <v>40</v>
       </c>
-      <c r="N30" s="7">
+      <c r="N33" s="77">
         <v>40</v>
       </c>
-      <c r="O30" s="7">
+      <c r="O33" s="77">
         <v>4</v>
       </c>
-      <c r="P30" s="7">
+      <c r="P33" s="77">
         <v>4</v>
       </c>
-      <c r="Q30" s="8">
+      <c r="Q33" s="78">
         <v>4</v>
       </c>
-      <c r="R30" s="9" t="s">
+      <c r="R33" s="79" t="s">
         <v>79</v>
       </c>
-      <c r="S30" s="11" t="s">
+      <c r="S33" s="80"/>
+      <c r="T33" s="81"/>
+    </row>
+    <row r="34" spans="2:20" s="65" customFormat="1" ht="54" x14ac:dyDescent="0.3">
+      <c r="B34" s="83">
+        <v>44483</v>
+      </c>
+      <c r="C34" s="84">
+        <v>44538</v>
+      </c>
+      <c r="D34" s="84">
+        <v>44539</v>
+      </c>
+      <c r="E34" s="76">
+        <v>264</v>
+      </c>
+      <c r="F34" s="77">
+        <v>264</v>
+      </c>
+      <c r="G34" s="77">
+        <v>264</v>
+      </c>
+      <c r="H34" s="77">
+        <v>7.5</v>
+      </c>
+      <c r="I34" s="77">
+        <v>82</v>
+      </c>
+      <c r="J34" s="77">
+        <v>82</v>
+      </c>
+      <c r="K34" s="77">
+        <v>82</v>
+      </c>
+      <c r="L34" s="77">
+        <v>24</v>
+      </c>
+      <c r="M34" s="77">
+        <v>24</v>
+      </c>
+      <c r="N34" s="77">
+        <v>24</v>
+      </c>
+      <c r="O34" s="77">
+        <v>1</v>
+      </c>
+      <c r="P34" s="77">
+        <v>1</v>
+      </c>
+      <c r="Q34" s="78">
+        <v>1</v>
+      </c>
+      <c r="R34" s="79" t="s">
         <v>80</v>
       </c>
-      <c r="T30" s="72">
-[...25 lines deleted...]
-      <c r="I31" s="7">
+      <c r="S34" s="80"/>
+      <c r="T34" s="81"/>
+    </row>
+    <row r="35" spans="2:20" s="65" customFormat="1" ht="54" x14ac:dyDescent="0.3">
+      <c r="B35" s="83">
+        <v>44350</v>
+      </c>
+      <c r="C35" s="84">
+        <v>44385</v>
+      </c>
+      <c r="D35" s="84">
+        <v>44390</v>
+      </c>
+      <c r="E35" s="76">
+        <v>354</v>
+      </c>
+      <c r="F35" s="77">
+        <v>354</v>
+      </c>
+      <c r="G35" s="77">
+        <v>354</v>
+      </c>
+      <c r="H35" s="77">
+        <v>7.2</v>
+      </c>
+      <c r="I35" s="77">
+        <v>529</v>
+      </c>
+      <c r="J35" s="77">
+        <v>529</v>
+      </c>
+      <c r="K35" s="77">
+        <v>529</v>
+      </c>
+      <c r="L35" s="77">
+        <v>67</v>
+      </c>
+      <c r="M35" s="77">
+        <v>67</v>
+      </c>
+      <c r="N35" s="77">
+        <v>67</v>
+      </c>
+      <c r="O35" s="77">
+        <v>6</v>
+      </c>
+      <c r="P35" s="77">
+        <v>6</v>
+      </c>
+      <c r="Q35" s="78">
+        <v>6</v>
+      </c>
+      <c r="R35" s="79" t="s">
+        <v>81</v>
+      </c>
+      <c r="S35" s="80"/>
+      <c r="T35" s="81"/>
+    </row>
+    <row r="36" spans="2:20" s="65" customFormat="1" ht="54" x14ac:dyDescent="0.3">
+      <c r="B36" s="83">
+        <v>44321</v>
+      </c>
+      <c r="C36" s="84">
+        <v>44343</v>
+      </c>
+      <c r="D36" s="84">
+        <v>44348</v>
+      </c>
+      <c r="E36" s="76">
+        <v>599</v>
+      </c>
+      <c r="F36" s="77">
+        <v>599</v>
+      </c>
+      <c r="G36" s="77">
+        <v>599</v>
+      </c>
+      <c r="H36" s="77">
+        <v>7.6</v>
+      </c>
+      <c r="I36" s="77">
+        <v>51</v>
+      </c>
+      <c r="J36" s="77">
+        <v>51</v>
+      </c>
+      <c r="K36" s="77">
+        <v>51</v>
+      </c>
+      <c r="L36" s="77">
+        <v>2</v>
+      </c>
+      <c r="M36" s="77">
+        <v>2</v>
+      </c>
+      <c r="N36" s="77">
+        <v>2</v>
+      </c>
+      <c r="O36" s="77">
+        <v>7</v>
+      </c>
+      <c r="P36" s="77">
+        <v>7</v>
+      </c>
+      <c r="Q36" s="78">
+        <v>7</v>
+      </c>
+      <c r="R36" s="79" t="s">
         <v>82</v>
       </c>
-      <c r="J31" s="7">
-[...141 lines deleted...]
-      <c r="R33" s="9" t="s">
+      <c r="S36" s="80"/>
+      <c r="T36" s="81"/>
+    </row>
+    <row r="37" spans="2:20" s="65" customFormat="1" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B37" s="90">
+        <v>44225</v>
+      </c>
+      <c r="C37" s="91">
+        <v>44280</v>
+      </c>
+      <c r="D37" s="91">
+        <v>44280</v>
+      </c>
+      <c r="E37" s="92">
+        <v>423</v>
+      </c>
+      <c r="F37" s="93">
+        <v>423</v>
+      </c>
+      <c r="G37" s="93">
+        <v>423</v>
+      </c>
+      <c r="H37" s="93">
+        <v>6.8</v>
+      </c>
+      <c r="I37" s="93">
+        <v>19</v>
+      </c>
+      <c r="J37" s="93">
+        <v>19</v>
+      </c>
+      <c r="K37" s="93">
+        <v>19</v>
+      </c>
+      <c r="L37" s="93">
+        <v>74</v>
+      </c>
+      <c r="M37" s="93">
+        <v>74</v>
+      </c>
+      <c r="N37" s="93">
+        <v>74</v>
+      </c>
+      <c r="O37" s="93">
+        <v>5</v>
+      </c>
+      <c r="P37" s="93">
+        <v>5</v>
+      </c>
+      <c r="Q37" s="94">
+        <v>5</v>
+      </c>
+      <c r="R37" s="95" t="s">
         <v>83</v>
       </c>
-      <c r="S33" s="11" t="s">
-[...3132 lines deleted...]
-      <c r="T95" s="34"/>
+      <c r="S37" s="96"/>
+      <c r="T37" s="97"/>
+    </row>
+    <row r="38" spans="2:20" s="65" customFormat="1" ht="36" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="39" spans="2:20" s="65" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="40" spans="2:20" s="65" customFormat="1" ht="36.75" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="41" spans="2:20" s="65" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="42" spans="2:20" s="65" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="43" spans="2:20" s="65" customFormat="1" ht="36.75" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="44" spans="2:20" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="45" spans="2:20" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="46" spans="2:20" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="47" spans="2:20" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="48" spans="2:20" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="49" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="50" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="51" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="52" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="53" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="54" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="55" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="56" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="57" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="58" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="59" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="60" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="61" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="62" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="63" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="64" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="65" spans="2:20" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="66" spans="2:20" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="67" spans="2:20" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="68" spans="2:20" s="65" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B68" s="98"/>
+      <c r="C68" s="98"/>
+      <c r="D68" s="98"/>
+      <c r="E68" s="98"/>
+      <c r="F68" s="98"/>
+      <c r="G68" s="98"/>
+      <c r="H68" s="98"/>
+      <c r="I68" s="98"/>
+      <c r="J68" s="98"/>
+      <c r="K68" s="98"/>
+      <c r="L68" s="98"/>
+      <c r="M68" s="98"/>
+      <c r="N68" s="98"/>
+      <c r="O68" s="98"/>
+      <c r="P68" s="98"/>
+      <c r="Q68" s="98"/>
+      <c r="R68" s="98"/>
+      <c r="S68" s="98"/>
+      <c r="T68" s="98"/>
+    </row>
+    <row r="69" spans="2:20" s="98" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B69" s="65"/>
+      <c r="C69" s="65"/>
+      <c r="D69" s="65"/>
+      <c r="E69" s="65"/>
+      <c r="F69" s="65"/>
+      <c r="G69" s="65"/>
+      <c r="H69" s="65"/>
+      <c r="I69" s="65"/>
+      <c r="J69" s="65"/>
+      <c r="K69" s="65"/>
+      <c r="L69" s="65"/>
+      <c r="M69" s="65"/>
+      <c r="N69" s="65"/>
+      <c r="O69" s="65"/>
+      <c r="P69" s="65"/>
+      <c r="Q69" s="65"/>
+      <c r="R69" s="65"/>
+      <c r="S69" s="65"/>
+      <c r="T69" s="65"/>
+    </row>
+    <row r="70" spans="2:20" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="71" spans="2:20" s="65" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B71" s="98"/>
+      <c r="C71" s="98"/>
+      <c r="D71" s="98"/>
+      <c r="E71" s="98"/>
+      <c r="F71" s="98"/>
+      <c r="G71" s="98"/>
+      <c r="H71" s="98"/>
+      <c r="I71" s="98"/>
+      <c r="J71" s="98"/>
+      <c r="K71" s="98"/>
+      <c r="L71" s="98"/>
+      <c r="M71" s="98"/>
+      <c r="N71" s="98"/>
+      <c r="O71" s="98"/>
+      <c r="P71" s="98"/>
+      <c r="Q71" s="98"/>
+      <c r="R71" s="98"/>
+      <c r="S71" s="98"/>
+      <c r="T71" s="98"/>
+    </row>
+    <row r="72" spans="2:20" s="98" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B72" s="65"/>
+      <c r="C72" s="65"/>
+      <c r="D72" s="65"/>
+      <c r="E72" s="65"/>
+      <c r="F72" s="65"/>
+      <c r="G72" s="65"/>
+      <c r="H72" s="65"/>
+      <c r="I72" s="65"/>
+      <c r="J72" s="65"/>
+      <c r="K72" s="65"/>
+      <c r="L72" s="65"/>
+      <c r="M72" s="65"/>
+      <c r="N72" s="65"/>
+      <c r="O72" s="65"/>
+      <c r="P72" s="65"/>
+      <c r="Q72" s="65"/>
+      <c r="R72" s="65"/>
+      <c r="S72" s="65"/>
+      <c r="T72" s="65"/>
+    </row>
+    <row r="73" spans="2:20" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="74" spans="2:20" s="65" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B74" s="98"/>
+      <c r="C74" s="98"/>
+      <c r="D74" s="98"/>
+      <c r="E74" s="98"/>
+      <c r="F74" s="98"/>
+      <c r="G74" s="98"/>
+      <c r="H74" s="98"/>
+      <c r="I74" s="98"/>
+      <c r="J74" s="98"/>
+      <c r="K74" s="98"/>
+      <c r="L74" s="98"/>
+      <c r="M74" s="98"/>
+      <c r="N74" s="98"/>
+      <c r="O74" s="98"/>
+      <c r="P74" s="98"/>
+      <c r="Q74" s="98"/>
+      <c r="R74" s="98"/>
+      <c r="S74" s="98"/>
+      <c r="T74" s="98"/>
+    </row>
+    <row r="75" spans="2:20" s="98" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B75" s="65"/>
+      <c r="C75" s="65"/>
+      <c r="D75" s="65"/>
+      <c r="E75" s="65"/>
+      <c r="F75" s="65"/>
+      <c r="G75" s="65"/>
+      <c r="H75" s="65"/>
+      <c r="I75" s="65"/>
+      <c r="J75" s="65"/>
+      <c r="K75" s="65"/>
+      <c r="L75" s="65"/>
+      <c r="M75" s="65"/>
+      <c r="N75" s="65"/>
+      <c r="O75" s="65"/>
+      <c r="P75" s="65"/>
+      <c r="Q75" s="65"/>
+      <c r="R75" s="65"/>
+      <c r="S75" s="65"/>
+      <c r="T75" s="65"/>
+    </row>
+    <row r="76" spans="2:20" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="77" spans="2:20" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="78" spans="2:20" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="79" spans="2:20" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="80" spans="2:20" s="65" customFormat="1" ht="28.95" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="81" s="65" customFormat="1" ht="28.95" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="82" s="65" customFormat="1" ht="28.95" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="83" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="84" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="85" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="86" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="87" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="88" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="89" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="90" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="91" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="92" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="93" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="94" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="95" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="96" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="97" spans="2:20" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="98" spans="2:20" s="65" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="99" spans="2:20" s="65" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B99" s="55"/>
+      <c r="C99" s="55"/>
+      <c r="D99" s="55"/>
+      <c r="E99" s="55"/>
+      <c r="F99" s="55"/>
+      <c r="G99" s="55"/>
+      <c r="H99" s="55"/>
+      <c r="I99" s="55"/>
+      <c r="J99" s="55"/>
+      <c r="K99" s="55"/>
+      <c r="L99" s="55"/>
+      <c r="M99" s="55"/>
+      <c r="N99" s="55"/>
+      <c r="O99" s="55"/>
+      <c r="P99" s="55"/>
+      <c r="Q99" s="55"/>
+      <c r="R99" s="56"/>
+      <c r="S99" s="55"/>
+      <c r="T99" s="55"/>
     </row>
   </sheetData>
-  <mergeCells count="28">
+  <mergeCells count="18">
+    <mergeCell ref="C8:C10"/>
+    <mergeCell ref="S8:T9"/>
+    <mergeCell ref="B11:T11"/>
+    <mergeCell ref="B8:B10"/>
+    <mergeCell ref="B12:T12"/>
     <mergeCell ref="B5:T5"/>
     <mergeCell ref="B6:T6"/>
     <mergeCell ref="B7:T7"/>
     <mergeCell ref="R8:R10"/>
     <mergeCell ref="E8:G8"/>
     <mergeCell ref="L8:N8"/>
     <mergeCell ref="O8:Q8"/>
     <mergeCell ref="E9:G9"/>
     <mergeCell ref="L9:N9"/>
     <mergeCell ref="O9:Q9"/>
     <mergeCell ref="I8:K8"/>
     <mergeCell ref="I9:K9"/>
     <mergeCell ref="D8:D10"/>
-    <mergeCell ref="C8:C10"/>
-[...13 lines deleted...]
-    <mergeCell ref="L77:N77"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="B6:T6" r:id="rId1" display="Link to EPA Public Registers     https://www.epa.nsw.gov.au/licensing-and-regulation/public-registers" xr:uid="{00000000-0004-0000-0400-000000000000}"/>
+    <hyperlink ref="D6:T6" r:id="rId1" display="Link to EPA Public Registers     https://www.epa.nsw.gov.au/licensing-and-regulation/public-registers" xr:uid="{00000000-0004-0000-0400-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="58" fitToHeight="0" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="5b83d9b9-9530-42ad-b126-0367332486bf">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="f9db0c8d-b9d2-405d-8684-b757cd69e44b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C6759C92A6B9AB44B139D3603F5C079C" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c46c63056726621dcea3f3749aeaae7b">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5b83d9b9-9530-42ad-b126-0367332486bf" xmlns:ns3="f9db0c8d-b9d2-405d-8684-b757cd69e44b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4ae726b581d0d62e33fd83ab5e6a9508" ns2:_="" ns3:_="">
     <xsd:import namespace="5b83d9b9-9530-42ad-b126-0367332486bf"/>
     <xsd:import namespace="f9db0c8d-b9d2-405d-8684-b757cd69e44b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
@@ -14304,110 +11530,90 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4DD5CF00-9BCE-4E9C-8987-53F50E1A4776}">
-[...17 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{692967B1-E548-4A1F-A9FA-7E4DE75DDAF8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="5b83d9b9-9530-42ad-b126-0367332486bf"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="f9db0c8d-b9d2-405d-8684-b757cd69e44b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{18AAA5E6-1C03-47F9-A7B2-97D97F1A8DE6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4DD5CF00-9BCE-4E9C-8987-53F50E1A4776}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="5b83d9b9-9530-42ad-b126-0367332486bf"/>
+    <ds:schemaRef ds:uri="f9db0c8d-b9d2-405d-8684-b757cd69e44b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">
       <vt:lpstr>EPA ID 1 20MW Boiler Opacity</vt:lpstr>
       <vt:lpstr>EPA ID 1 20MW Boiler Stack</vt:lpstr>
       <vt:lpstr>EPD ID 2 10MW Boiler Opacity</vt:lpstr>
       <vt:lpstr>EPA ID 2 10 MW Boiler Stack</vt:lpstr>